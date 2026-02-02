--- v0 (2025-10-23)
+++ v1 (2026-02-02)
@@ -9,111 +9,111 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="donors used" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <si>
     <t>Donors used pmp</t>
   </si>
   <si>
-    <t>2015</t>
-[...1 lines deleted...]
-  <si>
     <t>2016</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
+    <t>2025</t>
+  </si>
+  <si>
     <t>Austria</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>All ET</t>
   </si>
   <si>
     <t>Deceased kidney donors used, per million population, by year, by donor country</t>
   </si>
   <si>
-    <t xml:space="preserve"> statistics.eurotransplant.org : 1031P_kidney : 10.02.2025 : based on population at start of year   </t>
+    <t xml:space="preserve"> statistics.eurotransplant.org : 1031P_kidney : 22.01.2026 : based on population at start of year   </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0.0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -299,358 +299,358 @@
       </c>
       <c r="F3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K3" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="4">
-        <v>21.0834665319189</v>
+        <v>21.8378982011434</v>
       </c>
       <c r="C4" s="4">
-        <v>21.8378982011434</v>
+        <v>21.8856667690658</v>
       </c>
       <c r="D4" s="4">
-        <v>21.8856667690658</v>
+        <v>20.4029191136473</v>
       </c>
       <c r="E4" s="4">
-        <v>20.4029191136473</v>
+        <v>17.9483054937054</v>
       </c>
       <c r="F4" s="4">
-        <v>17.9483054937054</v>
+        <v>17.0766101670542</v>
       </c>
       <c r="G4" s="4">
-        <v>17.0766101670542</v>
+        <v>16.3445082004652</v>
       </c>
       <c r="H4" s="4">
-        <v>16.3445082004652</v>
+        <v>17.4853816084301</v>
       </c>
       <c r="I4" s="4">
-        <v>17.4853816084301</v>
+        <v>14.4978918747224</v>
       </c>
       <c r="J4" s="4">
-        <v>14.4978918747224</v>
+        <v>14.5216323188208</v>
       </c>
       <c r="K4" s="4">
-        <v>14.5216323188208</v>
+        <v>19.0275032229872</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="4">
-        <v>23.1372840067796</v>
+        <v>21.7485151996925</v>
       </c>
       <c r="C5" s="4">
-        <v>21.7485151996925</v>
+        <v>22.9040039458313</v>
       </c>
       <c r="D5" s="4">
-        <v>22.9040039458313</v>
+        <v>22.7221106050933</v>
       </c>
       <c r="E5" s="4">
-        <v>22.7221106050933</v>
+        <v>19.9030703017471</v>
       </c>
       <c r="F5" s="4">
-        <v>19.9030703017471</v>
+        <v>15.7952655861085</v>
       </c>
       <c r="G5" s="4">
-        <v>15.7952655861085</v>
+        <v>18.0877727781097</v>
       </c>
       <c r="H5" s="4">
-        <v>18.0877727781097</v>
+        <v>19.539280969954</v>
       </c>
       <c r="I5" s="4">
-        <v>19.539280969954</v>
+        <v>21.6302829411326</v>
       </c>
       <c r="J5" s="4">
-        <v>21.6302829411326</v>
+        <v>21.2404130422567</v>
       </c>
       <c r="K5" s="4">
-        <v>21.2135700249382</v>
+        <v>24.8736924820021</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="4">
-        <v>29.3469174849881</v>
+        <v>26.9646684097456</v>
       </c>
       <c r="C6" s="4">
-        <v>26.9646684097456</v>
+        <v>22.1461923112753</v>
       </c>
       <c r="D6" s="4">
-        <v>22.1461923112753</v>
+        <v>28.0112522418136</v>
       </c>
       <c r="E6" s="4">
-        <v>28.0112522418136</v>
+        <v>21.8338147403273</v>
       </c>
       <c r="F6" s="4">
-        <v>21.8338147403273</v>
+        <v>13.7993403422483</v>
       </c>
       <c r="G6" s="4">
-        <v>13.7993403422483</v>
+        <v>17.0946311709451</v>
       </c>
       <c r="H6" s="4">
-        <v>17.0946311709451</v>
+        <v>16.5704158527097</v>
       </c>
       <c r="I6" s="4">
-        <v>16.5704158527097</v>
+        <v>21.0340767624349</v>
       </c>
       <c r="J6" s="4">
-        <v>21.0340767624349</v>
+        <v>21.7505742540006</v>
       </c>
       <c r="K6" s="4">
-        <v>21.7505742540006</v>
+        <v>19.6161936841019</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="4">
-        <v>9.84019995581886</v>
+        <v>9.28498508147495</v>
       </c>
       <c r="C7" s="4">
-        <v>9.28498508147495</v>
+        <v>8.48262213070308</v>
       </c>
       <c r="D7" s="4">
-        <v>8.48262213070308</v>
+        <v>10.3149625501032</v>
       </c>
       <c r="E7" s="4">
-        <v>10.3149625501032</v>
+        <v>9.61223277315337</v>
       </c>
       <c r="F7" s="4">
-        <v>9.61223277315337</v>
+        <v>9.30660826541523</v>
       </c>
       <c r="G7" s="4">
-        <v>9.30660826541523</v>
+        <v>9.54843008837313</v>
       </c>
       <c r="H7" s="4">
-        <v>9.54843008837313</v>
+        <v>8.81818069543105</v>
       </c>
       <c r="I7" s="4">
-        <v>8.81818069543105</v>
+        <v>9.55262655663148</v>
       </c>
       <c r="J7" s="4">
-        <v>9.41217248766268</v>
+        <v>8.9628019156671</v>
       </c>
       <c r="K7" s="4">
-        <v>8.96398825573731</v>
+        <v>9.57199540448501</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="4">
-        <v>16.4374037790403</v>
+        <v>17.2931447431129</v>
       </c>
       <c r="C8" s="4">
-        <v>17.2931447431129</v>
+        <v>14.0851381277442</v>
       </c>
       <c r="D8" s="4">
-        <v>14.0851381277442</v>
+        <v>15.7490444983116</v>
       </c>
       <c r="E8" s="4">
-        <v>15.7490444983116</v>
+        <v>15.4511173715992</v>
       </c>
       <c r="F8" s="4">
-        <v>15.4511173715992</v>
+        <v>8.59816535623121</v>
       </c>
       <c r="G8" s="4">
-        <v>8.59816535623121</v>
+        <v>8.52964184136675</v>
       </c>
       <c r="H8" s="4">
-        <v>8.52964184136675</v>
+        <v>10.527391343388</v>
       </c>
       <c r="I8" s="4">
-        <v>10.527391343388</v>
+        <v>11.4586388970373</v>
       </c>
       <c r="J8" s="4">
-        <v>11.4586388970373</v>
+        <v>13.4590527101368</v>
       </c>
       <c r="K8" s="4">
-        <v>13.4590527101368</v>
+        <v>12.055136630822</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A9" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="4">
-        <v>5.32899434771333</v>
+        <v>5.20608278712848</v>
       </c>
       <c r="C9" s="4">
-        <v>5.20608278712848</v>
+        <v>11.851009113426</v>
       </c>
       <c r="D9" s="4">
-        <v>11.851009113426</v>
+        <v>8.30557885731846</v>
       </c>
       <c r="E9" s="4">
-        <v>8.30557885731846</v>
+        <v>6.51578285502057</v>
       </c>
       <c r="F9" s="4">
-        <v>6.51578285502057</v>
+        <v>3.19433707922595</v>
       </c>
       <c r="G9" s="4">
-        <v>3.19433707922595</v>
+        <v>1.57547303577899</v>
       </c>
       <c r="H9" s="4">
-        <v>1.57547303577899</v>
+        <v>12.3954713145552</v>
       </c>
       <c r="I9" s="4">
-        <v>12.3954713145552</v>
+        <v>7.56648290201859</v>
       </c>
       <c r="J9" s="4">
-        <v>7.56648290201859</v>
+        <v>5.95193809984376</v>
       </c>
       <c r="K9" s="4">
-        <v>5.95193809984376</v>
+        <v>1.46633371115865</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A10" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="4">
-        <v>14.9697711210749</v>
+        <v>12.9570908268509</v>
       </c>
       <c r="C10" s="4">
-        <v>12.9570908268509</v>
+        <v>13.289225593503</v>
       </c>
       <c r="D10" s="4">
-        <v>13.289225593503</v>
+        <v>14.7837004929375</v>
       </c>
       <c r="E10" s="4">
-        <v>14.7837004929375</v>
+        <v>13.4242455646322</v>
       </c>
       <c r="F10" s="4">
-        <v>13.4242455646322</v>
+        <v>13.2700773829339</v>
       </c>
       <c r="G10" s="4">
-        <v>13.2700773829339</v>
+        <v>13.9624724219711</v>
       </c>
       <c r="H10" s="4">
-        <v>13.9624724219711</v>
+        <v>14.4963194129252</v>
       </c>
       <c r="I10" s="4">
-        <v>14.4963194129252</v>
+        <v>14.9343469824843</v>
       </c>
       <c r="J10" s="4">
-        <v>14.9343469824843</v>
+        <v>18.6145616476941</v>
       </c>
       <c r="K10" s="4">
-        <v>18.6145616476941</v>
+        <v>15.0742403566565</v>
       </c>
     </row>
     <row r="11" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A11" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B11" s="4">
-        <v>20.8447050086433</v>
+        <v>15.0180119252704</v>
       </c>
       <c r="C11" s="4">
-        <v>15.0180119252704</v>
+        <v>13.5534477792918</v>
       </c>
       <c r="D11" s="4">
-        <v>13.5534477792918</v>
+        <v>15.9660938225732</v>
       </c>
       <c r="E11" s="4">
-        <v>15.9660938225732</v>
+        <v>14.8973428906996</v>
       </c>
       <c r="F11" s="4">
-        <v>14.8973428906996</v>
+        <v>16.2224498666658</v>
       </c>
       <c r="G11" s="4">
-        <v>16.2224498666658</v>
+        <v>12.8024155787379</v>
       </c>
       <c r="H11" s="4">
-        <v>12.8024155787379</v>
+        <v>18.033580425023</v>
       </c>
       <c r="I11" s="4">
-        <v>18.033580425023</v>
+        <v>19.3672849711758</v>
       </c>
       <c r="J11" s="4">
-        <v>19.3689318553736</v>
+        <v>15.5370962297117</v>
       </c>
       <c r="K11" s="4">
-        <v>15.5370962297117</v>
+        <v>14.5481849965976</v>
       </c>
     </row>
     <row r="12" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B12" s="6">
-        <v>13.5559548442454</v>
+        <v>12.7808715233591</v>
       </c>
       <c r="C12" s="6">
-        <v>12.7808715233591</v>
+        <v>12.058436061331</v>
       </c>
       <c r="D12" s="6">
-        <v>12.058436061331</v>
+        <v>13.5578803021989</v>
       </c>
       <c r="E12" s="6">
-        <v>13.5578803021989</v>
+        <v>12.3360053130562</v>
       </c>
       <c r="F12" s="6">
-        <v>12.3360053130562</v>
+        <v>11.0143800547098</v>
       </c>
       <c r="G12" s="6">
-        <v>11.0143800547098</v>
+        <v>11.4293012596768</v>
       </c>
       <c r="H12" s="6">
-        <v>11.4293012596768</v>
+        <v>11.5081700020272</v>
       </c>
       <c r="I12" s="6">
-        <v>11.5081700020272</v>
+        <v>12.1951414802709</v>
       </c>
       <c r="J12" s="6">
-        <v>12.0865280793136</v>
+        <v>12.3793959353999</v>
       </c>
       <c r="K12" s="6">
-        <v>12.3790469365992</v>
+        <v>12.7100488510656</v>
       </c>
     </row>
     <row r="13" s="1" customFormat="1" ht="5.333" customHeight="1"/>
     <row r="14" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A14" s="8" t="s">
         <v>21</v>
       </c>
       <c r="B14" s="8"/>
       <c r="C14" s="8"/>
       <c r="D14" s="8"/>
       <c r="E14" s="8"/>
       <c r="F14" s="8"/>
       <c r="G14" s="8"/>
       <c r="H14" s="8"/>
       <c r="I14" s="8"/>
       <c r="J14" s="8"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
     </row>
     <row r="15" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A14:L14"/>
   </mergeCells>