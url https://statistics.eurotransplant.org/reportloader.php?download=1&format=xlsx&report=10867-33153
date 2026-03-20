--- v1 (2026-02-02)
+++ v2 (2026-03-20)
@@ -69,51 +69,51 @@
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>All ET</t>
   </si>
   <si>
     <t>Deceased kidney donors used, per million population, by year, by donor country</t>
   </si>
   <si>
-    <t xml:space="preserve"> statistics.eurotransplant.org : 1031P_kidney : 22.01.2026 : based on population at start of year   </t>
+    <t xml:space="preserve"> statistics.eurotransplant.org : 1031P_kidney : 12.02.2026 : based on population at start of year   </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0.0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>