--- v0 (2025-10-24)
+++ v1 (2026-02-02)
@@ -9,111 +9,111 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="donors used" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <si>
     <t>Donors used pmp</t>
   </si>
   <si>
-    <t>2015</t>
-[...1 lines deleted...]
-  <si>
     <t>2016</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
+    <t>2025</t>
+  </si>
+  <si>
     <t>Austria</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>All ET</t>
   </si>
   <si>
     <t>Deceased heart donors used, per million population, by year, by donor country</t>
   </si>
   <si>
-    <t xml:space="preserve"> statistics.eurotransplant.org : 1031P_heart : 10.02.2025 : based on population at start of year   </t>
+    <t xml:space="preserve"> statistics.eurotransplant.org : 1031P_heart : 22.01.2026 : based on population at start of year   </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0.0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -299,356 +299,356 @@
       </c>
       <c r="F3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K3" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="4">
-        <v>9.20217600011928</v>
+        <v>7.9306051362047</v>
       </c>
       <c r="C4" s="4">
-        <v>7.9306051362047</v>
+        <v>7.865161495133</v>
       </c>
       <c r="D4" s="4">
-        <v>7.865161495133</v>
+        <v>9.40801270240404</v>
       </c>
       <c r="E4" s="4">
-        <v>9.40801270240404</v>
+        <v>8.12753456318735</v>
       </c>
       <c r="F4" s="4">
-        <v>8.12753456318735</v>
+        <v>7.63953612736635</v>
       </c>
       <c r="G4" s="4">
-        <v>7.63953612736635</v>
+        <v>7.61251066870981</v>
       </c>
       <c r="H4" s="4">
-        <v>7.61251066870981</v>
+        <v>7.90740187387605</v>
       </c>
       <c r="I4" s="4">
-        <v>7.90740187387605</v>
+        <v>7.46861096576609</v>
       </c>
       <c r="J4" s="4">
-        <v>7.46861096576609</v>
+        <v>6.7694827350894</v>
       </c>
       <c r="K4" s="4">
-        <v>6.7694827350894</v>
+        <v>8.37210141811438</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="4">
-        <v>7.20815386365056</v>
+        <v>6.36541908283682</v>
       </c>
       <c r="C5" s="4">
-        <v>6.36541908283682</v>
+        <v>7.22357047522373</v>
       </c>
       <c r="D5" s="4">
-        <v>7.22357047522373</v>
+        <v>7.19387285566661</v>
       </c>
       <c r="E5" s="4">
-        <v>7.19387285566661</v>
+        <v>7.59459261514035</v>
       </c>
       <c r="F5" s="4">
-        <v>7.59459261514035</v>
+        <v>5.03365606590271</v>
       </c>
       <c r="G5" s="4">
-        <v>5.03365606590271</v>
+        <v>5.27920640892196</v>
       </c>
       <c r="H5" s="4">
-        <v>5.27920640892196</v>
+        <v>6.02532893346599</v>
       </c>
       <c r="I5" s="4">
-        <v>6.02532893346599</v>
+        <v>5.8759430036935</v>
       </c>
       <c r="J5" s="4">
-        <v>5.8759430036935</v>
+        <v>7.6160843577813</v>
       </c>
       <c r="K5" s="4">
-        <v>7.60645937149179</v>
+        <v>7.31084880383169</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="4">
-        <v>9.23007888640755</v>
+        <v>8.11326306133937</v>
       </c>
       <c r="C6" s="4">
-        <v>8.11326306133937</v>
+        <v>7.46230393097321</v>
       </c>
       <c r="D6" s="4">
-        <v>7.46230393097321</v>
+        <v>8.76873983221991</v>
       </c>
       <c r="E6" s="4">
-        <v>8.76873983221991</v>
+        <v>8.34100787832726</v>
       </c>
       <c r="F6" s="4">
-        <v>8.34100787832726</v>
+        <v>6.40683658747242</v>
       </c>
       <c r="G6" s="4">
-        <v>6.40683658747242</v>
+        <v>8.17569316871286</v>
       </c>
       <c r="H6" s="4">
-        <v>8.17569316871286</v>
+        <v>8.80303342175204</v>
       </c>
       <c r="I6" s="4">
-        <v>8.80303342175204</v>
+        <v>10.1275184411724</v>
       </c>
       <c r="J6" s="4">
-        <v>10.1275184411724</v>
+        <v>9.06273927250026</v>
       </c>
       <c r="K6" s="4">
-        <v>9.06273927250026</v>
+        <v>9.03377340715217</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="4">
-        <v>3.42374917111094</v>
+        <v>3.49251732422452</v>
       </c>
       <c r="C7" s="4">
-        <v>3.49251732422452</v>
+        <v>3.02950790382253</v>
       </c>
       <c r="D7" s="4">
-        <v>3.02950790382253</v>
+        <v>3.5752095021435</v>
       </c>
       <c r="E7" s="4">
-        <v>3.5752095021435</v>
+        <v>3.902711050754</v>
       </c>
       <c r="F7" s="4">
-        <v>3.902711050754</v>
+        <v>3.84769333970656</v>
       </c>
       <c r="G7" s="4">
-        <v>3.84769333970656</v>
+        <v>3.72797648286608</v>
       </c>
       <c r="H7" s="4">
-        <v>3.72797648286608</v>
+        <v>3.73631361890879</v>
       </c>
       <c r="I7" s="4">
-        <v>3.73631361890879</v>
+        <v>3.64539779176239</v>
       </c>
       <c r="J7" s="4">
-        <v>3.59179882085868</v>
+        <v>3.79840669420651</v>
       </c>
       <c r="K7" s="4">
-        <v>3.79890946132183</v>
+        <v>3.74504320200476</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="4">
-        <v>5.27620368216109</v>
+        <v>6.10346285051043</v>
       </c>
       <c r="C8" s="4">
-        <v>6.10346285051043</v>
+        <v>5.10331091584936</v>
       </c>
       <c r="D8" s="4">
-        <v>5.10331091584936</v>
+        <v>6.13599136297856</v>
       </c>
       <c r="E8" s="4">
-        <v>6.13599136297856</v>
+        <v>8.08369716792275</v>
       </c>
       <c r="F8" s="4">
-        <v>8.08369716792275</v>
+        <v>4.70851912365042</v>
       </c>
       <c r="G8" s="4">
-        <v>4.70851912365042</v>
+        <v>3.39130338271208</v>
       </c>
       <c r="H8" s="4">
-        <v>3.39130338271208</v>
+        <v>5.16048595264119</v>
       </c>
       <c r="I8" s="4">
-        <v>5.16048595264119</v>
+        <v>6.25016667111123</v>
       </c>
       <c r="J8" s="4">
-        <v>6.25016667111123</v>
+        <v>6.46869200022077</v>
       </c>
       <c r="K8" s="4">
-        <v>6.46869200022077</v>
+        <v>6.28963650303758</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A9" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="4">
-        <v>5.32899434771333</v>
+        <v>1.73536092904283</v>
       </c>
       <c r="C9" s="4">
-        <v>1.73536092904283</v>
+        <v>3.386002603836</v>
       </c>
       <c r="D9" s="4">
-        <v>3.386002603836</v>
+        <v>1.66111577146369</v>
       </c>
       <c r="E9" s="4">
-        <v>1.66111577146369</v>
+        <v>4.88683714126543</v>
       </c>
       <c r="F9" s="4">
-        <v>4.88683714126543</v>
-[...1 lines deleted...]
-      <c r="G9" s="4">
         <v>3.19433707922595</v>
       </c>
-      <c r="H9" s="4"/>
+      <c r="G9" s="4"/>
+      <c r="H9" s="4">
+        <v>6.19773565727761</v>
+      </c>
       <c r="I9" s="4">
-        <v>6.19773565727761</v>
+        <v>3.02659316080743</v>
       </c>
       <c r="J9" s="4">
-        <v>3.02659316080743</v>
+        <v>2.97596904992188</v>
       </c>
       <c r="K9" s="4">
-        <v>2.97596904992188</v>
+        <v>1.46633371115865</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A10" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="4">
-        <v>2.84011467909722</v>
+        <v>2.29693882839629</v>
       </c>
       <c r="C10" s="4">
-        <v>2.29693882839629</v>
+        <v>2.04899954084847</v>
       </c>
       <c r="D10" s="4">
-        <v>2.04899954084847</v>
+        <v>2.03712408367249</v>
       </c>
       <c r="E10" s="4">
-        <v>2.03712408367249</v>
+        <v>2.31452509735037</v>
       </c>
       <c r="F10" s="4">
-        <v>2.31452509735037</v>
+        <v>2.18295645260385</v>
       </c>
       <c r="G10" s="4">
-        <v>2.18295645260385</v>
+        <v>2.63226939102734</v>
       </c>
       <c r="H10" s="4">
-        <v>2.63226939102734</v>
+        <v>3.35405037397093</v>
       </c>
       <c r="I10" s="4">
-        <v>3.35405037397093</v>
+        <v>3.81780298800351</v>
       </c>
       <c r="J10" s="4">
-        <v>3.81780298800351</v>
+        <v>4.90443540418288</v>
       </c>
       <c r="K10" s="4">
-        <v>4.90443540418288</v>
+        <v>4.04566009572032</v>
       </c>
     </row>
     <row r="11" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A11" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B11" s="4">
-        <v>9.69521163192711</v>
+        <v>6.29787596866177</v>
       </c>
       <c r="C11" s="4">
-        <v>6.29787596866177</v>
+        <v>9.19698242166228</v>
       </c>
       <c r="D11" s="4">
-        <v>9.19698242166228</v>
+        <v>8.22495742374981</v>
       </c>
       <c r="E11" s="4">
-        <v>8.22495742374981</v>
+        <v>6.72783227321919</v>
       </c>
       <c r="F11" s="4">
-        <v>6.72783227321919</v>
+        <v>8.11122493333289</v>
       </c>
       <c r="G11" s="4">
-        <v>8.11122493333289</v>
+        <v>6.16412601939234</v>
       </c>
       <c r="H11" s="4">
-        <v>6.16412601939234</v>
+        <v>11.3896297421198</v>
       </c>
       <c r="I11" s="4">
-        <v>11.3896297421198</v>
+        <v>11.3369473002005</v>
       </c>
       <c r="J11" s="4">
-        <v>11.3379113299748</v>
+        <v>8.47477976166094</v>
       </c>
       <c r="K11" s="4">
-        <v>8.47477976166094</v>
+        <v>9.85522209446934</v>
       </c>
     </row>
     <row r="12" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B12" s="6">
-        <v>4.45675227756012</v>
+        <v>4.23329557945361</v>
       </c>
       <c r="C12" s="6">
-        <v>4.23329557945361</v>
+        <v>3.9461305358857</v>
       </c>
       <c r="D12" s="6">
-        <v>3.9461305358857</v>
+        <v>4.46079125369003</v>
       </c>
       <c r="E12" s="6">
-        <v>4.46079125369003</v>
+        <v>4.76088148311213</v>
       </c>
       <c r="F12" s="6">
-        <v>4.76088148311213</v>
+        <v>4.18037526828921</v>
       </c>
       <c r="G12" s="6">
-        <v>4.18037526828921</v>
+        <v>4.09798214269405</v>
       </c>
       <c r="H12" s="6">
-        <v>4.09798214269405</v>
+        <v>4.5234005749293</v>
       </c>
       <c r="I12" s="6">
-        <v>4.5234005749293</v>
+        <v>4.58676444266874</v>
       </c>
       <c r="J12" s="6">
-        <v>4.54591341307517</v>
+        <v>4.86230353173633</v>
       </c>
       <c r="K12" s="6">
-        <v>4.86216645411881</v>
+        <v>4.80045446413405</v>
       </c>
     </row>
     <row r="13" s="1" customFormat="1" ht="5.333" customHeight="1"/>
     <row r="14" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A14" s="8" t="s">
         <v>21</v>
       </c>
       <c r="B14" s="8"/>
       <c r="C14" s="8"/>
       <c r="D14" s="8"/>
       <c r="E14" s="8"/>
       <c r="F14" s="8"/>
       <c r="G14" s="8"/>
       <c r="H14" s="8"/>
       <c r="I14" s="8"/>
       <c r="J14" s="8"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
     </row>
     <row r="15" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A14:L14"/>
   </mergeCells>