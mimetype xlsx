--- v1 (2026-02-02)
+++ v2 (2026-03-20)
@@ -69,51 +69,51 @@
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>All ET</t>
   </si>
   <si>
     <t>Deceased heart donors used, per million population, by year, by donor country</t>
   </si>
   <si>
-    <t xml:space="preserve"> statistics.eurotransplant.org : 1031P_heart : 22.01.2026 : based on population at start of year   </t>
+    <t xml:space="preserve"> statistics.eurotransplant.org : 1031P_heart : 12.02.2026 : based on population at start of year   </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0.0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>