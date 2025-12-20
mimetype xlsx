--- v0 (2025-10-20)
+++ v1 (2025-12-20)
@@ -24,54 +24,54 @@
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8" uniqueCount="8">
   <si>
     <t>B</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Recipients</t>
   </si>
   <si>
     <t>Transplants</t>
   </si>
   <si>
     <t>Donors used</t>
   </si>
   <si>
-    <t>Pancreas islet transplants in 2025 (Jan-Sep), by country</t>
-[...2 lines deleted...]
-    <t>statistics.eurotransplant.org : 2228P_2025 : 10.10.2025 : by year of transplant</t>
+    <t>Pancreas islet transplants in 2025 (Jan-Nov), by country</t>
+  </si>
+  <si>
+    <t>statistics.eurotransplant.org : 2228P_2025 : 08.12.2025 : by year of transplant</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -233,82 +233,82 @@
       <c r="C1" s="8"/>
       <c r="D1" s="8"/>
       <c r="E1" s="8"/>
     </row>
     <row r="2" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="3" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A3" s="2"/>
       <c r="B3" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A4" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="6">
         <v>1</v>
       </c>
       <c r="C4" s="6">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="D4" s="7">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B5" s="6">
         <v>1</v>
       </c>
       <c r="C5" s="6">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="D5" s="7">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A6" s="5" t="s">
         <v>5</v>
       </c>
       <c r="B6" s="6">
         <v>2</v>
       </c>
       <c r="C6" s="6">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="D6" s="7">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="8" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A8" s="9" t="s">
         <v>7</v>
       </c>
       <c r="B8" s="9"/>
       <c r="C8" s="9"/>
       <c r="D8" s="9"/>
       <c r="E8" s="9"/>
     </row>
     <row r="9" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A8:E8"/>
   </mergeCells>
   <pageSetup paperSize="9" scale="100" orientation="portrait"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">