--- v1 (2025-12-20)
+++ v2 (2026-02-14)
@@ -24,54 +24,54 @@
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8" uniqueCount="8">
   <si>
     <t>B</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Recipients</t>
   </si>
   <si>
     <t>Transplants</t>
   </si>
   <si>
     <t>Donors used</t>
   </si>
   <si>
-    <t>Pancreas islet transplants in 2025 (Jan-Nov), by country</t>
-[...2 lines deleted...]
-    <t>statistics.eurotransplant.org : 2228P_2025 : 08.12.2025 : by year of transplant</t>
+    <t>Pancreas islet transplants in 2026 (Jan-Jan), by country</t>
+  </si>
+  <si>
+    <t>statistics.eurotransplant.org : 2228P_2026 : 12.02.2026 : by year of transplant</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -233,82 +233,82 @@
       <c r="C1" s="8"/>
       <c r="D1" s="8"/>
       <c r="E1" s="8"/>
     </row>
     <row r="2" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="3" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A3" s="2"/>
       <c r="B3" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A4" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="6">
         <v>1</v>
       </c>
       <c r="C4" s="6">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="D4" s="7">
-        <v>7</v>
+        <v>2</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B5" s="6">
         <v>1</v>
       </c>
       <c r="C5" s="6">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="D5" s="7">
-        <v>7</v>
+        <v>2</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A6" s="5" t="s">
         <v>5</v>
       </c>
       <c r="B6" s="6">
+        <v>1</v>
+      </c>
+      <c r="C6" s="6">
+        <v>1</v>
+      </c>
+      <c r="D6" s="7">
         <v>2</v>
-      </c>
-[...4 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="8" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A8" s="9" t="s">
         <v>7</v>
       </c>
       <c r="B8" s="9"/>
       <c r="C8" s="9"/>
       <c r="D8" s="9"/>
       <c r="E8" s="9"/>
     </row>
     <row r="9" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A8:E8"/>
   </mergeCells>
   <pageSetup paperSize="9" scale="100" orientation="portrait"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">