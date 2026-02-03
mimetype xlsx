--- v0 (2025-12-16)
+++ v1 (2026-02-03)
@@ -9,80 +9,80 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="Active WL" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="140" uniqueCount="48">
   <si>
     <t>Blood group</t>
   </si>
   <si>
-    <t>2015</t>
-[...1 lines deleted...]
-  <si>
     <t>2016</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
+    <t>2025</t>
+  </si>
+  <si>
     <t>A</t>
   </si>
   <si>
     <t>AB</t>
   </si>
   <si>
     <t>B</t>
   </si>
   <si>
     <t>O</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>% PRA</t>
   </si>
   <si>
     <t>0-5%</t>
   </si>
   <si>
     <t>6-84%</t>
   </si>
   <si>
     <t>85-100%</t>
@@ -147,51 +147,51 @@
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>Urgency</t>
   </si>
   <si>
     <t>Elective</t>
   </si>
   <si>
     <t>Immunized</t>
   </si>
   <si>
     <t>Highly Immunized</t>
   </si>
   <si>
     <t>High Urgency</t>
   </si>
   <si>
     <t>Active kidney-only waiting list (at year end) in Germany, by year, by characteristic</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 3012P_Germany_kidney : 01.01.2025 :  excludes patients also waiting for other organs</t>
+    <t>statistics.eurotransplant.org : 3012P_Germany_kidney : 01.01.2026 :  excludes patients also waiting for other organs</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -389,218 +389,218 @@
       </c>
       <c r="F3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K3" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="4">
-        <v>2724</v>
+        <v>2693</v>
       </c>
       <c r="C4" s="4">
-        <v>2693</v>
+        <v>2671</v>
       </c>
       <c r="D4" s="4">
-        <v>2671</v>
+        <v>2604</v>
       </c>
       <c r="E4" s="4">
-        <v>2604</v>
+        <v>2504</v>
       </c>
       <c r="F4" s="4">
-        <v>2503</v>
+        <v>2597</v>
       </c>
       <c r="G4" s="4">
-        <v>2596</v>
+        <v>2320</v>
       </c>
       <c r="H4" s="4">
-        <v>2319</v>
+        <v>2372</v>
       </c>
       <c r="I4" s="4">
-        <v>2371</v>
+        <v>2270</v>
       </c>
       <c r="J4" s="4">
-        <v>2269</v>
+        <v>2215</v>
       </c>
       <c r="K4" s="4">
-        <v>2215</v>
+        <v>2206</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="4">
-        <v>260</v>
+        <v>281</v>
       </c>
       <c r="C5" s="4">
-        <v>281</v>
+        <v>326</v>
       </c>
       <c r="D5" s="4">
-        <v>326</v>
+        <v>284</v>
       </c>
       <c r="E5" s="4">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="F5" s="4">
-        <v>290</v>
+        <v>332</v>
       </c>
       <c r="G5" s="4">
-        <v>333</v>
+        <v>316</v>
       </c>
       <c r="H5" s="4">
-        <v>317</v>
+        <v>283</v>
       </c>
       <c r="I5" s="4">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="J5" s="4">
         <v>288</v>
       </c>
       <c r="K5" s="4">
-        <v>288</v>
+        <v>277</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="4">
-        <v>1063</v>
+        <v>1136</v>
       </c>
       <c r="C6" s="4">
-        <v>1136</v>
+        <v>1100</v>
       </c>
       <c r="D6" s="4">
-        <v>1100</v>
+        <v>1072</v>
       </c>
       <c r="E6" s="4">
-        <v>1072</v>
+        <v>1021</v>
       </c>
       <c r="F6" s="4">
-        <v>1021</v>
+        <v>1078</v>
       </c>
       <c r="G6" s="4">
-        <v>1078</v>
+        <v>944</v>
       </c>
       <c r="H6" s="4">
-        <v>944</v>
+        <v>1026</v>
       </c>
       <c r="I6" s="4">
-        <v>1026</v>
+        <v>973</v>
       </c>
       <c r="J6" s="4">
-        <v>973</v>
+        <v>942</v>
       </c>
       <c r="K6" s="4">
-        <v>942</v>
+        <v>939</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="4">
-        <v>3483</v>
+        <v>3488</v>
       </c>
       <c r="C7" s="4">
-        <v>3488</v>
+        <v>3523</v>
       </c>
       <c r="D7" s="4">
-        <v>3523</v>
+        <v>3279</v>
       </c>
       <c r="E7" s="4">
-        <v>3279</v>
+        <v>3067</v>
       </c>
       <c r="F7" s="4">
-        <v>3067</v>
+        <v>3060</v>
       </c>
       <c r="G7" s="4">
-        <v>3060</v>
+        <v>2747</v>
       </c>
       <c r="H7" s="4">
-        <v>2747</v>
+        <v>2683</v>
       </c>
       <c r="I7" s="4">
-        <v>2683</v>
+        <v>2666</v>
       </c>
       <c r="J7" s="4">
-        <v>2666</v>
+        <v>2650</v>
       </c>
       <c r="K7" s="4">
-        <v>2650</v>
+        <v>2513</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="6">
-        <v>7530</v>
+        <v>7598</v>
       </c>
       <c r="C8" s="6">
-        <v>7598</v>
+        <v>7620</v>
       </c>
       <c r="D8" s="6">
-        <v>7620</v>
+        <v>7239</v>
       </c>
       <c r="E8" s="6">
-        <v>7239</v>
+        <v>6881</v>
       </c>
       <c r="F8" s="6">
-        <v>6881</v>
+        <v>7067</v>
       </c>
       <c r="G8" s="6">
-        <v>7067</v>
+        <v>6327</v>
       </c>
       <c r="H8" s="6">
-        <v>6327</v>
+        <v>6364</v>
       </c>
       <c r="I8" s="6">
-        <v>6364</v>
+        <v>6196</v>
       </c>
       <c r="J8" s="6">
-        <v>6196</v>
+        <v>6095</v>
       </c>
       <c r="K8" s="6">
-        <v>6095</v>
+        <v>5935</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A9" s="7"/>
       <c r="B9" s="8"/>
       <c r="C9" s="8"/>
       <c r="D9" s="8"/>
       <c r="E9" s="8"/>
       <c r="F9" s="8"/>
       <c r="G9" s="8"/>
       <c r="H9" s="8"/>
       <c r="I9" s="8"/>
       <c r="J9" s="8"/>
       <c r="K9" s="8"/>
     </row>
     <row r="10" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
     <row r="11" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A11" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>2</v>
@@ -613,164 +613,154 @@
       </c>
       <c r="F11" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J11" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K11" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A12" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="4">
-        <v>6128</v>
+        <v>6178</v>
       </c>
       <c r="C12" s="4">
-        <v>6178</v>
+        <v>6140</v>
       </c>
       <c r="D12" s="4">
-        <v>6140</v>
+        <v>5827</v>
       </c>
       <c r="E12" s="4">
-        <v>5827</v>
-[...1 lines deleted...]
-      <c r="F12" s="4">
         <v>5550</v>
       </c>
+      <c r="F12" s="4"/>
       <c r="G12" s="4"/>
       <c r="H12" s="4"/>
       <c r="I12" s="4"/>
       <c r="J12" s="4"/>
       <c r="K12" s="4"/>
     </row>
     <row r="13" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A13" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B13" s="4">
-        <v>1083</v>
+        <v>1066</v>
       </c>
       <c r="C13" s="4">
-        <v>1066</v>
+        <v>1089</v>
       </c>
       <c r="D13" s="4">
-        <v>1089</v>
+        <v>1023</v>
       </c>
       <c r="E13" s="4">
-        <v>1023</v>
-[...1 lines deleted...]
-      <c r="F13" s="4">
         <v>907</v>
       </c>
+      <c r="F13" s="4"/>
       <c r="G13" s="4"/>
       <c r="H13" s="4"/>
       <c r="I13" s="4"/>
       <c r="J13" s="4"/>
       <c r="K13" s="4"/>
     </row>
     <row r="14" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A14" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B14" s="4">
-        <v>315</v>
+        <v>348</v>
       </c>
       <c r="C14" s="4">
-        <v>348</v>
+        <v>389</v>
       </c>
       <c r="D14" s="4">
-        <v>389</v>
+        <v>386</v>
       </c>
       <c r="E14" s="4">
-        <v>386</v>
-[...1 lines deleted...]
-      <c r="F14" s="4">
         <v>421</v>
       </c>
+      <c r="F14" s="4"/>
       <c r="G14" s="4"/>
       <c r="H14" s="4"/>
       <c r="I14" s="4"/>
       <c r="J14" s="4"/>
       <c r="K14" s="4"/>
     </row>
     <row r="15" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B15" s="4">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="C15" s="4">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="D15" s="4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E15" s="4">
         <v>3</v>
       </c>
-      <c r="F15" s="4">
-[...1 lines deleted...]
-      </c>
+      <c r="F15" s="4"/>
       <c r="G15" s="4"/>
       <c r="H15" s="4"/>
       <c r="I15" s="4"/>
       <c r="J15" s="4"/>
       <c r="K15" s="4"/>
     </row>
     <row r="16" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B16" s="6">
-        <v>7530</v>
+        <v>7598</v>
       </c>
       <c r="C16" s="6">
-        <v>7598</v>
+        <v>7620</v>
       </c>
       <c r="D16" s="6">
-        <v>7620</v>
+        <v>7239</v>
       </c>
       <c r="E16" s="6">
-        <v>7239</v>
-[...1 lines deleted...]
-      <c r="F16" s="6">
         <v>6881</v>
       </c>
+      <c r="F16" s="6"/>
       <c r="G16" s="6"/>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
     </row>
     <row r="17" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A17" s="7"/>
       <c r="B17" s="8"/>
       <c r="C17" s="8"/>
       <c r="D17" s="8"/>
       <c r="E17" s="8"/>
       <c r="F17" s="8"/>
       <c r="G17" s="8"/>
       <c r="H17" s="8"/>
       <c r="I17" s="8"/>
       <c r="J17" s="8"/>
       <c r="K17" s="8"/>
     </row>
     <row r="18" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A18" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>1</v>
@@ -789,140 +779,148 @@
       </c>
       <c r="G18" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H18" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J18" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K18" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A19" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B19" s="4"/>
       <c r="C19" s="4"/>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
-      <c r="F19" s="4"/>
+      <c r="F19" s="4">
+        <v>1660</v>
+      </c>
       <c r="G19" s="4">
-        <v>1660</v>
+        <v>1823</v>
       </c>
       <c r="H19" s="4">
-        <v>1823</v>
+        <v>2086</v>
       </c>
       <c r="I19" s="4">
-        <v>2086</v>
+        <v>2193</v>
       </c>
       <c r="J19" s="4">
-        <v>2193</v>
+        <v>2333</v>
       </c>
       <c r="K19" s="4">
-        <v>2333</v>
+        <v>2253</v>
       </c>
     </row>
     <row r="20" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A20" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B20" s="4"/>
       <c r="C20" s="4"/>
       <c r="D20" s="4"/>
       <c r="E20" s="4"/>
-      <c r="F20" s="4"/>
+      <c r="F20" s="4">
+        <v>2421</v>
+      </c>
       <c r="G20" s="4">
-        <v>2421</v>
+        <v>2180</v>
       </c>
       <c r="H20" s="4">
-        <v>2180</v>
+        <v>2265</v>
       </c>
       <c r="I20" s="4">
-        <v>2265</v>
+        <v>2252</v>
       </c>
       <c r="J20" s="4">
-        <v>2252</v>
+        <v>2275</v>
       </c>
       <c r="K20" s="4">
-        <v>2275</v>
+        <v>2271</v>
       </c>
     </row>
     <row r="21" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B21" s="4"/>
       <c r="C21" s="4"/>
       <c r="D21" s="4"/>
       <c r="E21" s="4"/>
-      <c r="F21" s="4"/>
+      <c r="F21" s="4">
+        <v>2986</v>
+      </c>
       <c r="G21" s="4">
-        <v>2986</v>
+        <v>2324</v>
       </c>
       <c r="H21" s="4">
-        <v>2324</v>
+        <v>2013</v>
       </c>
       <c r="I21" s="4">
-        <v>2013</v>
+        <v>1751</v>
       </c>
       <c r="J21" s="4">
-        <v>1751</v>
+        <v>1487</v>
       </c>
       <c r="K21" s="4">
-        <v>1487</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="22" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A22" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B22" s="6"/>
       <c r="C22" s="6"/>
       <c r="D22" s="6"/>
       <c r="E22" s="6"/>
-      <c r="F22" s="6"/>
+      <c r="F22" s="6">
+        <v>7067</v>
+      </c>
       <c r="G22" s="6">
-        <v>7067</v>
+        <v>6327</v>
       </c>
       <c r="H22" s="6">
-        <v>6327</v>
+        <v>6364</v>
       </c>
       <c r="I22" s="6">
-        <v>6364</v>
+        <v>6196</v>
       </c>
       <c r="J22" s="6">
-        <v>6196</v>
+        <v>6095</v>
       </c>
       <c r="K22" s="6">
-        <v>6095</v>
+        <v>5935</v>
       </c>
     </row>
     <row r="23" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A23" s="7"/>
       <c r="B23" s="8"/>
       <c r="C23" s="8"/>
       <c r="D23" s="8"/>
       <c r="E23" s="8"/>
       <c r="F23" s="8"/>
       <c r="G23" s="8"/>
       <c r="H23" s="8"/>
       <c r="I23" s="8"/>
       <c r="J23" s="8"/>
       <c r="K23" s="8"/>
     </row>
     <row r="24" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
     <row r="25" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A25" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>2</v>
@@ -935,148 +933,148 @@
       </c>
       <c r="F25" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H25" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I25" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J25" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K25" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A26" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B26" s="4">
-        <v>6151</v>
+        <v>6272</v>
       </c>
       <c r="C26" s="4">
-        <v>6272</v>
+        <v>6258</v>
       </c>
       <c r="D26" s="4">
-        <v>6258</v>
+        <v>5947</v>
       </c>
       <c r="E26" s="4">
-        <v>5947</v>
+        <v>5705</v>
       </c>
       <c r="F26" s="4">
-        <v>5705</v>
+        <v>5859</v>
       </c>
       <c r="G26" s="4">
-        <v>5859</v>
+        <v>5266</v>
       </c>
       <c r="H26" s="4">
-        <v>5266</v>
+        <v>5343</v>
       </c>
       <c r="I26" s="4">
-        <v>5343</v>
+        <v>5231</v>
       </c>
       <c r="J26" s="4">
-        <v>5231</v>
+        <v>5144</v>
       </c>
       <c r="K26" s="4">
-        <v>5144</v>
+        <v>5022</v>
       </c>
     </row>
     <row r="27" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A27" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B27" s="4">
-        <v>1379</v>
+        <v>1326</v>
       </c>
       <c r="C27" s="4">
-        <v>1326</v>
+        <v>1362</v>
       </c>
       <c r="D27" s="4">
-        <v>1362</v>
+        <v>1292</v>
       </c>
       <c r="E27" s="4">
-        <v>1292</v>
+        <v>1176</v>
       </c>
       <c r="F27" s="4">
-        <v>1176</v>
+        <v>1208</v>
       </c>
       <c r="G27" s="4">
-        <v>1208</v>
+        <v>1061</v>
       </c>
       <c r="H27" s="4">
-        <v>1061</v>
+        <v>1021</v>
       </c>
       <c r="I27" s="4">
-        <v>1021</v>
+        <v>965</v>
       </c>
       <c r="J27" s="4">
-        <v>965</v>
+        <v>951</v>
       </c>
       <c r="K27" s="4">
-        <v>951</v>
+        <v>913</v>
       </c>
     </row>
     <row r="28" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A28" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B28" s="6">
-        <v>7530</v>
+        <v>7598</v>
       </c>
       <c r="C28" s="6">
-        <v>7598</v>
+        <v>7620</v>
       </c>
       <c r="D28" s="6">
-        <v>7620</v>
+        <v>7239</v>
       </c>
       <c r="E28" s="6">
-        <v>7239</v>
+        <v>6881</v>
       </c>
       <c r="F28" s="6">
-        <v>6881</v>
+        <v>7067</v>
       </c>
       <c r="G28" s="6">
-        <v>7067</v>
+        <v>6327</v>
       </c>
       <c r="H28" s="6">
-        <v>6327</v>
+        <v>6364</v>
       </c>
       <c r="I28" s="6">
-        <v>6364</v>
+        <v>6196</v>
       </c>
       <c r="J28" s="6">
-        <v>6196</v>
+        <v>6095</v>
       </c>
       <c r="K28" s="6">
-        <v>6095</v>
+        <v>5935</v>
       </c>
     </row>
     <row r="29" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A29" s="7"/>
       <c r="B29" s="8"/>
       <c r="C29" s="8"/>
       <c r="D29" s="8"/>
       <c r="E29" s="8"/>
       <c r="F29" s="8"/>
       <c r="G29" s="8"/>
       <c r="H29" s="8"/>
       <c r="I29" s="8"/>
       <c r="J29" s="8"/>
       <c r="K29" s="8"/>
     </row>
     <row r="30" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
     <row r="31" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A31" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C31" s="3" t="s">
         <v>2</v>
@@ -1089,218 +1087,218 @@
       </c>
       <c r="F31" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H31" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I31" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J31" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K31" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A32" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B32" s="4">
-        <v>230</v>
+        <v>253</v>
       </c>
       <c r="C32" s="4">
-        <v>253</v>
+        <v>246</v>
       </c>
       <c r="D32" s="4">
-        <v>246</v>
+        <v>232</v>
       </c>
       <c r="E32" s="4">
-        <v>232</v>
+        <v>210</v>
       </c>
       <c r="F32" s="4">
-        <v>210</v>
+        <v>250</v>
       </c>
       <c r="G32" s="4">
-        <v>250</v>
+        <v>84</v>
       </c>
       <c r="H32" s="4">
-        <v>84</v>
+        <v>110</v>
       </c>
       <c r="I32" s="4">
-        <v>110</v>
+        <v>99</v>
       </c>
       <c r="J32" s="4">
-        <v>99</v>
+        <v>87</v>
       </c>
       <c r="K32" s="4">
-        <v>87</v>
+        <v>92</v>
       </c>
     </row>
     <row r="33" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A33" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B33" s="4">
-        <v>1066</v>
+        <v>1143</v>
       </c>
       <c r="C33" s="4">
-        <v>1143</v>
+        <v>1019</v>
       </c>
       <c r="D33" s="4">
-        <v>1019</v>
+        <v>957</v>
       </c>
       <c r="E33" s="4">
-        <v>957</v>
+        <v>924</v>
       </c>
       <c r="F33" s="4">
-        <v>924</v>
+        <v>963</v>
       </c>
       <c r="G33" s="4">
-        <v>963</v>
+        <v>884</v>
       </c>
       <c r="H33" s="4">
-        <v>884</v>
+        <v>809</v>
       </c>
       <c r="I33" s="4">
-        <v>809</v>
+        <v>815</v>
       </c>
       <c r="J33" s="4">
-        <v>815</v>
+        <v>788</v>
       </c>
       <c r="K33" s="4">
-        <v>788</v>
+        <v>752</v>
       </c>
     </row>
     <row r="34" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A34" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B34" s="4">
-        <v>2963</v>
+        <v>2947</v>
       </c>
       <c r="C34" s="4">
-        <v>2947</v>
+        <v>3015</v>
       </c>
       <c r="D34" s="4">
-        <v>3015</v>
+        <v>2860</v>
       </c>
       <c r="E34" s="4">
-        <v>2860</v>
+        <v>2735</v>
       </c>
       <c r="F34" s="4">
-        <v>2735</v>
+        <v>2747</v>
       </c>
       <c r="G34" s="4">
-        <v>2747</v>
+        <v>2536</v>
       </c>
       <c r="H34" s="4">
-        <v>2536</v>
+        <v>2510</v>
       </c>
       <c r="I34" s="4">
-        <v>2510</v>
+        <v>2404</v>
       </c>
       <c r="J34" s="4">
-        <v>2404</v>
+        <v>2364</v>
       </c>
       <c r="K34" s="4">
-        <v>2364</v>
+        <v>2328</v>
       </c>
     </row>
     <row r="35" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A35" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B35" s="4">
-        <v>3271</v>
+        <v>3255</v>
       </c>
       <c r="C35" s="4">
-        <v>3255</v>
+        <v>3340</v>
       </c>
       <c r="D35" s="4">
-        <v>3340</v>
+        <v>3190</v>
       </c>
       <c r="E35" s="4">
-        <v>3190</v>
+        <v>3012</v>
       </c>
       <c r="F35" s="4">
-        <v>3012</v>
+        <v>3107</v>
       </c>
       <c r="G35" s="4">
-        <v>3107</v>
+        <v>2823</v>
       </c>
       <c r="H35" s="4">
-        <v>2823</v>
+        <v>2935</v>
       </c>
       <c r="I35" s="4">
-        <v>2935</v>
+        <v>2878</v>
       </c>
       <c r="J35" s="4">
-        <v>2878</v>
+        <v>2856</v>
       </c>
       <c r="K35" s="4">
-        <v>2856</v>
+        <v>2763</v>
       </c>
     </row>
     <row r="36" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A36" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B36" s="6">
-        <v>7530</v>
+        <v>7598</v>
       </c>
       <c r="C36" s="6">
-        <v>7598</v>
+        <v>7620</v>
       </c>
       <c r="D36" s="6">
-        <v>7620</v>
+        <v>7239</v>
       </c>
       <c r="E36" s="6">
-        <v>7239</v>
+        <v>6881</v>
       </c>
       <c r="F36" s="6">
-        <v>6881</v>
+        <v>7067</v>
       </c>
       <c r="G36" s="6">
-        <v>7067</v>
+        <v>6327</v>
       </c>
       <c r="H36" s="6">
-        <v>6327</v>
+        <v>6364</v>
       </c>
       <c r="I36" s="6">
-        <v>6364</v>
+        <v>6196</v>
       </c>
       <c r="J36" s="6">
-        <v>6196</v>
+        <v>6095</v>
       </c>
       <c r="K36" s="6">
-        <v>6095</v>
+        <v>5935</v>
       </c>
     </row>
     <row r="37" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A37" s="7"/>
       <c r="B37" s="8"/>
       <c r="C37" s="8"/>
       <c r="D37" s="8"/>
       <c r="E37" s="8"/>
       <c r="F37" s="8"/>
       <c r="G37" s="8"/>
       <c r="H37" s="8"/>
       <c r="I37" s="8"/>
       <c r="J37" s="8"/>
       <c r="K37" s="8"/>
     </row>
     <row r="38" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
     <row r="39" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A39" s="2" t="s">
         <v>32</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C39" s="3" t="s">
         <v>2</v>
@@ -1313,183 +1311,183 @@
       </c>
       <c r="F39" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H39" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J39" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K39" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A40" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B40" s="4">
-        <v>2804</v>
+        <v>2966</v>
       </c>
       <c r="C40" s="4">
-        <v>2966</v>
+        <v>2895</v>
       </c>
       <c r="D40" s="4">
-        <v>2895</v>
+        <v>2610</v>
       </c>
       <c r="E40" s="4">
-        <v>2610</v>
+        <v>2494</v>
       </c>
       <c r="F40" s="4">
-        <v>2494</v>
+        <v>2739</v>
       </c>
       <c r="G40" s="4">
-        <v>2739</v>
+        <v>2445</v>
       </c>
       <c r="H40" s="4">
-        <v>2445</v>
+        <v>2345</v>
       </c>
       <c r="I40" s="4">
-        <v>2345</v>
+        <v>2337</v>
       </c>
       <c r="J40" s="4">
-        <v>2337</v>
+        <v>2495</v>
       </c>
       <c r="K40" s="4">
-        <v>2495</v>
+        <v>2469</v>
       </c>
     </row>
     <row r="41" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A41" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B41" s="4">
-        <v>2786</v>
+        <v>2641</v>
       </c>
       <c r="C41" s="4">
-        <v>2641</v>
+        <v>2658</v>
       </c>
       <c r="D41" s="4">
-        <v>2658</v>
+        <v>2684</v>
       </c>
       <c r="E41" s="4">
-        <v>2684</v>
+        <v>2601</v>
       </c>
       <c r="F41" s="4">
-        <v>2601</v>
+        <v>2503</v>
       </c>
       <c r="G41" s="4">
-        <v>2503</v>
+        <v>2230</v>
       </c>
       <c r="H41" s="4">
-        <v>2230</v>
+        <v>2292</v>
       </c>
       <c r="I41" s="4">
-        <v>2292</v>
+        <v>2262</v>
       </c>
       <c r="J41" s="4">
-        <v>2262</v>
+        <v>2043</v>
       </c>
       <c r="K41" s="4">
-        <v>2043</v>
+        <v>1981</v>
       </c>
     </row>
     <row r="42" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A42" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B42" s="4">
-        <v>1940</v>
+        <v>1991</v>
       </c>
       <c r="C42" s="4">
-        <v>1991</v>
+        <v>2067</v>
       </c>
       <c r="D42" s="4">
-        <v>2067</v>
+        <v>1945</v>
       </c>
       <c r="E42" s="4">
-        <v>1945</v>
+        <v>1786</v>
       </c>
       <c r="F42" s="4">
-        <v>1786</v>
+        <v>1825</v>
       </c>
       <c r="G42" s="4">
-        <v>1825</v>
+        <v>1652</v>
       </c>
       <c r="H42" s="4">
-        <v>1652</v>
+        <v>1727</v>
       </c>
       <c r="I42" s="4">
-        <v>1727</v>
+        <v>1597</v>
       </c>
       <c r="J42" s="4">
-        <v>1597</v>
+        <v>1557</v>
       </c>
       <c r="K42" s="4">
-        <v>1557</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="43" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A43" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B43" s="6">
-        <v>7530</v>
+        <v>7598</v>
       </c>
       <c r="C43" s="6">
-        <v>7598</v>
+        <v>7620</v>
       </c>
       <c r="D43" s="6">
-        <v>7620</v>
+        <v>7239</v>
       </c>
       <c r="E43" s="6">
-        <v>7239</v>
+        <v>6881</v>
       </c>
       <c r="F43" s="6">
-        <v>6881</v>
+        <v>7067</v>
       </c>
       <c r="G43" s="6">
-        <v>7067</v>
+        <v>6327</v>
       </c>
       <c r="H43" s="6">
-        <v>6327</v>
+        <v>6364</v>
       </c>
       <c r="I43" s="6">
-        <v>6364</v>
+        <v>6196</v>
       </c>
       <c r="J43" s="6">
-        <v>6196</v>
+        <v>6095</v>
       </c>
       <c r="K43" s="6">
-        <v>6095</v>
+        <v>5935</v>
       </c>
     </row>
     <row r="44" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A44" s="7"/>
       <c r="B44" s="8"/>
       <c r="C44" s="8"/>
       <c r="D44" s="8"/>
       <c r="E44" s="8"/>
       <c r="F44" s="8"/>
       <c r="G44" s="8"/>
       <c r="H44" s="8"/>
       <c r="I44" s="8"/>
       <c r="J44" s="8"/>
       <c r="K44" s="8"/>
     </row>
     <row r="45" s="1" customFormat="1" ht="1.0666" customHeight="1"/>
     <row r="46" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A46" s="2" t="s">
         <v>33</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C46" s="3" t="s">
         <v>2</v>
@@ -1502,218 +1500,218 @@
       </c>
       <c r="F46" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H46" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I46" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J46" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K46" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B47" s="4">
-        <v>68</v>
+        <v>92</v>
       </c>
       <c r="C47" s="4">
-        <v>92</v>
+        <v>84</v>
       </c>
       <c r="D47" s="4">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="E47" s="4">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="F47" s="4">
-        <v>78</v>
+        <v>110</v>
       </c>
       <c r="G47" s="4">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="H47" s="4">
-        <v>114</v>
+        <v>108</v>
       </c>
       <c r="I47" s="4">
-        <v>108</v>
+        <v>115</v>
       </c>
       <c r="J47" s="4">
-        <v>115</v>
+        <v>109</v>
       </c>
       <c r="K47" s="4">
-        <v>109</v>
+        <v>105</v>
       </c>
     </row>
     <row r="48" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A48" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B48" s="4">
-        <v>4539</v>
+        <v>4578</v>
       </c>
       <c r="C48" s="4">
-        <v>4578</v>
+        <v>4596</v>
       </c>
       <c r="D48" s="4">
-        <v>4596</v>
+        <v>4354</v>
       </c>
       <c r="E48" s="4">
-        <v>4354</v>
+        <v>4117</v>
       </c>
       <c r="F48" s="4">
-        <v>4117</v>
+        <v>4168</v>
       </c>
       <c r="G48" s="4">
-        <v>4168</v>
+        <v>3670</v>
       </c>
       <c r="H48" s="4">
-        <v>3670</v>
+        <v>3651</v>
       </c>
       <c r="I48" s="4">
-        <v>3651</v>
+        <v>3594</v>
       </c>
       <c r="J48" s="4">
-        <v>3594</v>
+        <v>3451</v>
       </c>
       <c r="K48" s="4">
-        <v>3451</v>
+        <v>3328</v>
       </c>
     </row>
     <row r="49" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A49" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B49" s="4">
-        <v>2067</v>
+        <v>2052</v>
       </c>
       <c r="C49" s="4">
-        <v>2052</v>
+        <v>2064</v>
       </c>
       <c r="D49" s="4">
-        <v>2064</v>
+        <v>1998</v>
       </c>
       <c r="E49" s="4">
-        <v>1998</v>
+        <v>1938</v>
       </c>
       <c r="F49" s="4">
-        <v>1938</v>
+        <v>1974</v>
       </c>
       <c r="G49" s="4">
-        <v>1974</v>
+        <v>1873</v>
       </c>
       <c r="H49" s="4">
-        <v>1873</v>
+        <v>1913</v>
       </c>
       <c r="I49" s="4">
-        <v>1913</v>
+        <v>1848</v>
       </c>
       <c r="J49" s="4">
-        <v>1848</v>
+        <v>1842</v>
       </c>
       <c r="K49" s="4">
-        <v>1842</v>
+        <v>1816</v>
       </c>
     </row>
     <row r="50" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A50" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B50" s="4">
-        <v>856</v>
+        <v>876</v>
       </c>
       <c r="C50" s="4">
         <v>876</v>
       </c>
       <c r="D50" s="4">
-        <v>876</v>
+        <v>807</v>
       </c>
       <c r="E50" s="4">
-        <v>807</v>
+        <v>748</v>
       </c>
       <c r="F50" s="4">
-        <v>748</v>
+        <v>815</v>
       </c>
       <c r="G50" s="4">
-        <v>815</v>
+        <v>670</v>
       </c>
       <c r="H50" s="4">
-        <v>670</v>
+        <v>692</v>
       </c>
       <c r="I50" s="4">
-        <v>692</v>
+        <v>639</v>
       </c>
       <c r="J50" s="4">
-        <v>639</v>
+        <v>693</v>
       </c>
       <c r="K50" s="4">
-        <v>693</v>
+        <v>686</v>
       </c>
     </row>
     <row r="51" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A51" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B51" s="6">
-        <v>7530</v>
+        <v>7598</v>
       </c>
       <c r="C51" s="6">
-        <v>7598</v>
+        <v>7620</v>
       </c>
       <c r="D51" s="6">
-        <v>7620</v>
+        <v>7239</v>
       </c>
       <c r="E51" s="6">
-        <v>7239</v>
+        <v>6881</v>
       </c>
       <c r="F51" s="6">
-        <v>6881</v>
+        <v>7067</v>
       </c>
       <c r="G51" s="6">
-        <v>7067</v>
+        <v>6327</v>
       </c>
       <c r="H51" s="6">
-        <v>6327</v>
+        <v>6364</v>
       </c>
       <c r="I51" s="6">
-        <v>6364</v>
+        <v>6196</v>
       </c>
       <c r="J51" s="6">
-        <v>6196</v>
+        <v>6095</v>
       </c>
       <c r="K51" s="6">
-        <v>6095</v>
+        <v>5935</v>
       </c>
     </row>
     <row r="52" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A52" s="7"/>
       <c r="B52" s="8"/>
       <c r="C52" s="8"/>
       <c r="D52" s="8"/>
       <c r="E52" s="8"/>
       <c r="F52" s="8"/>
       <c r="G52" s="8"/>
       <c r="H52" s="8"/>
       <c r="I52" s="8"/>
       <c r="J52" s="8"/>
       <c r="K52" s="8"/>
     </row>
     <row r="53" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
     <row r="54" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A54" s="2" t="s">
         <v>38</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C54" s="3" t="s">
         <v>2</v>
@@ -1726,148 +1724,148 @@
       </c>
       <c r="F54" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G54" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H54" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I54" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J54" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K54" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A55" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B55" s="4">
-        <v>7395</v>
+        <v>7441</v>
       </c>
       <c r="C55" s="4">
-        <v>7441</v>
+        <v>7461</v>
       </c>
       <c r="D55" s="4">
-        <v>7461</v>
+        <v>7048</v>
       </c>
       <c r="E55" s="4">
-        <v>7048</v>
+        <v>6724</v>
       </c>
       <c r="F55" s="4">
-        <v>6724</v>
+        <v>6928</v>
       </c>
       <c r="G55" s="4">
-        <v>6928</v>
+        <v>6173</v>
       </c>
       <c r="H55" s="4">
-        <v>6173</v>
+        <v>6190</v>
       </c>
       <c r="I55" s="4">
-        <v>6190</v>
+        <v>6027</v>
       </c>
       <c r="J55" s="4">
-        <v>6027</v>
+        <v>5949</v>
       </c>
       <c r="K55" s="4">
-        <v>5949</v>
+        <v>5801</v>
       </c>
     </row>
     <row r="56" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A56" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B56" s="4">
-        <v>135</v>
+        <v>157</v>
       </c>
       <c r="C56" s="4">
+        <v>159</v>
+      </c>
+      <c r="D56" s="4">
+        <v>191</v>
+      </c>
+      <c r="E56" s="4">
         <v>157</v>
       </c>
-      <c r="D56" s="4">
-[...4 lines deleted...]
-      </c>
       <c r="F56" s="4">
-        <v>157</v>
+        <v>139</v>
       </c>
       <c r="G56" s="4">
-        <v>139</v>
+        <v>154</v>
       </c>
       <c r="H56" s="4">
-        <v>154</v>
+        <v>174</v>
       </c>
       <c r="I56" s="4">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="J56" s="4">
-        <v>169</v>
+        <v>146</v>
       </c>
       <c r="K56" s="4">
-        <v>146</v>
+        <v>134</v>
       </c>
     </row>
     <row r="57" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A57" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B57" s="6">
-        <v>7530</v>
+        <v>7598</v>
       </c>
       <c r="C57" s="6">
-        <v>7598</v>
+        <v>7620</v>
       </c>
       <c r="D57" s="6">
-        <v>7620</v>
+        <v>7239</v>
       </c>
       <c r="E57" s="6">
-        <v>7239</v>
+        <v>6881</v>
       </c>
       <c r="F57" s="6">
-        <v>6881</v>
+        <v>7067</v>
       </c>
       <c r="G57" s="6">
-        <v>7067</v>
+        <v>6327</v>
       </c>
       <c r="H57" s="6">
-        <v>6327</v>
+        <v>6364</v>
       </c>
       <c r="I57" s="6">
-        <v>6364</v>
+        <v>6196</v>
       </c>
       <c r="J57" s="6">
-        <v>6196</v>
+        <v>6095</v>
       </c>
       <c r="K57" s="6">
-        <v>6095</v>
+        <v>5935</v>
       </c>
     </row>
     <row r="58" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A58" s="7"/>
       <c r="B58" s="8"/>
       <c r="C58" s="8"/>
       <c r="D58" s="8"/>
       <c r="E58" s="8"/>
       <c r="F58" s="8"/>
       <c r="G58" s="8"/>
       <c r="H58" s="8"/>
       <c r="I58" s="8"/>
       <c r="J58" s="8"/>
       <c r="K58" s="8"/>
     </row>
     <row r="59" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
     <row r="60" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A60" s="2" t="s">
         <v>41</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C60" s="3" t="s">
         <v>2</v>
@@ -1880,204 +1878,202 @@
       </c>
       <c r="F60" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G60" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H60" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I60" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J60" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K60" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A61" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B61" s="4">
-        <v>6132</v>
+        <v>6184</v>
       </c>
       <c r="C61" s="4">
-        <v>6184</v>
+        <v>6140</v>
       </c>
       <c r="D61" s="4">
-        <v>6140</v>
+        <v>5830</v>
       </c>
       <c r="E61" s="4">
-        <v>5830</v>
+        <v>5551</v>
       </c>
       <c r="F61" s="4">
-        <v>5551</v>
+        <v>4643</v>
       </c>
       <c r="G61" s="4">
-        <v>4643</v>
+        <v>4147</v>
       </c>
       <c r="H61" s="4">
-        <v>4147</v>
+        <v>4098</v>
       </c>
       <c r="I61" s="4">
-        <v>4098</v>
+        <v>3944</v>
       </c>
       <c r="J61" s="4">
-        <v>3944</v>
+        <v>3819</v>
       </c>
       <c r="K61" s="4">
-        <v>3819</v>
+        <v>3664</v>
       </c>
     </row>
     <row r="62" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A62" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B62" s="4">
-        <v>1082</v>
+        <v>1066</v>
       </c>
       <c r="C62" s="4">
-        <v>1066</v>
+        <v>1089</v>
       </c>
       <c r="D62" s="4">
-        <v>1089</v>
+        <v>1023</v>
       </c>
       <c r="E62" s="4">
-        <v>1023</v>
+        <v>907</v>
       </c>
       <c r="F62" s="4">
-        <v>907</v>
+        <v>2422</v>
       </c>
       <c r="G62" s="4">
-        <v>2422</v>
+        <v>2179</v>
       </c>
       <c r="H62" s="4">
-        <v>2179</v>
+        <v>2262</v>
       </c>
       <c r="I62" s="4">
-        <v>2262</v>
+        <v>2249</v>
       </c>
       <c r="J62" s="4">
-        <v>2249</v>
+        <v>2274</v>
       </c>
       <c r="K62" s="4">
-        <v>2274</v>
+        <v>2270</v>
       </c>
     </row>
     <row r="63" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A63" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B63" s="4">
-        <v>315</v>
+        <v>348</v>
       </c>
       <c r="C63" s="4">
-        <v>348</v>
+        <v>389</v>
       </c>
       <c r="D63" s="4">
-        <v>389</v>
+        <v>386</v>
       </c>
       <c r="E63" s="4">
-        <v>386</v>
-[...1 lines deleted...]
-      <c r="F63" s="4">
         <v>421</v>
       </c>
+      <c r="F63" s="4"/>
       <c r="G63" s="4"/>
       <c r="H63" s="4"/>
       <c r="I63" s="4"/>
       <c r="J63" s="4"/>
       <c r="K63" s="4"/>
     </row>
     <row r="64" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A64" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="B64" s="4">
-[...3 lines deleted...]
-      <c r="D64" s="4">
+      <c r="B64" s="4"/>
+      <c r="C64" s="4">
         <v>2</v>
       </c>
-      <c r="E64" s="4"/>
+      <c r="D64" s="4"/>
+      <c r="E64" s="4">
+        <v>2</v>
+      </c>
       <c r="F64" s="4">
         <v>2</v>
       </c>
       <c r="G64" s="4">
+        <v>1</v>
+      </c>
+      <c r="H64" s="4">
+        <v>4</v>
+      </c>
+      <c r="I64" s="4">
+        <v>3</v>
+      </c>
+      <c r="J64" s="4">
         <v>2</v>
       </c>
-      <c r="H64" s="4">
+      <c r="K64" s="4">
         <v>1</v>
-      </c>
-[...7 lines deleted...]
-        <v>2</v>
       </c>
     </row>
     <row r="65" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A65" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B65" s="6">
-        <v>7530</v>
+        <v>7598</v>
       </c>
       <c r="C65" s="6">
-        <v>7598</v>
+        <v>7620</v>
       </c>
       <c r="D65" s="6">
-        <v>7620</v>
+        <v>7239</v>
       </c>
       <c r="E65" s="6">
-        <v>7239</v>
+        <v>6881</v>
       </c>
       <c r="F65" s="6">
-        <v>6881</v>
+        <v>7067</v>
       </c>
       <c r="G65" s="6">
-        <v>7067</v>
+        <v>6327</v>
       </c>
       <c r="H65" s="6">
-        <v>6327</v>
+        <v>6364</v>
       </c>
       <c r="I65" s="6">
-        <v>6364</v>
+        <v>6196</v>
       </c>
       <c r="J65" s="6">
-        <v>6196</v>
+        <v>6095</v>
       </c>
       <c r="K65" s="6">
-        <v>6095</v>
+        <v>5935</v>
       </c>
     </row>
     <row r="66" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A66" s="7"/>
       <c r="B66" s="8"/>
       <c r="C66" s="8"/>
       <c r="D66" s="8"/>
       <c r="E66" s="8"/>
       <c r="F66" s="8"/>
       <c r="G66" s="8"/>
       <c r="H66" s="8"/>
       <c r="I66" s="8"/>
       <c r="J66" s="8"/>
       <c r="K66" s="8"/>
     </row>
     <row r="67" s="1" customFormat="1" ht="2.1332" customHeight="1"/>
     <row r="68" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A68" s="10" t="s">
         <v>47</v>
       </c>
       <c r="B68" s="10"/>
       <c r="C68" s="10"/>
       <c r="D68" s="10"/>
       <c r="E68" s="10"/>
       <c r="F68" s="10"/>