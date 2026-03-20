--- v1 (2026-02-03)
+++ v2 (2026-03-20)
@@ -147,51 +147,51 @@
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>Urgency</t>
   </si>
   <si>
     <t>Elective</t>
   </si>
   <si>
     <t>Immunized</t>
   </si>
   <si>
     <t>Highly Immunized</t>
   </si>
   <si>
     <t>High Urgency</t>
   </si>
   <si>
     <t>Active kidney-only waiting list (at year end) in Germany, by year, by characteristic</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 3012P_Germany_kidney : 01.01.2026 :  excludes patients also waiting for other organs</t>
+    <t>statistics.eurotransplant.org : 3012P_Germany_kidney : 13.02.2026 :  excludes patients also waiting for other organs</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>