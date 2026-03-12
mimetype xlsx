--- v0 (2025-12-20)
+++ v1 (2026-03-12)
@@ -9,80 +9,80 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="Active WL" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="34">
   <si>
     <t>Blood group</t>
   </si>
   <si>
-    <t>2015</t>
-[...1 lines deleted...]
-  <si>
     <t>2016</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
+    <t>2025</t>
+  </si>
+  <si>
     <t>A</t>
   </si>
   <si>
     <t>AB</t>
   </si>
   <si>
     <t>B</t>
   </si>
   <si>
     <t>O</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Sequence</t>
   </si>
   <si>
     <t>First</t>
   </si>
   <si>
     <t>Repeat</t>
   </si>
   <si>
     <t>Months waiting (on WL)</t>
@@ -105,51 +105,51 @@
   <si>
     <t>0-15</t>
   </si>
   <si>
     <t>16-55</t>
   </si>
   <si>
     <t>56-64</t>
   </si>
   <si>
     <t>65+</t>
   </si>
   <si>
     <t>Urgency</t>
   </si>
   <si>
     <t>Elective</t>
   </si>
   <si>
     <t>High Urgency</t>
   </si>
   <si>
     <t>Active heart-only waiting list (at year end) in Belgium, by year, by characteristic</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 3012P_Belgium_heart : 01.01.2025 :  excludes patients also waiting for other organs</t>
+    <t>statistics.eurotransplant.org : 3012P_Belgium_heart : 13.02.2026 :  excludes patients also waiting for other organs</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -347,216 +347,216 @@
       </c>
       <c r="F3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K3" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="4">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="C4" s="4">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="D4" s="4">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="E4" s="4">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="F4" s="4">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="G4" s="4">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="H4" s="4">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="I4" s="4">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="J4" s="4">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="K4" s="4">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="4">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="C5" s="4">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D5" s="4">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="E5" s="4">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F5" s="4">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G5" s="4">
+        <v>2</v>
+      </c>
+      <c r="H5" s="4"/>
+      <c r="I5" s="4">
         <v>1</v>
       </c>
-      <c r="H5" s="4">
-[...2 lines deleted...]
-      <c r="I5" s="4"/>
       <c r="J5" s="4">
         <v>1</v>
       </c>
       <c r="K5" s="4">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="4">
+        <v>11</v>
+      </c>
+      <c r="C6" s="4">
+        <v>14</v>
+      </c>
+      <c r="D6" s="4">
+        <v>11</v>
+      </c>
+      <c r="E6" s="4">
+        <v>12</v>
+      </c>
+      <c r="F6" s="4">
+        <v>19</v>
+      </c>
+      <c r="G6" s="4">
         <v>6</v>
       </c>
-      <c r="C6" s="4">
-[...13 lines deleted...]
-      </c>
       <c r="H6" s="4">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I6" s="4">
         <v>4</v>
       </c>
       <c r="J6" s="4">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="K6" s="4">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="4">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="C7" s="4">
+        <v>44</v>
+      </c>
+      <c r="D7" s="4">
+        <v>57</v>
+      </c>
+      <c r="E7" s="4">
+        <v>46</v>
+      </c>
+      <c r="F7" s="4">
+        <v>58</v>
+      </c>
+      <c r="G7" s="4">
+        <v>73</v>
+      </c>
+      <c r="H7" s="4">
+        <v>54</v>
+      </c>
+      <c r="I7" s="4">
         <v>55</v>
       </c>
-      <c r="D7" s="4">
-[...16 lines deleted...]
-      </c>
       <c r="J7" s="4">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="K7" s="4">
-        <v>40</v>
+        <v>27</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="6">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="C8" s="6">
-        <v>113</v>
+        <v>94</v>
       </c>
       <c r="D8" s="6">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="E8" s="6">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="F8" s="6">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="G8" s="6">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="H8" s="6">
-        <v>105</v>
+        <v>75</v>
       </c>
       <c r="I8" s="6">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="J8" s="6">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="K8" s="6">
-        <v>62</v>
+        <v>50</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A9" s="7"/>
       <c r="B9" s="8"/>
       <c r="C9" s="8"/>
       <c r="D9" s="8"/>
       <c r="E9" s="8"/>
       <c r="F9" s="8"/>
       <c r="G9" s="8"/>
       <c r="H9" s="8"/>
       <c r="I9" s="8"/>
       <c r="J9" s="8"/>
       <c r="K9" s="8"/>
     </row>
     <row r="10" s="1" customFormat="1" ht="1.0666" customHeight="1"/>
     <row r="11" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A11" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>2</v>
@@ -569,136 +569,134 @@
       </c>
       <c r="F11" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J11" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K11" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A12" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="4">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C12" s="4">
-        <v>111</v>
+        <v>94</v>
       </c>
       <c r="D12" s="4">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="E12" s="4">
-        <v>104</v>
+        <v>81</v>
       </c>
       <c r="F12" s="4">
-        <v>81</v>
+        <v>102</v>
       </c>
       <c r="G12" s="4">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="H12" s="4">
-        <v>105</v>
+        <v>75</v>
       </c>
       <c r="I12" s="4">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="J12" s="4">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="K12" s="4">
-        <v>62</v>
+        <v>50</v>
       </c>
     </row>
     <row r="13" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A13" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B13" s="4">
         <v>2</v>
       </c>
-      <c r="C13" s="4">
-[...1 lines deleted...]
-      </c>
+      <c r="C13" s="4"/>
       <c r="D13" s="4"/>
-      <c r="E13" s="4"/>
+      <c r="E13" s="4">
+        <v>1</v>
+      </c>
       <c r="F13" s="4">
         <v>1</v>
       </c>
-      <c r="G13" s="4">
-[...1 lines deleted...]
-      </c>
+      <c r="G13" s="4"/>
       <c r="H13" s="4"/>
       <c r="I13" s="4"/>
       <c r="J13" s="4"/>
       <c r="K13" s="4"/>
     </row>
     <row r="14" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A14" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B14" s="6">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="C14" s="6">
-        <v>113</v>
+        <v>94</v>
       </c>
       <c r="D14" s="6">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="E14" s="6">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="F14" s="6">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="G14" s="6">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="H14" s="6">
-        <v>105</v>
+        <v>75</v>
       </c>
       <c r="I14" s="6">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="J14" s="6">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="K14" s="6">
-        <v>62</v>
+        <v>50</v>
       </c>
     </row>
     <row r="15" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A15" s="7"/>
       <c r="B15" s="8"/>
       <c r="C15" s="8"/>
       <c r="D15" s="8"/>
       <c r="E15" s="8"/>
       <c r="F15" s="8"/>
       <c r="G15" s="8"/>
       <c r="H15" s="8"/>
       <c r="I15" s="8"/>
       <c r="J15" s="8"/>
       <c r="K15" s="8"/>
     </row>
     <row r="16" s="1" customFormat="1" ht="2.1332" customHeight="1"/>
     <row r="17" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>2</v>
@@ -711,218 +709,218 @@
       </c>
       <c r="F17" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H17" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J17" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K17" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B18" s="4">
-        <v>41</v>
+        <v>28</v>
       </c>
       <c r="C18" s="4">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="D18" s="4">
+        <v>32</v>
+      </c>
+      <c r="E18" s="4">
+        <v>25</v>
+      </c>
+      <c r="F18" s="4">
+        <v>29</v>
+      </c>
+      <c r="G18" s="4">
+        <v>26</v>
+      </c>
+      <c r="H18" s="4">
+        <v>23</v>
+      </c>
+      <c r="I18" s="4">
+        <v>16</v>
+      </c>
+      <c r="J18" s="4">
         <v>24</v>
       </c>
-      <c r="E18" s="4">
-[...14 lines deleted...]
-      <c r="J18" s="4">
+      <c r="K18" s="4">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="19" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B19" s="4">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="C19" s="4">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="D19" s="4">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="E19" s="4">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="F19" s="4">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="G19" s="4">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="H19" s="4">
-        <v>21</v>
+        <v>5</v>
       </c>
       <c r="I19" s="4">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="J19" s="4">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="K19" s="4">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="20" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A20" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B20" s="4">
+        <v>42</v>
+      </c>
+      <c r="C20" s="4">
+        <v>33</v>
+      </c>
+      <c r="D20" s="4">
+        <v>24</v>
+      </c>
+      <c r="E20" s="4">
+        <v>25</v>
+      </c>
+      <c r="F20" s="4">
         <v>26</v>
       </c>
-      <c r="C20" s="4">
-[...10 lines deleted...]
-      </c>
       <c r="G20" s="4">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="H20" s="4">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="I20" s="4">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="J20" s="4">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="K20" s="4">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="21" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A21" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B21" s="4">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="C21" s="4">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="D21" s="4">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="E21" s="4">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F21" s="4">
+        <v>23</v>
+      </c>
+      <c r="G21" s="4">
+        <v>26</v>
+      </c>
+      <c r="H21" s="4">
+        <v>20</v>
+      </c>
+      <c r="I21" s="4">
+        <v>28</v>
+      </c>
+      <c r="J21" s="4">
         <v>13</v>
       </c>
-      <c r="G21" s="4">
-[...10 lines deleted...]
-      </c>
       <c r="K21" s="4">
-        <v>13</v>
+        <v>7</v>
       </c>
     </row>
     <row r="22" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A22" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B22" s="6">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="C22" s="6">
-        <v>113</v>
+        <v>94</v>
       </c>
       <c r="D22" s="6">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="E22" s="6">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="F22" s="6">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="G22" s="6">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="H22" s="6">
-        <v>105</v>
+        <v>75</v>
       </c>
       <c r="I22" s="6">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="J22" s="6">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="K22" s="6">
-        <v>62</v>
+        <v>50</v>
       </c>
     </row>
     <row r="23" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A23" s="7"/>
       <c r="B23" s="8"/>
       <c r="C23" s="8"/>
       <c r="D23" s="8"/>
       <c r="E23" s="8"/>
       <c r="F23" s="8"/>
       <c r="G23" s="8"/>
       <c r="H23" s="8"/>
       <c r="I23" s="8"/>
       <c r="J23" s="8"/>
       <c r="K23" s="8"/>
     </row>
     <row r="24" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
     <row r="25" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A25" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>2</v>
@@ -936,205 +934,207 @@
       <c r="F25" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H25" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I25" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J25" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K25" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A26" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B26" s="4"/>
       <c r="C26" s="4"/>
-      <c r="D26" s="4"/>
+      <c r="D26" s="4">
+        <v>3</v>
+      </c>
       <c r="E26" s="4">
-        <v>3</v>
-[...3 lines deleted...]
-      </c>
+        <v>2</v>
+      </c>
+      <c r="F26" s="4"/>
       <c r="G26" s="4"/>
       <c r="H26" s="4"/>
-      <c r="I26" s="4"/>
+      <c r="I26" s="4">
+        <v>2</v>
+      </c>
       <c r="J26" s="4">
         <v>2</v>
       </c>
       <c r="K26" s="4">
         <v>2</v>
       </c>
     </row>
     <row r="27" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A27" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B27" s="4">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C27" s="4">
-        <v>70</v>
+        <v>57</v>
       </c>
       <c r="D27" s="4">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="E27" s="4">
+        <v>45</v>
+      </c>
+      <c r="F27" s="4">
         <v>59</v>
       </c>
-      <c r="F27" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="G27" s="4">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="H27" s="4">
-        <v>56</v>
+        <v>40</v>
       </c>
       <c r="I27" s="4">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="J27" s="4">
-        <v>42</v>
+        <v>26</v>
       </c>
       <c r="K27" s="4">
-        <v>26</v>
+        <v>23</v>
       </c>
     </row>
     <row r="28" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A28" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B28" s="4">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="C28" s="4">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="D28" s="4">
         <v>29</v>
       </c>
       <c r="E28" s="4">
         <v>29</v>
       </c>
       <c r="F28" s="4">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G28" s="4">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="H28" s="4">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="I28" s="4">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="J28" s="4">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="K28" s="4">
-        <v>28</v>
+        <v>21</v>
       </c>
     </row>
     <row r="29" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A29" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B29" s="4">
+        <v>11</v>
+      </c>
+      <c r="C29" s="4">
+        <v>8</v>
+      </c>
+      <c r="D29" s="4">
+        <v>13</v>
+      </c>
+      <c r="E29" s="4">
+        <v>6</v>
+      </c>
+      <c r="F29" s="4">
+        <v>14</v>
+      </c>
+      <c r="G29" s="4">
         <v>9</v>
       </c>
-      <c r="C29" s="4">
-[...8 lines deleted...]
-      <c r="F29" s="4">
+      <c r="H29" s="4">
+        <v>10</v>
+      </c>
+      <c r="I29" s="4">
+        <v>3</v>
+      </c>
+      <c r="J29" s="4">
         <v>6</v>
       </c>
-      <c r="G29" s="4">
-[...10 lines deleted...]
-      </c>
       <c r="K29" s="4">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="30" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A30" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B30" s="6">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="C30" s="6">
-        <v>113</v>
+        <v>94</v>
       </c>
       <c r="D30" s="6">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="E30" s="6">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="F30" s="6">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="G30" s="6">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="H30" s="6">
-        <v>105</v>
+        <v>75</v>
       </c>
       <c r="I30" s="6">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="J30" s="6">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="K30" s="6">
-        <v>62</v>
+        <v>50</v>
       </c>
     </row>
     <row r="31" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A31" s="7"/>
       <c r="B31" s="8"/>
       <c r="C31" s="8"/>
       <c r="D31" s="8"/>
       <c r="E31" s="8"/>
       <c r="F31" s="8"/>
       <c r="G31" s="8"/>
       <c r="H31" s="8"/>
       <c r="I31" s="8"/>
       <c r="J31" s="8"/>
       <c r="K31" s="8"/>
     </row>
     <row r="32" s="1" customFormat="1" ht="1.0666" customHeight="1"/>
     <row r="33" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A33" s="2" t="s">
         <v>29</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C33" s="3" t="s">
         <v>2</v>
@@ -1147,148 +1147,148 @@
       </c>
       <c r="F33" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H33" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I33" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J33" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K33" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A34" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B34" s="4">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="C34" s="4">
-        <v>111</v>
+        <v>92</v>
       </c>
       <c r="D34" s="4">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="E34" s="4">
+        <v>79</v>
+      </c>
+      <c r="F34" s="4">
         <v>101</v>
       </c>
-      <c r="F34" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="G34" s="4">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="H34" s="4">
-        <v>104</v>
+        <v>73</v>
       </c>
       <c r="I34" s="4">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="J34" s="4">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="K34" s="4">
-        <v>59</v>
+        <v>46</v>
       </c>
     </row>
     <row r="35" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A35" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B35" s="4">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="C35" s="4">
         <v>2</v>
       </c>
       <c r="D35" s="4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E35" s="4">
         <v>3</v>
       </c>
       <c r="F35" s="4">
+        <v>2</v>
+      </c>
+      <c r="G35" s="4">
+        <v>1</v>
+      </c>
+      <c r="H35" s="4">
+        <v>2</v>
+      </c>
+      <c r="I35" s="4">
+        <v>2</v>
+      </c>
+      <c r="J35" s="4">
         <v>3</v>
       </c>
-      <c r="G35" s="4">
-[...10 lines deleted...]
-      </c>
       <c r="K35" s="4">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="36" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A36" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B36" s="6">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="C36" s="6">
-        <v>113</v>
+        <v>94</v>
       </c>
       <c r="D36" s="6">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="E36" s="6">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="F36" s="6">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="G36" s="6">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="H36" s="6">
-        <v>105</v>
+        <v>75</v>
       </c>
       <c r="I36" s="6">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="J36" s="6">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="K36" s="6">
-        <v>62</v>
+        <v>50</v>
       </c>
     </row>
     <row r="37" s="1" customFormat="1" ht="7.9995" customHeight="1">
       <c r="A37" s="7"/>
       <c r="B37" s="8"/>
       <c r="C37" s="8"/>
       <c r="D37" s="8"/>
       <c r="E37" s="8"/>
       <c r="F37" s="8"/>
       <c r="G37" s="8"/>
       <c r="H37" s="8"/>
       <c r="I37" s="8"/>
       <c r="J37" s="8"/>
       <c r="K37" s="8"/>
     </row>
     <row r="38" s="1" customFormat="1" ht="2.1332" customHeight="1"/>
     <row r="39" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A39" s="10" t="s">
         <v>33</v>
       </c>
       <c r="B39" s="10"/>
       <c r="C39" s="10"/>
       <c r="D39" s="10"/>
       <c r="E39" s="10"/>
       <c r="F39" s="10"/>