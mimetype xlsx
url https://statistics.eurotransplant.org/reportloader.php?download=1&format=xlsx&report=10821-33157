--- v0 (2025-11-02)
+++ v1 (2026-02-03)
@@ -9,114 +9,114 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="transplants" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="23">
   <si>
     <t>Donor type</t>
   </si>
   <si>
-    <t>2015</t>
-[...1 lines deleted...]
-  <si>
     <t>2016</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
+    <t>2025</t>
+  </si>
+  <si>
     <t>Austria</t>
   </si>
   <si>
     <t>Deceased</t>
   </si>
   <si>
     <t>Living</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>All ET</t>
   </si>
   <si>
     <t>Transplants per million population, by year, by country, by donor type</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 2270P_all organs : 10.02.2025 : based on population at start of year</t>
+    <t>statistics.eurotransplant.org : 2270P_all organs : 22.01.2026 : based on population at start of year</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0.0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -323,916 +323,918 @@
       </c>
       <c r="H3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="4" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="4" t="s">
         <v>8</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>9</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A4" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="6">
-        <v>80.2569527099011</v>
+        <v>78.2716246051507</v>
       </c>
       <c r="D4" s="6">
-        <v>78.2716246051507</v>
+        <v>78.5376271035745</v>
       </c>
       <c r="E4" s="6">
-        <v>78.5376271035745</v>
+        <v>78.4378890369108</v>
       </c>
       <c r="F4" s="6">
-        <v>78.4378890369108</v>
+        <v>68.6325140891376</v>
       </c>
       <c r="G4" s="6">
-        <v>68.6325140891376</v>
+        <v>66.9582872339756</v>
       </c>
       <c r="H4" s="6">
-        <v>66.9582872339756</v>
+        <v>66.4975196649063</v>
       </c>
       <c r="I4" s="6">
-        <v>66.4975196649063</v>
+        <v>67.4913455713928</v>
       </c>
       <c r="J4" s="6">
-        <v>67.4913455713928</v>
+        <v>60.8472128681531</v>
       </c>
       <c r="K4" s="6">
-        <v>60.8472128681531</v>
+        <v>60.9253446158046</v>
       </c>
       <c r="L4" s="6">
-        <v>60.9253446158046</v>
+        <v>69.5862975012104</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A5" s="7"/>
       <c r="B5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="6">
-        <v>7.80437711402521</v>
+        <v>7.9306051362047</v>
       </c>
       <c r="D5" s="6">
-        <v>7.9306051362047</v>
+        <v>8.20712503839966</v>
       </c>
       <c r="E5" s="6">
-        <v>8.20712503839966</v>
+        <v>8.7279153986158</v>
       </c>
       <c r="F5" s="6">
-        <v>8.7279153986158</v>
+        <v>10.3851830529616</v>
       </c>
       <c r="G5" s="6">
-        <v>10.3851830529616</v>
+        <v>5.95434433456495</v>
       </c>
       <c r="H5" s="6">
-        <v>5.95434433456495</v>
+        <v>5.70938300153235</v>
       </c>
       <c r="I5" s="6">
-        <v>5.70938300153235</v>
+        <v>6.34819587057655</v>
       </c>
       <c r="J5" s="6">
-        <v>6.34819587057655</v>
+        <v>8.78660113619539</v>
       </c>
       <c r="K5" s="6">
-        <v>8.78660113619539</v>
+        <v>6.7694827350894</v>
       </c>
       <c r="L5" s="6">
-        <v>6.7694827350894</v>
+        <v>7.50227269934925</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A6" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B6" s="9"/>
       <c r="C6" s="10">
-        <v>88.0613298239263</v>
+        <v>86.2022297413554</v>
       </c>
       <c r="D6" s="10">
-        <v>86.2022297413554</v>
+        <v>86.7447521419742</v>
       </c>
       <c r="E6" s="10">
-        <v>86.7447521419742</v>
+        <v>87.1658044355266</v>
       </c>
       <c r="F6" s="10">
-        <v>87.1658044355266</v>
+        <v>79.0176971420992</v>
       </c>
       <c r="G6" s="10">
-        <v>79.0176971420992</v>
+        <v>72.9126315685406</v>
       </c>
       <c r="H6" s="10">
-        <v>72.9126315685406</v>
+        <v>72.2069026664386</v>
       </c>
       <c r="I6" s="10">
-        <v>72.2069026664386</v>
+        <v>73.8395414419693</v>
       </c>
       <c r="J6" s="10">
-        <v>73.8395414419693</v>
+        <v>69.6338140043485</v>
       </c>
       <c r="K6" s="10">
-        <v>69.6338140043485</v>
+        <v>67.694827350894</v>
       </c>
       <c r="L6" s="10">
-        <v>67.694827350894</v>
+        <v>77.0885702005597</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C7" s="6">
-        <v>80.8025149159841</v>
+        <v>79.8329643305785</v>
       </c>
       <c r="D7" s="6">
-        <v>79.8329643305785</v>
+        <v>82.9829681422043</v>
       </c>
       <c r="E7" s="6">
-        <v>82.9829681422043</v>
+        <v>81.676775958849</v>
       </c>
       <c r="F7" s="6">
-        <v>81.676775958849</v>
+        <v>72.3668652638087</v>
       </c>
       <c r="G7" s="6">
-        <v>72.3668652638087</v>
+        <v>58.9284908404817</v>
       </c>
       <c r="H7" s="6">
-        <v>58.9284908404817</v>
+        <v>64.3890093153761</v>
       </c>
       <c r="I7" s="6">
-        <v>64.3890093153761</v>
+        <v>71.8735665634872</v>
       </c>
       <c r="J7" s="6">
-        <v>71.8735665634872</v>
+        <v>77.6646379618619</v>
       </c>
       <c r="K7" s="6">
-        <v>77.6646379618619</v>
+        <v>79.8842625971728</v>
       </c>
       <c r="L7" s="6">
-        <v>79.783307185425</v>
+        <v>82.5201554639393</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A8" s="7"/>
       <c r="B8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="6">
-        <v>8.00905984850063</v>
+        <v>9.9901716161189</v>
       </c>
       <c r="D8" s="6">
-        <v>9.9901716161189</v>
+        <v>8.72113996398962</v>
       </c>
       <c r="E8" s="6">
-        <v>8.72113996398962</v>
+        <v>7.89571410987799</v>
       </c>
       <c r="F8" s="6">
-        <v>7.89571410987799</v>
+        <v>6.28518009528857</v>
       </c>
       <c r="G8" s="6">
-        <v>6.28518009528857</v>
+        <v>5.03365606590271</v>
       </c>
       <c r="H8" s="6">
-        <v>5.03365606590271</v>
+        <v>6.92354938875012</v>
       </c>
       <c r="I8" s="6">
-        <v>6.92354938875012</v>
+        <v>7.14431859253825</v>
       </c>
       <c r="J8" s="6">
-        <v>7.14431859253825</v>
+        <v>9.11196958543774</v>
       </c>
       <c r="K8" s="6">
-        <v>9.11196958543774</v>
+        <v>8.97005491027576</v>
       </c>
       <c r="L8" s="6">
-        <v>8.95871881531255</v>
+        <v>9.32763468075078</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A9" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B9" s="9"/>
       <c r="C9" s="10">
-        <v>88.8115747644847</v>
+        <v>89.8231359466974</v>
       </c>
       <c r="D9" s="10">
-        <v>89.8231359466974</v>
+        <v>91.7041081061939</v>
       </c>
       <c r="E9" s="10">
-        <v>91.7041081061939</v>
+        <v>89.5724900687269</v>
       </c>
       <c r="F9" s="10">
-        <v>89.5724900687269</v>
+        <v>78.6520453590972</v>
       </c>
       <c r="G9" s="10">
-        <v>78.6520453590972</v>
+        <v>63.9621469063844</v>
       </c>
       <c r="H9" s="10">
-        <v>63.9621469063844</v>
+        <v>71.3125587041262</v>
       </c>
       <c r="I9" s="10">
-        <v>71.3125587041262</v>
+        <v>79.0178851560255</v>
       </c>
       <c r="J9" s="10">
-        <v>79.0178851560255</v>
+        <v>86.7766075472996</v>
       </c>
       <c r="K9" s="10">
-        <v>86.7766075472996</v>
+        <v>88.8543175074485</v>
       </c>
       <c r="L9" s="10">
-        <v>88.7420260007375</v>
+        <v>91.8477901446901</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C10" s="6">
-        <v>90.8807767277051</v>
+        <v>80.8940052292367</v>
       </c>
       <c r="D10" s="6">
-        <v>80.8940052292367</v>
+        <v>72.6972834565777</v>
       </c>
       <c r="E10" s="6">
-        <v>72.6972834565777</v>
+        <v>84.0337567254408</v>
       </c>
       <c r="F10" s="6">
-        <v>84.0337567254408</v>
+        <v>70.1625956823999</v>
       </c>
       <c r="G10" s="6">
-        <v>70.1625956823999</v>
+        <v>52.2403598670828</v>
       </c>
       <c r="H10" s="6">
-        <v>52.2403598670828</v>
+        <v>65.1577970718631</v>
       </c>
       <c r="I10" s="6">
-        <v>65.1577970718631</v>
+        <v>60.8444957091685</v>
       </c>
       <c r="J10" s="6">
-        <v>60.8444957091685</v>
+        <v>74.2684685685973</v>
       </c>
       <c r="K10" s="6">
-        <v>74.2684685685973</v>
+        <v>76.6448807045736</v>
       </c>
       <c r="L10" s="6">
-        <v>76.6448807045736</v>
+        <v>70.4634325757869</v>
       </c>
     </row>
     <row r="11" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A11" s="7"/>
       <c r="B11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="6">
-        <v>1.65668082576546</v>
+        <v>1.67037768909928</v>
       </c>
       <c r="D11" s="6">
-        <v>1.67037768909928</v>
+        <v>2.88863377973156</v>
       </c>
       <c r="E11" s="6">
-        <v>2.88863377973156</v>
+        <v>1.46145663870332</v>
       </c>
       <c r="F11" s="6">
-        <v>1.46145663870332</v>
+        <v>1.71726632789091</v>
       </c>
       <c r="G11" s="6">
-        <v>1.71726632789091</v>
+        <v>985667.167303449e-6</v>
       </c>
       <c r="H11" s="6">
-        <v>985667.167303449e-6</v>
+        <v>1.4864896670387</v>
       </c>
       <c r="I11" s="6">
-        <v>1.4864896670387</v>
+        <v>2.58912747698589</v>
       </c>
       <c r="J11" s="6">
-        <v>2.58912747698589</v>
+        <v>3.63551944042085</v>
       </c>
       <c r="K11" s="6">
-        <v>3.63551944042085</v>
+        <v>1.03574163114289</v>
       </c>
       <c r="L11" s="6">
-        <v>1.03574163114289</v>
+        <v>1.80675468143043</v>
       </c>
     </row>
     <row r="12" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A12" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="9"/>
       <c r="C12" s="10">
-        <v>92.5374575534706</v>
+        <v>82.564382918336</v>
       </c>
       <c r="D12" s="10">
-        <v>82.564382918336</v>
+        <v>75.5859172363093</v>
       </c>
       <c r="E12" s="10">
-        <v>75.5859172363093</v>
+        <v>85.4952133641441</v>
       </c>
       <c r="F12" s="10">
-        <v>85.4952133641441</v>
+        <v>71.8798620102908</v>
       </c>
       <c r="G12" s="10">
-        <v>71.8798620102908</v>
+        <v>53.2260270343862</v>
       </c>
       <c r="H12" s="10">
-        <v>53.2260270343862</v>
+        <v>66.6442867389018</v>
       </c>
       <c r="I12" s="10">
-        <v>66.6442867389018</v>
+        <v>63.4336231861544</v>
       </c>
       <c r="J12" s="10">
-        <v>63.4336231861544</v>
+        <v>77.9039880090182</v>
       </c>
       <c r="K12" s="10">
-        <v>77.9039880090182</v>
+        <v>77.6806223357165</v>
       </c>
       <c r="L12" s="10">
-        <v>77.6806223357165</v>
+        <v>72.2701872572173</v>
       </c>
     </row>
     <row r="13" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C13" s="6">
-        <v>36.6144110996864</v>
+        <v>35.6188090871261</v>
       </c>
       <c r="D13" s="6">
-        <v>35.6188090871261</v>
+        <v>32.2945542547481</v>
       </c>
       <c r="E13" s="6">
-        <v>32.2945542547481</v>
+        <v>37.9262089078736</v>
       </c>
       <c r="F13" s="6">
-        <v>37.9262089078736</v>
+        <v>36.9673463418643</v>
       </c>
       <c r="G13" s="6">
-        <v>36.9673463418643</v>
+        <v>34.629240057359</v>
       </c>
       <c r="H13" s="6">
-        <v>34.629240057359</v>
+        <v>34.7784128659636</v>
       </c>
       <c r="I13" s="6">
-        <v>34.7784128659636</v>
+        <v>32.8459210099571</v>
       </c>
       <c r="J13" s="6">
-        <v>32.8459210099571</v>
+        <v>34.9621319566386</v>
       </c>
       <c r="K13" s="6">
-        <v>34.4480771399845</v>
+        <v>35.096319266028</v>
       </c>
       <c r="L13" s="6">
-        <v>35.1009647072922</v>
+        <v>37.6777669109041</v>
       </c>
     </row>
     <row r="14" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A14" s="7"/>
       <c r="B14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="6">
-        <v>8.55937292777735</v>
+        <v>8.0194038908152</v>
       </c>
       <c r="D14" s="6">
-        <v>8.0194038908152</v>
+        <v>7.51317960147987</v>
       </c>
       <c r="E14" s="6">
-        <v>7.51317960147987</v>
+        <v>8.3944952837491</v>
       </c>
       <c r="F14" s="6">
-        <v>8.3944952837491</v>
+        <v>6.92610757464058</v>
       </c>
       <c r="G14" s="6">
-        <v>6.92610757464058</v>
+        <v>6.04809296835124</v>
       </c>
       <c r="H14" s="6">
-        <v>6.04809296835124</v>
+        <v>6.36161148205212</v>
       </c>
       <c r="I14" s="6">
-        <v>6.36161148205212</v>
+        <v>6.93200308074075</v>
       </c>
       <c r="J14" s="6">
-        <v>6.93200308074075</v>
+        <v>7.94047043750224</v>
       </c>
       <c r="K14" s="6">
-        <v>7.82372020385059</v>
+        <v>8.24386058553338</v>
       </c>
       <c r="L14" s="6">
-        <v>8.24495176463539</v>
+        <v>8.86606074340424</v>
       </c>
     </row>
     <row r="15" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A15" s="8" t="s">
         <v>16</v>
       </c>
       <c r="B15" s="9"/>
       <c r="C15" s="10">
-        <v>45.1737840274638</v>
+        <v>43.6382129779413</v>
       </c>
       <c r="D15" s="10">
-        <v>43.6382129779413</v>
+        <v>39.807733856228</v>
       </c>
       <c r="E15" s="10">
-        <v>39.807733856228</v>
+        <v>46.3207041916227</v>
       </c>
       <c r="F15" s="10">
-        <v>46.3207041916227</v>
+        <v>43.8934539165048</v>
       </c>
       <c r="G15" s="10">
-        <v>43.8934539165048</v>
+        <v>40.6773330257103</v>
       </c>
       <c r="H15" s="10">
-        <v>40.6773330257103</v>
+        <v>41.1400243480157</v>
       </c>
       <c r="I15" s="10">
-        <v>41.1400243480157</v>
+        <v>39.7779240906978</v>
       </c>
       <c r="J15" s="10">
-        <v>39.7779240906978</v>
+        <v>42.9026023941409</v>
       </c>
       <c r="K15" s="10">
-        <v>42.2717973438351</v>
+        <v>43.3401798515614</v>
       </c>
       <c r="L15" s="10">
-        <v>43.3459164719276</v>
+        <v>46.5438276543083</v>
       </c>
     </row>
     <row r="16" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A16" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="6">
-        <v>44.6448003875169</v>
+        <v>46.6914908064048</v>
       </c>
       <c r="D16" s="6">
-        <v>46.6914908064048</v>
+        <v>40.9285535451119</v>
       </c>
       <c r="E16" s="6">
-        <v>40.9285535451119</v>
+        <v>46.3267347904881</v>
       </c>
       <c r="F16" s="6">
-        <v>46.3267347904881</v>
+        <v>41.2370880844667</v>
       </c>
       <c r="G16" s="6">
-        <v>41.2370880844667</v>
+        <v>29.0699876329722</v>
       </c>
       <c r="H16" s="6">
-        <v>29.0699876329722</v>
+        <v>27.2331938308697</v>
       </c>
       <c r="I16" s="6">
-        <v>27.2331938308697</v>
+        <v>31.3757545920584</v>
       </c>
       <c r="J16" s="6">
-        <v>31.3757545920584</v>
+        <v>36.4593055814822</v>
       </c>
       <c r="K16" s="6">
-        <v>36.4593055814822</v>
+        <v>39.3338207110198</v>
       </c>
       <c r="L16" s="6">
-        <v>39.3338207110198</v>
+        <v>35.5364462421623</v>
       </c>
     </row>
     <row r="17" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A17" s="7"/>
       <c r="B17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="6">
-        <v>4.05861821704699</v>
+        <v>3.45862894862258</v>
       </c>
       <c r="D17" s="6">
-        <v>3.45862894862258</v>
+        <v>4.08264873267949</v>
       </c>
       <c r="E17" s="6">
-        <v>4.08264873267949</v>
+        <v>4.60199352223392</v>
       </c>
       <c r="F17" s="6">
-        <v>4.60199352223392</v>
+        <v>3.06975841819851</v>
       </c>
       <c r="G17" s="6">
-        <v>3.06975841819851</v>
+        <v>3.07077334151114</v>
       </c>
       <c r="H17" s="6">
-        <v>3.07077334151114</v>
+        <v>3.49407015188517</v>
       </c>
       <c r="I17" s="6">
-        <v>3.49407015188517</v>
+        <v>5.77974426695813</v>
       </c>
       <c r="J17" s="6">
-        <v>5.77974426695813</v>
+        <v>4.5834555588149</v>
       </c>
       <c r="K17" s="6">
-        <v>4.5834555588149</v>
+        <v>5.42535458083032</v>
       </c>
       <c r="L17" s="6">
-        <v>5.42535458083032</v>
+        <v>6.60411832818946</v>
       </c>
     </row>
     <row r="18" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A18" s="8" t="s">
         <v>17</v>
       </c>
       <c r="B18" s="9"/>
       <c r="C18" s="10">
-        <v>48.7034186045639</v>
+        <v>50.1501197550273</v>
       </c>
       <c r="D18" s="10">
-        <v>50.1501197550273</v>
+        <v>45.0112022777914</v>
       </c>
       <c r="E18" s="10">
-        <v>45.0112022777914</v>
+        <v>50.928728312722</v>
       </c>
       <c r="F18" s="10">
-        <v>50.928728312722</v>
+        <v>44.3068465026652</v>
       </c>
       <c r="G18" s="10">
-        <v>44.3068465026652</v>
+        <v>32.1407609744833</v>
       </c>
       <c r="H18" s="10">
-        <v>32.1407609744833</v>
+        <v>30.7272639827549</v>
       </c>
       <c r="I18" s="10">
-        <v>30.7272639827549</v>
+        <v>37.1554988590166</v>
       </c>
       <c r="J18" s="10">
-        <v>37.1554988590166</v>
+        <v>41.0427611402971</v>
       </c>
       <c r="K18" s="10">
-        <v>41.0427611402971</v>
+        <v>44.7591752918502</v>
       </c>
       <c r="L18" s="10">
-        <v>44.7591752918502</v>
+        <v>42.1405645703518</v>
       </c>
     </row>
     <row r="19" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A19" s="5" t="s">
         <v>18</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="6">
-        <v>44.6134680841521</v>
+        <v>40.5203567676063</v>
       </c>
       <c r="D19" s="6">
-        <v>40.5203567676063</v>
+        <v>41.5654192572119</v>
       </c>
       <c r="E19" s="6">
-        <v>41.5654192572119</v>
+        <v>47.3776858316972</v>
       </c>
       <c r="F19" s="6">
-        <v>47.3776858316972</v>
+        <v>44.4388818691271</v>
       </c>
       <c r="G19" s="6">
-        <v>44.4388818691271</v>
+        <v>42.1080810462795</v>
       </c>
       <c r="H19" s="6">
-        <v>42.1080810462795</v>
+        <v>43.260775209058</v>
       </c>
       <c r="I19" s="6">
-        <v>43.260775209058</v>
+        <v>48.8895478239831</v>
       </c>
       <c r="J19" s="6">
-        <v>48.8895478239831</v>
+        <v>49.5752946824573</v>
       </c>
       <c r="K19" s="6">
-        <v>49.5752946824573</v>
+        <v>59.3548148347133</v>
       </c>
       <c r="L19" s="6">
-        <v>59.3548148347133</v>
+        <v>52.5381612430529</v>
       </c>
     </row>
     <row r="20" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A20" s="7"/>
       <c r="B20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="6">
-        <v>30.5904018561096</v>
+        <v>33.9240196193914</v>
       </c>
       <c r="D20" s="6">
-        <v>33.9240196193914</v>
+        <v>32.8425354975998</v>
       </c>
       <c r="E20" s="6">
-        <v>32.8425354975998</v>
+        <v>30.3822506193439</v>
       </c>
       <c r="F20" s="6">
-        <v>30.3822506193439</v>
+        <v>30.3202787752899</v>
       </c>
       <c r="G20" s="6">
-        <v>30.3202787752899</v>
+        <v>22.9210427523404</v>
       </c>
       <c r="H20" s="6">
-        <v>22.9210427523404</v>
+        <v>27.581605358156</v>
       </c>
       <c r="I20" s="6">
-        <v>27.581605358156</v>
+        <v>30.8686331028172</v>
       </c>
       <c r="J20" s="6">
-        <v>30.8686331028172</v>
+        <v>29.9809822881452</v>
       </c>
       <c r="K20" s="6">
-        <v>29.9809822881452</v>
+        <v>29.0922191020848</v>
       </c>
       <c r="L20" s="6">
-        <v>29.0922191020848</v>
+        <v>29.428020696267</v>
       </c>
     </row>
     <row r="21" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A21" s="8" t="s">
         <v>18</v>
       </c>
       <c r="B21" s="9"/>
       <c r="C21" s="10">
-        <v>75.2038699402617</v>
+        <v>74.4443763869977</v>
       </c>
       <c r="D21" s="10">
-        <v>74.4443763869977</v>
+        <v>74.4079547548117</v>
       </c>
       <c r="E21" s="10">
-        <v>74.4079547548117</v>
+        <v>77.7599364510412</v>
       </c>
       <c r="F21" s="10">
-        <v>77.7599364510412</v>
+        <v>74.759160644417</v>
       </c>
       <c r="G21" s="10">
-        <v>74.759160644417</v>
+        <v>65.02912379862</v>
       </c>
       <c r="H21" s="10">
-        <v>65.02912379862</v>
+        <v>70.842380567214</v>
       </c>
       <c r="I21" s="10">
-        <v>70.842380567214</v>
+        <v>79.7581809268003</v>
       </c>
       <c r="J21" s="10">
-        <v>79.7581809268003</v>
+        <v>79.5562769706025</v>
       </c>
       <c r="K21" s="10">
-        <v>79.5562769706025</v>
+        <v>88.4470339367981</v>
       </c>
       <c r="L21" s="10">
-        <v>88.4470339367981</v>
+        <v>81.9661819393199</v>
       </c>
     </row>
     <row r="22" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A22" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C22" s="6">
-        <v>53.8084245571955</v>
+        <v>48.9296517565261</v>
       </c>
       <c r="D22" s="6">
-        <v>48.9296517565261</v>
+        <v>45.0168086955049</v>
       </c>
       <c r="E22" s="6">
-        <v>45.0168086955049</v>
+        <v>51.2850286422047</v>
       </c>
       <c r="F22" s="6">
-        <v>51.2850286422047</v>
+        <v>44.6920286720989</v>
       </c>
       <c r="G22" s="6">
-        <v>44.6920286720989</v>
+        <v>52.4843966274481</v>
       </c>
       <c r="H22" s="6">
-        <v>52.4843966274481</v>
+        <v>48.8388446151855</v>
       </c>
       <c r="I22" s="6">
-        <v>48.8388446151855</v>
+        <v>49.8296301217741</v>
       </c>
       <c r="J22" s="6">
-        <v>49.8296301217741</v>
+        <v>49.5991444383771</v>
       </c>
       <c r="K22" s="6">
-        <v>49.6033620686397</v>
+        <v>47.0821097870052</v>
       </c>
       <c r="L22" s="6">
-        <v>47.0821097870052</v>
+        <v>47.3989253114954</v>
       </c>
     </row>
     <row r="23" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A23" s="7"/>
       <c r="B23" s="4" t="s">
         <v>13</v>
       </c>
-      <c r="C23" s="6"/>
+      <c r="C23" s="6">
+        <v>968903.995178734e-6</v>
+      </c>
       <c r="D23" s="6">
-        <v>968903.995178734e-6</v>
+        <v>968103.412806556e-6</v>
       </c>
       <c r="E23" s="6">
-        <v>968103.412806556e-6</v>
-[...1 lines deleted...]
-      <c r="F23" s="6">
         <v>967642.049852918e-6</v>
       </c>
-      <c r="G23" s="6"/>
+      <c r="F23" s="6"/>
+      <c r="G23" s="6">
+        <v>477130.878431346e-6</v>
+      </c>
       <c r="H23" s="6">
-        <v>477130.878431346e-6</v>
+        <v>474163.539953257e-6</v>
       </c>
       <c r="I23" s="6">
-        <v>474163.539953257e-6</v>
+        <v>949135.811843317e-6</v>
       </c>
       <c r="J23" s="6">
-        <v>949135.811843317e-6</v>
+        <v>472372.80417502e-6</v>
       </c>
       <c r="K23" s="6">
-        <v>472412.972082283e-6</v>
+        <v>941642.195740105e-6</v>
       </c>
       <c r="L23" s="6">
-        <v>941642.195740105e-6</v>
+        <v>469296.290212826e-6</v>
       </c>
     </row>
     <row r="24" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A24" s="8" t="s">
         <v>19</v>
       </c>
       <c r="B24" s="9"/>
       <c r="C24" s="10">
-        <v>53.8084245571955</v>
+        <v>49.8985557517048</v>
       </c>
       <c r="D24" s="10">
-        <v>49.8985557517048</v>
+        <v>45.9849121083114</v>
       </c>
       <c r="E24" s="10">
-        <v>45.9849121083114</v>
+        <v>52.2526706920576</v>
       </c>
       <c r="F24" s="10">
-        <v>52.2526706920576</v>
+        <v>44.6920286720989</v>
       </c>
       <c r="G24" s="10">
-        <v>44.6920286720989</v>
+        <v>52.9615275058795</v>
       </c>
       <c r="H24" s="10">
-        <v>52.9615275058795</v>
+        <v>49.3130081551387</v>
       </c>
       <c r="I24" s="10">
-        <v>49.3130081551387</v>
+        <v>50.7787659336174</v>
       </c>
       <c r="J24" s="10">
-        <v>50.7787659336174</v>
+        <v>50.0715172425521</v>
       </c>
       <c r="K24" s="10">
-        <v>50.075775040722</v>
+        <v>48.0237519827453</v>
       </c>
       <c r="L24" s="10">
-        <v>48.0237519827453</v>
+        <v>47.8682216017082</v>
       </c>
     </row>
     <row r="25" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A25" s="4" t="s">
         <v>20</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C25" s="6">
-        <v>46.6865791130078</v>
+        <v>45.0862981172574</v>
       </c>
       <c r="D25" s="6">
-        <v>45.0862981172574</v>
+        <v>42.741773219739</v>
       </c>
       <c r="E25" s="6">
-        <v>42.741773219739</v>
+        <v>47.6036456268861</v>
       </c>
       <c r="F25" s="6">
-        <v>47.6036456268861</v>
+        <v>44.3514905425719</v>
       </c>
       <c r="G25" s="6">
-        <v>44.3514905425719</v>
+        <v>40.1252245887844</v>
       </c>
       <c r="H25" s="6">
-        <v>40.1252245887844</v>
+        <v>41.001801385712</v>
       </c>
       <c r="I25" s="6">
-        <v>41.001801385712</v>
+        <v>41.4275038051261</v>
       </c>
       <c r="J25" s="6">
-        <v>41.4275038051261</v>
+        <v>43.6564950285402</v>
       </c>
       <c r="K25" s="6">
-        <v>43.2658238797821</v>
+        <v>45.445524756118</v>
       </c>
       <c r="L25" s="6">
-        <v>45.4442373184046</v>
+        <v>46.5199689244872</v>
       </c>
     </row>
     <row r="26" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A26" s="11"/>
       <c r="B26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="6">
-        <v>10.5621019370537</v>
+        <v>10.7946860038038</v>
       </c>
       <c r="D26" s="6">
-        <v>10.7946860038038</v>
+        <v>10.3576237757589</v>
       </c>
       <c r="E26" s="6">
-        <v>10.3576237757589</v>
+        <v>10.554920346526</v>
       </c>
       <c r="F26" s="6">
-        <v>10.554920346526</v>
+        <v>9.52063040048605</v>
       </c>
       <c r="G26" s="6">
-        <v>9.52063040048605</v>
+        <v>7.6540290078351</v>
       </c>
       <c r="H26" s="6">
-        <v>7.6540290078351</v>
+        <v>8.63541588735932</v>
       </c>
       <c r="I26" s="6">
-        <v>8.63541588735932</v>
+        <v>9.68757264539662</v>
       </c>
       <c r="J26" s="6">
-        <v>9.68757264539662</v>
+        <v>10.4845485058535</v>
       </c>
       <c r="K26" s="6">
-        <v>10.3907248810684</v>
+        <v>10.4099176184057</v>
       </c>
       <c r="L26" s="6">
-        <v>10.4096227132284</v>
+        <v>11.0152227412926</v>
       </c>
     </row>
     <row r="27" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A27" s="8" t="s">
         <v>20</v>
       </c>
       <c r="B27" s="9"/>
       <c r="C27" s="10">
-        <v>57.2486810500615</v>
+        <v>55.8809841210613</v>
       </c>
       <c r="D27" s="10">
-        <v>55.8809841210613</v>
+        <v>53.0993969954979</v>
       </c>
       <c r="E27" s="10">
-        <v>53.0993969954979</v>
+        <v>58.1585659734121</v>
       </c>
       <c r="F27" s="10">
-        <v>58.1585659734121</v>
+        <v>53.872120943058</v>
       </c>
       <c r="G27" s="10">
-        <v>53.872120943058</v>
+        <v>47.7792535966195</v>
       </c>
       <c r="H27" s="10">
-        <v>47.7792535966195</v>
+        <v>49.6372172730713</v>
       </c>
       <c r="I27" s="10">
-        <v>49.6372172730713</v>
+        <v>51.1150764505227</v>
       </c>
       <c r="J27" s="10">
-        <v>51.1150764505227</v>
+        <v>54.1410435343937</v>
       </c>
       <c r="K27" s="10">
-        <v>53.6565487608505</v>
+        <v>55.8554423745237</v>
       </c>
       <c r="L27" s="10">
-        <v>55.8538600316331</v>
+        <v>57.5351916657798</v>
       </c>
     </row>
     <row r="28" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="29" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A29" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B29" s="13"/>
       <c r="C29" s="13"/>
       <c r="D29" s="13"/>
       <c r="E29" s="13"/>
       <c r="F29" s="13"/>
       <c r="G29" s="13"/>
       <c r="H29" s="13"/>
       <c r="I29" s="13"/>
       <c r="J29" s="13"/>
       <c r="K29" s="13"/>
       <c r="L29" s="13"/>
       <c r="M29" s="13"/>
     </row>
     <row r="30" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A29:M29"/>