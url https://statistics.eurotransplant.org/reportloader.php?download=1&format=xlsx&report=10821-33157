--- v1 (2026-02-03)
+++ v2 (2026-03-20)
@@ -72,51 +72,51 @@
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>All ET</t>
   </si>
   <si>
     <t>Transplants per million population, by year, by country, by donor type</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 2270P_all organs : 22.01.2026 : based on population at start of year</t>
+    <t>statistics.eurotransplant.org : 2270P_all organs : 12.02.2026 : based on population at start of year</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0.0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -936,87 +936,87 @@
       <c r="D20" s="6">
         <v>32.8425354975998</v>
       </c>
       <c r="E20" s="6">
         <v>30.3822506193439</v>
       </c>
       <c r="F20" s="6">
         <v>30.3202787752899</v>
       </c>
       <c r="G20" s="6">
         <v>22.9210427523404</v>
       </c>
       <c r="H20" s="6">
         <v>27.581605358156</v>
       </c>
       <c r="I20" s="6">
         <v>30.8686331028172</v>
       </c>
       <c r="J20" s="6">
         <v>29.9809822881452</v>
       </c>
       <c r="K20" s="6">
         <v>29.0922191020848</v>
       </c>
       <c r="L20" s="6">
-        <v>29.428020696267</v>
+        <v>29.4834406975782</v>
       </c>
     </row>
     <row r="21" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A21" s="8" t="s">
         <v>18</v>
       </c>
       <c r="B21" s="9"/>
       <c r="C21" s="10">
         <v>74.4443763869977</v>
       </c>
       <c r="D21" s="10">
         <v>74.4079547548117</v>
       </c>
       <c r="E21" s="10">
         <v>77.7599364510412</v>
       </c>
       <c r="F21" s="10">
         <v>74.759160644417</v>
       </c>
       <c r="G21" s="10">
         <v>65.02912379862</v>
       </c>
       <c r="H21" s="10">
         <v>70.842380567214</v>
       </c>
       <c r="I21" s="10">
         <v>79.7581809268003</v>
       </c>
       <c r="J21" s="10">
         <v>79.5562769706025</v>
       </c>
       <c r="K21" s="10">
         <v>88.4470339367981</v>
       </c>
       <c r="L21" s="10">
-        <v>81.9661819393199</v>
+        <v>82.0216019406311</v>
       </c>
     </row>
     <row r="22" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A22" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C22" s="6">
         <v>48.9296517565261</v>
       </c>
       <c r="D22" s="6">
         <v>45.0168086955049</v>
       </c>
       <c r="E22" s="6">
         <v>51.2850286422047</v>
       </c>
       <c r="F22" s="6">
         <v>44.6920286720989</v>
       </c>
       <c r="G22" s="6">
         <v>52.4843966274481</v>
       </c>
       <c r="H22" s="6">
@@ -1154,87 +1154,87 @@
       <c r="D26" s="6">
         <v>10.3576237757589</v>
       </c>
       <c r="E26" s="6">
         <v>10.554920346526</v>
       </c>
       <c r="F26" s="6">
         <v>9.52063040048605</v>
       </c>
       <c r="G26" s="6">
         <v>7.6540290078351</v>
       </c>
       <c r="H26" s="6">
         <v>8.63541588735932</v>
       </c>
       <c r="I26" s="6">
         <v>9.68757264539662</v>
       </c>
       <c r="J26" s="6">
         <v>10.4845485058535</v>
       </c>
       <c r="K26" s="6">
         <v>10.4099176184057</v>
       </c>
       <c r="L26" s="6">
-        <v>11.0152227412926</v>
+        <v>11.0224553235259</v>
       </c>
     </row>
     <row r="27" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A27" s="8" t="s">
         <v>20</v>
       </c>
       <c r="B27" s="9"/>
       <c r="C27" s="10">
         <v>55.8809841210613</v>
       </c>
       <c r="D27" s="10">
         <v>53.0993969954979</v>
       </c>
       <c r="E27" s="10">
         <v>58.1585659734121</v>
       </c>
       <c r="F27" s="10">
         <v>53.872120943058</v>
       </c>
       <c r="G27" s="10">
         <v>47.7792535966195</v>
       </c>
       <c r="H27" s="10">
         <v>49.6372172730713</v>
       </c>
       <c r="I27" s="10">
         <v>51.1150764505227</v>
       </c>
       <c r="J27" s="10">
         <v>54.1410435343937</v>
       </c>
       <c r="K27" s="10">
         <v>55.8554423745237</v>
       </c>
       <c r="L27" s="10">
-        <v>57.5351916657798</v>
+        <v>57.5424242480131</v>
       </c>
     </row>
     <row r="28" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="29" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A29" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B29" s="13"/>
       <c r="C29" s="13"/>
       <c r="D29" s="13"/>
       <c r="E29" s="13"/>
       <c r="F29" s="13"/>
       <c r="G29" s="13"/>
       <c r="H29" s="13"/>
       <c r="I29" s="13"/>
       <c r="J29" s="13"/>
       <c r="K29" s="13"/>
       <c r="L29" s="13"/>
       <c r="M29" s="13"/>
     </row>
     <row r="30" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A29:M29"/>