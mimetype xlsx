--- v0 (2025-10-31)
+++ v1 (2026-02-03)
@@ -4,119 +4,119 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="transplants" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="23">
   <si>
     <t>Donor type</t>
   </si>
   <si>
-    <t>2015</t>
-[...1 lines deleted...]
-  <si>
     <t>2016</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
+    <t>2025</t>
+  </si>
+  <si>
     <t>Austria</t>
   </si>
   <si>
     <t>Deceased</t>
   </si>
   <si>
     <t>Living</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>All ET</t>
   </si>
   <si>
     <t>Lung transplants per million population, by year, by country, by donor type</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 2270P_lung : 10.02.2025 : based on population at start of year</t>
+    <t>statistics.eurotransplant.org : 2270P_lung : 22.01.2026 : based on population at start of year</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0.0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -249,51 +249,51 @@
     </xf>
     <xf numFmtId="172" fontId="3" fillId="6" borderId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="3" borderId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="3" borderId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:M28"/>
+  <dimension ref="A1:M26"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="11.4083986666667" customWidth="1"/>
     <col min="2" max="2" width="9.98239866666667" customWidth="1"/>
     <col min="3" max="12" width="6.1341" customWidth="1"/>
     <col min="13" max="13" width="53376e-6" customWidth="1"/>
     <col min="14" max="14" width="4.67767866666667" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="1" ht="28.7982" customHeight="1">
       <c r="A1" s="12" t="s">
         <v>21</v>
       </c>
       <c r="B1" s="12"/>
       <c r="C1" s="12"/>
       <c r="D1" s="12"/>
       <c r="E1" s="12"/>
       <c r="F1" s="12"/>
       <c r="G1" s="12"/>
       <c r="H1" s="12"/>
       <c r="I1" s="12"/>
       <c r="J1" s="12"/>
       <c r="K1" s="12"/>
@@ -323,715 +323,693 @@
       </c>
       <c r="H3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="4" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="4" t="s">
         <v>8</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>9</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A4" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="6">
-        <v>15.1428212660191</v>
+        <v>12.6429936953988</v>
       </c>
       <c r="D4" s="6">
-        <v>12.6429936953988</v>
+        <v>13.2225903396439</v>
       </c>
       <c r="E4" s="6">
-        <v>13.2225903396439</v>
+        <v>12.9218487719766</v>
       </c>
       <c r="F4" s="6">
-        <v>12.9218487719766</v>
+        <v>11.1753600243826</v>
       </c>
       <c r="G4" s="6">
-        <v>11.1753600243826</v>
+        <v>11.2346119520093</v>
       </c>
       <c r="H4" s="6">
-        <v>11.2346119520093</v>
+        <v>13.7696884154604</v>
       </c>
       <c r="I4" s="6">
-        <v>13.7696884154604</v>
+        <v>11.3599294526107</v>
       </c>
       <c r="J4" s="6">
-        <v>11.3599294526107</v>
+        <v>13.6192317611029</v>
       </c>
       <c r="K4" s="6">
-        <v>13.6192317611029</v>
+        <v>11.5736317728948</v>
       </c>
       <c r="L4" s="6">
-        <v>11.5736317728948</v>
+        <v>11.3077733439467</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A5" s="7"/>
       <c r="B5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6"/>
       <c r="E5" s="6"/>
-      <c r="F5" s="6"/>
-      <c r="G5" s="6">
+      <c r="F5" s="6">
         <v>225764.848977426e-6</v>
       </c>
+      <c r="G5" s="6"/>
       <c r="H5" s="6"/>
       <c r="I5" s="6"/>
       <c r="J5" s="6"/>
       <c r="K5" s="6"/>
       <c r="L5" s="6"/>
     </row>
     <row r="6" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A6" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B6" s="9"/>
       <c r="C6" s="10">
-        <v>15.1428212660191</v>
+        <v>12.6429936953988</v>
       </c>
       <c r="D6" s="10">
-        <v>12.6429936953988</v>
+        <v>13.2225903396439</v>
       </c>
       <c r="E6" s="10">
-        <v>13.2225903396439</v>
+        <v>12.9218487719766</v>
       </c>
       <c r="F6" s="10">
-        <v>12.9218487719766</v>
+        <v>11.40112487336</v>
       </c>
       <c r="G6" s="10">
-        <v>11.40112487336</v>
+        <v>11.2346119520093</v>
       </c>
       <c r="H6" s="10">
-        <v>11.2346119520093</v>
+        <v>13.7696884154604</v>
       </c>
       <c r="I6" s="10">
-        <v>13.7696884154604</v>
+        <v>11.3599294526107</v>
       </c>
       <c r="J6" s="10">
-        <v>11.3599294526107</v>
+        <v>13.6192317611029</v>
       </c>
       <c r="K6" s="10">
-        <v>13.6192317611029</v>
+        <v>11.5736317728948</v>
       </c>
       <c r="L6" s="10">
-        <v>11.5736317728948</v>
+        <v>11.3077733439467</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C7" s="6">
-        <v>10.2337986953064</v>
+        <v>11.4047091900826</v>
       </c>
       <c r="D7" s="6">
-        <v>11.4047091900826</v>
+        <v>10.6591710670984</v>
       </c>
       <c r="E7" s="6">
-        <v>10.6591710670984</v>
+        <v>10.176698186065</v>
       </c>
       <c r="F7" s="6">
-        <v>10.176698186065</v>
+        <v>9.86424098288345</v>
       </c>
       <c r="G7" s="6">
-        <v>9.86424098288345</v>
+        <v>8.07120714015434</v>
       </c>
       <c r="H7" s="6">
-        <v>8.07120714015434</v>
+        <v>8.13517053178139</v>
       </c>
       <c r="I7" s="6">
-        <v>8.13517053178139</v>
+        <v>8.17723212398956</v>
       </c>
       <c r="J7" s="6">
-        <v>8.17723212398956</v>
+        <v>9.87839693374559</v>
       </c>
       <c r="K7" s="6">
-        <v>9.87839693374559</v>
+        <v>9.13930122933756</v>
       </c>
       <c r="L7" s="6">
-        <v>9.12775124579014</v>
+        <v>9.83183114998055</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A8" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B8" s="9"/>
       <c r="C8" s="10">
-        <v>10.2337986953064</v>
+        <v>11.4047091900826</v>
       </c>
       <c r="D8" s="10">
-        <v>11.4047091900826</v>
+        <v>10.6591710670984</v>
       </c>
       <c r="E8" s="10">
-        <v>10.6591710670984</v>
+        <v>10.176698186065</v>
       </c>
       <c r="F8" s="10">
-        <v>10.176698186065</v>
+        <v>9.86424098288345</v>
       </c>
       <c r="G8" s="10">
-        <v>9.86424098288345</v>
+        <v>8.07120714015434</v>
       </c>
       <c r="H8" s="10">
-        <v>8.07120714015434</v>
+        <v>8.13517053178139</v>
       </c>
       <c r="I8" s="10">
-        <v>8.13517053178139</v>
+        <v>8.17723212398956</v>
       </c>
       <c r="J8" s="10">
-        <v>8.17723212398956</v>
+        <v>9.87839693374559</v>
       </c>
       <c r="K8" s="10">
-        <v>9.87839693374559</v>
+        <v>9.13930122933756</v>
       </c>
       <c r="L8" s="10">
-        <v>9.12775124579014</v>
+        <v>9.83183114998055</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A9" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6"/>
       <c r="E9" s="6"/>
       <c r="F9" s="6"/>
       <c r="G9" s="6"/>
-      <c r="H9" s="6"/>
+      <c r="H9" s="6">
+        <v>2.22973450055805</v>
+      </c>
       <c r="I9" s="6">
-        <v>2.22973450055805</v>
+        <v>2.58912747698589</v>
       </c>
       <c r="J9" s="6">
-        <v>2.58912747698589</v>
+        <v>1.55807976018036</v>
       </c>
       <c r="K9" s="6">
-        <v>1.55807976018036</v>
+        <v>1.55361244671433</v>
       </c>
       <c r="L9" s="6">
-        <v>1.55361244671433</v>
+        <v>1.54864686979751</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A10" s="7"/>
       <c r="B10" s="4"/>
       <c r="C10" s="6"/>
       <c r="D10" s="6"/>
       <c r="E10" s="6"/>
       <c r="F10" s="6"/>
       <c r="G10" s="6"/>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
     </row>
     <row r="11" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A11" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B11" s="9"/>
       <c r="C11" s="10"/>
       <c r="D11" s="10"/>
       <c r="E11" s="10"/>
       <c r="F11" s="10"/>
       <c r="G11" s="10"/>
-      <c r="H11" s="10"/>
+      <c r="H11" s="10">
+        <v>2.22973450055805</v>
+      </c>
       <c r="I11" s="10">
-        <v>2.22973450055805</v>
+        <v>2.58912747698589</v>
       </c>
       <c r="J11" s="10">
-        <v>2.58912747698589</v>
+        <v>1.55807976018036</v>
       </c>
       <c r="K11" s="10">
-        <v>1.55807976018036</v>
+        <v>1.55361244671433</v>
       </c>
       <c r="L11" s="10">
-        <v>1.55361244671433</v>
+        <v>1.54864686979751</v>
       </c>
     </row>
     <row r="12" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="6">
-        <v>3.63311512761773</v>
+        <v>3.99144837054231</v>
       </c>
       <c r="D12" s="6">
+        <v>3.74447176912464</v>
+      </c>
+      <c r="E12" s="6">
+        <v>4.52940393008045</v>
+      </c>
+      <c r="F12" s="6">
+        <v>4.34839101642652</v>
+      </c>
+      <c r="G12" s="6">
+        <v>4.13627034018455</v>
+      </c>
+      <c r="H12" s="6">
+        <v>3.40328175693904</v>
+      </c>
+      <c r="I12" s="6">
+        <v>3.0515230199448</v>
+      </c>
+      <c r="J12" s="6">
+        <v>3.20025020662969</v>
+      </c>
+      <c r="K12" s="6">
+        <v>3.72651256119314</v>
+      </c>
+      <c r="L12" s="6">
+        <v>3.99630808137249</v>
+      </c>
+    </row>
+    <row r="13" s="1" customFormat="1" ht="17.5989" customHeight="1">
+      <c r="A13" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" s="9"/>
+      <c r="C13" s="10">
         <v>3.99144837054231</v>
       </c>
-      <c r="E12" s="6">
+      <c r="D13" s="10">
         <v>3.74447176912464</v>
       </c>
-      <c r="F12" s="6">
+      <c r="E13" s="10">
         <v>4.52940393008045</v>
       </c>
-      <c r="G12" s="6">
+      <c r="F13" s="10">
         <v>4.34839101642652</v>
       </c>
-      <c r="H12" s="6">
+      <c r="G13" s="10">
         <v>4.13627034018455</v>
       </c>
-      <c r="I12" s="6">
+      <c r="H13" s="10">
         <v>3.40328175693904</v>
       </c>
-      <c r="J12" s="6">
+      <c r="I13" s="10">
         <v>3.0515230199448</v>
       </c>
-      <c r="K12" s="6">
-[...22 lines deleted...]
-      <c r="L13" s="6"/>
+      <c r="J13" s="10">
+        <v>3.20025020662969</v>
+      </c>
+      <c r="K13" s="10">
+        <v>3.72651256119314</v>
+      </c>
+      <c r="L13" s="10">
+        <v>3.99630808137249</v>
+      </c>
     </row>
     <row r="14" s="1" customFormat="1" ht="17.5989" customHeight="1">
-      <c r="A14" s="8" t="s">
-[...31 lines deleted...]
-        <v>3.72700581221164</v>
+      <c r="A14" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="B14" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C14" s="6">
+        <v>1.72931447431129</v>
+      </c>
+      <c r="D14" s="6">
+        <v>2.14339058465673</v>
+      </c>
+      <c r="E14" s="6">
+        <v>2.35213002247511</v>
+      </c>
+      <c r="F14" s="6">
+        <v>1.84185505091911</v>
+      </c>
+      <c r="G14" s="6">
+        <v>1.74010489352298</v>
+      </c>
+      <c r="H14" s="6">
+        <v>1.43873476842331</v>
+      </c>
+      <c r="I14" s="6">
+        <v>1.23851662863389</v>
+      </c>
+      <c r="J14" s="6">
+        <v>1.14586388970373</v>
+      </c>
+      <c r="K14" s="6">
+        <v>1.8780073549028</v>
+      </c>
+      <c r="L14" s="6">
+        <v>1.78206367586065</v>
       </c>
     </row>
     <row r="15" s="1" customFormat="1" ht="17.5989" customHeight="1">
-      <c r="A15" s="5" t="s">
+      <c r="A15" s="8" t="s">
         <v>17</v>
       </c>
-      <c r="B15" s="4" t="s">
+      <c r="B15" s="9"/>
+      <c r="C15" s="10">
+        <v>1.72931447431129</v>
+      </c>
+      <c r="D15" s="10">
+        <v>2.14339058465673</v>
+      </c>
+      <c r="E15" s="10">
+        <v>2.35213002247511</v>
+      </c>
+      <c r="F15" s="10">
+        <v>1.84185505091911</v>
+      </c>
+      <c r="G15" s="10">
+        <v>1.74010489352298</v>
+      </c>
+      <c r="H15" s="10">
+        <v>1.43873476842331</v>
+      </c>
+      <c r="I15" s="10">
+        <v>1.23851662863389</v>
+      </c>
+      <c r="J15" s="10">
+        <v>1.14586388970373</v>
+      </c>
+      <c r="K15" s="10">
+        <v>1.8780073549028</v>
+      </c>
+      <c r="L15" s="10">
+        <v>1.78206367586065</v>
+      </c>
+    </row>
+    <row r="16" s="1" customFormat="1" ht="17.5989" customHeight="1">
+      <c r="A16" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="B16" s="4" t="s">
         <v>12</v>
       </c>
-      <c r="C15" s="6"/>
-[...40 lines deleted...]
-      <c r="L16" s="6"/>
+      <c r="C16" s="6">
+        <v>4.2993983198187</v>
+      </c>
+      <c r="D16" s="6">
+        <v>4.33217045779392</v>
+      </c>
+      <c r="E16" s="6">
+        <v>5.18011552705289</v>
+      </c>
+      <c r="F16" s="6">
+        <v>6.07562838054473</v>
+      </c>
+      <c r="G16" s="6">
+        <v>4.99782135201408</v>
+      </c>
+      <c r="H16" s="6">
+        <v>5.20731553442365</v>
+      </c>
+      <c r="I16" s="6">
+        <v>6.93549399363481</v>
+      </c>
+      <c r="J16" s="6">
+        <v>6.11971361312327</v>
+      </c>
+      <c r="K16" s="6">
+        <v>6.85506312175562</v>
+      </c>
+      <c r="L16" s="6">
+        <v>6.53956015472599</v>
+      </c>
     </row>
     <row r="17" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A17" s="8" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B17" s="9"/>
-      <c r="C17" s="10"/>
+      <c r="C17" s="10">
+        <v>4.2993983198187</v>
+      </c>
       <c r="D17" s="10">
-        <v>1.72931447431129</v>
+        <v>4.33217045779392</v>
       </c>
       <c r="E17" s="10">
-        <v>2.14339058465673</v>
+        <v>5.18011552705289</v>
       </c>
       <c r="F17" s="10">
-        <v>2.35213002247511</v>
+        <v>6.07562838054473</v>
       </c>
       <c r="G17" s="10">
-        <v>1.84185505091911</v>
+        <v>4.99782135201408</v>
       </c>
       <c r="H17" s="10">
-        <v>1.74010489352298</v>
+        <v>5.20731553442365</v>
       </c>
       <c r="I17" s="10">
-        <v>1.43873476842331</v>
+        <v>6.93549399363481</v>
       </c>
       <c r="J17" s="10">
-        <v>1.23851662863389</v>
+        <v>6.11971361312327</v>
       </c>
       <c r="K17" s="10">
-        <v>1.14586388970373</v>
+        <v>6.85506312175562</v>
       </c>
       <c r="L17" s="10">
-        <v>1.8780073549028</v>
+        <v>6.53956015472599</v>
       </c>
     </row>
     <row r="18" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A18" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B18" s="4" t="s">
         <v>12</v>
       </c>
-      <c r="C18" s="6">
-[...4 lines deleted...]
-      </c>
+      <c r="C18" s="6"/>
+      <c r="D18" s="6"/>
       <c r="E18" s="6">
-        <v>4.33217045779392</v>
+        <v>967642.049852918e-6</v>
       </c>
       <c r="F18" s="6">
-        <v>5.18011552705289</v>
+        <v>4.80559448087085</v>
       </c>
       <c r="G18" s="6">
-        <v>6.07562838054473</v>
+        <v>7.63409405490154</v>
       </c>
       <c r="H18" s="6">
-        <v>4.99782135201408</v>
+        <v>7.11245309929886</v>
       </c>
       <c r="I18" s="6">
-        <v>5.20731553442365</v>
+        <v>4.74567905921658</v>
       </c>
       <c r="J18" s="6">
-        <v>6.93549399363481</v>
+        <v>5.19610084592522</v>
       </c>
       <c r="K18" s="6">
-        <v>6.11971361312327</v>
+        <v>5.17903207657058</v>
       </c>
       <c r="L18" s="6">
-        <v>6.85506312175562</v>
+        <v>4.69296290212826</v>
       </c>
     </row>
     <row r="19" s="1" customFormat="1" ht="17.5989" customHeight="1">
-      <c r="A19" s="8" t="s">
-[...32 lines deleted...]
-      </c>
+      <c r="A19" s="7"/>
+      <c r="B19" s="4"/>
+      <c r="C19" s="6"/>
+      <c r="D19" s="6"/>
+      <c r="E19" s="6"/>
+      <c r="F19" s="6"/>
+      <c r="G19" s="6"/>
+      <c r="H19" s="6"/>
+      <c r="I19" s="6"/>
+      <c r="J19" s="6"/>
+      <c r="K19" s="6"/>
+      <c r="L19" s="6"/>
     </row>
     <row r="20" s="1" customFormat="1" ht="17.5989" customHeight="1">
-      <c r="A20" s="5" t="s">
+      <c r="A20" s="8" t="s">
         <v>19</v>
       </c>
-      <c r="B20" s="4" t="s">
+      <c r="B20" s="9"/>
+      <c r="C20" s="10"/>
+      <c r="D20" s="10"/>
+      <c r="E20" s="10">
+        <v>967642.049852918e-6</v>
+      </c>
+      <c r="F20" s="10">
+        <v>4.80559448087085</v>
+      </c>
+      <c r="G20" s="10">
+        <v>7.63409405490154</v>
+      </c>
+      <c r="H20" s="10">
+        <v>7.11245309929886</v>
+      </c>
+      <c r="I20" s="10">
+        <v>4.74567905921658</v>
+      </c>
+      <c r="J20" s="10">
+        <v>5.19610084592522</v>
+      </c>
+      <c r="K20" s="10">
+        <v>5.17903207657058</v>
+      </c>
+      <c r="L20" s="10">
+        <v>4.69296290212826</v>
+      </c>
+    </row>
+    <row r="21" s="1" customFormat="1" ht="17.5989" customHeight="1">
+      <c r="A21" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B21" s="4" t="s">
         <v>12</v>
       </c>
-      <c r="C20" s="6"/>
-[...36 lines deleted...]
-      <c r="L21" s="6"/>
+      <c r="C21" s="6">
+        <v>4.85760870171173</v>
+      </c>
+      <c r="D21" s="6">
+        <v>4.72207456633104</v>
+      </c>
+      <c r="E21" s="6">
+        <v>5.2811327273154</v>
+      </c>
+      <c r="F21" s="6">
+        <v>5.17043466364858</v>
+      </c>
+      <c r="G21" s="6">
+        <v>4.79837505548441</v>
+      </c>
+      <c r="H21" s="6">
+        <v>4.59144259775909</v>
+      </c>
+      <c r="I21" s="6">
+        <v>4.41338964643446</v>
+      </c>
+      <c r="J21" s="6">
+        <v>4.68164214532211</v>
+      </c>
+      <c r="K21" s="6">
+        <v>4.95123519036985</v>
+      </c>
+      <c r="L21" s="6">
+        <v>5.106203056699</v>
+      </c>
     </row>
     <row r="22" s="1" customFormat="1" ht="17.5989" customHeight="1">
-      <c r="A22" s="8" t="s">
-[...26 lines deleted...]
-      </c>
+      <c r="A22" s="11"/>
+      <c r="B22" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="C22" s="6"/>
+      <c r="D22" s="6"/>
+      <c r="E22" s="6"/>
+      <c r="F22" s="6">
+        <v>14647.1236930555e-6</v>
+      </c>
+      <c r="G22" s="6"/>
+      <c r="H22" s="6"/>
+      <c r="I22" s="6"/>
+      <c r="J22" s="6"/>
+      <c r="K22" s="6"/>
+      <c r="L22" s="6"/>
     </row>
     <row r="23" s="1" customFormat="1" ht="17.5989" customHeight="1">
-      <c r="A23" s="4" t="s">
+      <c r="A23" s="8" t="s">
         <v>20</v>
       </c>
-      <c r="B23" s="4" t="s">
-[...5 lines deleted...]
-      <c r="D23" s="6">
+      <c r="B23" s="9"/>
+      <c r="C23" s="10">
         <v>4.85760870171173</v>
       </c>
-      <c r="E23" s="6">
+      <c r="D23" s="10">
         <v>4.72207456633104</v>
       </c>
-      <c r="F23" s="6">
+      <c r="E23" s="10">
         <v>5.2811327273154</v>
       </c>
-      <c r="G23" s="6">
-[...2 lines deleted...]
-      <c r="H23" s="6">
+      <c r="F23" s="10">
+        <v>5.18508178734163</v>
+      </c>
+      <c r="G23" s="10">
         <v>4.79837505548441</v>
       </c>
-      <c r="I23" s="6">
+      <c r="H23" s="10">
         <v>4.59144259775909</v>
       </c>
-      <c r="J23" s="6">
+      <c r="I23" s="10">
         <v>4.41338964643446</v>
       </c>
-      <c r="K23" s="6">
-[...64 lines deleted...]
-      <c r="A27" s="13" t="s">
+      <c r="J23" s="10">
+        <v>4.68164214532211</v>
+      </c>
+      <c r="K23" s="10">
+        <v>4.95123519036985</v>
+      </c>
+      <c r="L23" s="10">
+        <v>5.106203056699</v>
+      </c>
+    </row>
+    <row r="24" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
+    <row r="25" s="1" customFormat="1" ht="14.3991" customHeight="1">
+      <c r="A25" s="13" t="s">
         <v>22</v>
       </c>
-      <c r="B27" s="13"/>
-[...12 lines deleted...]
-    <row r="28" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
+      <c r="B25" s="13"/>
+      <c r="C25" s="13"/>
+      <c r="D25" s="13"/>
+      <c r="E25" s="13"/>
+      <c r="F25" s="13"/>
+      <c r="G25" s="13"/>
+      <c r="H25" s="13"/>
+      <c r="I25" s="13"/>
+      <c r="J25" s="13"/>
+      <c r="K25" s="13"/>
+      <c r="L25" s="13"/>
+      <c r="M25" s="13"/>
+    </row>
+    <row r="26" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:M1"/>
-    <mergeCell ref="A27:M27"/>
+    <mergeCell ref="A25:M25"/>
   </mergeCells>
   <pageSetup paperSize="9" scale="100" orientation="portrait"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>transplants</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>