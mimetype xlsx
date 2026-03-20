--- v1 (2026-02-03)
+++ v2 (2026-03-20)
@@ -72,51 +72,51 @@
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>All ET</t>
   </si>
   <si>
     <t>Lung transplants per million population, by year, by country, by donor type</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 2270P_lung : 22.01.2026 : based on population at start of year</t>
+    <t>statistics.eurotransplant.org : 2270P_lung : 12.02.2026 : based on population at start of year</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0.0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>