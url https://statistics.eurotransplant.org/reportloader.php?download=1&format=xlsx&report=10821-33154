--- v0 (2025-10-16)
+++ v1 (2026-02-03)
@@ -9,114 +9,114 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="transplants" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="23">
   <si>
     <t>Donor type</t>
   </si>
   <si>
-    <t>2015</t>
-[...1 lines deleted...]
-  <si>
     <t>2016</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
+    <t>2025</t>
+  </si>
+  <si>
     <t>Austria</t>
   </si>
   <si>
     <t>Deceased</t>
   </si>
   <si>
     <t>Living</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>All ET</t>
   </si>
   <si>
     <t>Liver transplants per million population, by year, by country, by donor type</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 2270P_liver : 10.02.2025 : based on population at start of year</t>
+    <t>statistics.eurotransplant.org : 2270P_liver : 22.01.2026 : based on population at start of year</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0.0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -323,840 +323,840 @@
       </c>
       <c r="H3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="4" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="4" t="s">
         <v>8</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>9</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A4" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="6">
-        <v>16.4241369116053</v>
+        <v>17.4703185609147</v>
       </c>
       <c r="D4" s="6">
-        <v>17.4703185609147</v>
+        <v>18.010079945377</v>
       </c>
       <c r="E4" s="6">
-        <v>18.010079945377</v>
+        <v>19.8361713604905</v>
       </c>
       <c r="F4" s="6">
-        <v>19.8361713604905</v>
+        <v>15.6906570039311</v>
       </c>
       <c r="G4" s="6">
-        <v>15.6906570039311</v>
+        <v>16.851917928014</v>
       </c>
       <c r="H4" s="6">
-        <v>16.851917928014</v>
+        <v>16.7923029456834</v>
       </c>
       <c r="I4" s="6">
-        <v>16.7923029456834</v>
+        <v>18.5991001822155</v>
       </c>
       <c r="J4" s="6">
-        <v>18.5991001822155</v>
+        <v>12.8504041616858</v>
       </c>
       <c r="K4" s="6">
-        <v>12.8504041616858</v>
+        <v>14.9583731404395</v>
       </c>
       <c r="L4" s="6">
-        <v>14.9583731404395</v>
+        <v>16.4180170666918</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A5" s="7"/>
       <c r="B5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="6">
-        <v>582416.202539195e-6</v>
+        <v>229872.612643614e-6</v>
       </c>
       <c r="D5" s="6">
-        <v>229872.612643614e-6</v>
+        <v>341963.543266652e-6</v>
       </c>
       <c r="E5" s="6">
-        <v>341963.543266652e-6</v>
+        <v>793446.854419618e-6</v>
       </c>
       <c r="F5" s="6">
-        <v>793446.854419618e-6</v>
+        <v>1.35458909386456</v>
       </c>
       <c r="G5" s="6">
-        <v>1.35458909386456</v>
+        <v>898768.956160747e-6</v>
       </c>
       <c r="H5" s="6">
-        <v>898768.956160747e-6</v>
+        <v>1.007538176741</v>
       </c>
       <c r="I5" s="6">
-        <v>1.007538176741</v>
+        <v>222743.714757072e-6</v>
       </c>
       <c r="J5" s="6">
-        <v>222743.714757072e-6</v>
+        <v>658995.085214655e-6</v>
       </c>
       <c r="K5" s="6">
-        <v>658995.085214655e-6</v>
+        <v>327555.616214003e-6</v>
       </c>
       <c r="L5" s="6">
-        <v>327555.616214003e-6</v>
+        <v>652371.539073848e-6</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A6" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B6" s="9"/>
       <c r="C6" s="10">
-        <v>17.0065531141445</v>
+        <v>17.7001911735583</v>
       </c>
       <c r="D6" s="10">
-        <v>17.7001911735583</v>
+        <v>18.3520434886437</v>
       </c>
       <c r="E6" s="10">
-        <v>18.3520434886437</v>
+        <v>20.6296182149101</v>
       </c>
       <c r="F6" s="10">
-        <v>20.6296182149101</v>
+        <v>17.0452460977957</v>
       </c>
       <c r="G6" s="10">
-        <v>17.0452460977957</v>
+        <v>17.7506868841747</v>
       </c>
       <c r="H6" s="10">
-        <v>17.7506868841747</v>
+        <v>17.7998411224244</v>
       </c>
       <c r="I6" s="10">
-        <v>17.7998411224244</v>
+        <v>18.8218438969726</v>
       </c>
       <c r="J6" s="10">
-        <v>18.8218438969726</v>
+        <v>13.5093992469004</v>
       </c>
       <c r="K6" s="10">
-        <v>13.5093992469004</v>
+        <v>15.2859287566535</v>
       </c>
       <c r="L6" s="10">
-        <v>15.2859287566535</v>
+        <v>17.0703886057657</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C7" s="6">
-        <v>22.3363780219295</v>
+        <v>22.6326011834198</v>
       </c>
       <c r="D7" s="6">
-        <v>22.6326011834198</v>
+        <v>23.6968348516486</v>
       </c>
       <c r="E7" s="6">
-        <v>23.6968348516486</v>
+        <v>24.1257931135161</v>
       </c>
       <c r="F7" s="6">
-        <v>24.1257931135161</v>
+        <v>22.8710720134112</v>
       </c>
       <c r="G7" s="6">
-        <v>22.8710720134112</v>
+        <v>18.57245513971</v>
       </c>
       <c r="H7" s="6">
-        <v>18.57245513971</v>
+        <v>21.376458737766</v>
       </c>
       <c r="I7" s="6">
-        <v>21.376458737766</v>
+        <v>23.1544783300336</v>
       </c>
       <c r="J7" s="6">
-        <v>23.1544783300336</v>
+        <v>26.7397985965182</v>
       </c>
       <c r="K7" s="6">
-        <v>26.7397985965182</v>
+        <v>27.9256426451981</v>
       </c>
       <c r="L7" s="6">
-        <v>27.8903510288032</v>
+        <v>29.41146070507</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A8" s="7"/>
       <c r="B8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="6">
-        <v>2.93665527778356</v>
+        <v>4.06679552514575</v>
       </c>
       <c r="D8" s="6">
-        <v>4.06679552514575</v>
+        <v>3.17132362326895</v>
       </c>
       <c r="E8" s="6">
-        <v>3.17132362326895</v>
+        <v>2.89509517362193</v>
       </c>
       <c r="F8" s="6">
-        <v>2.89509517362193</v>
+        <v>2.35694253573321</v>
       </c>
       <c r="G8" s="6">
-        <v>2.35694253573321</v>
+        <v>1.82253064455098</v>
       </c>
       <c r="H8" s="6">
-        <v>1.82253064455098</v>
+        <v>1.81743171454691</v>
       </c>
       <c r="I8" s="6">
-        <v>1.81743171454691</v>
+        <v>2.4101315733864</v>
       </c>
       <c r="J8" s="6">
-        <v>2.4101315733864</v>
+        <v>2.29928204492354</v>
       </c>
       <c r="K8" s="6">
-        <v>2.29928204492354</v>
+        <v>2.03095582874168</v>
       </c>
       <c r="L8" s="6">
-        <v>2.02838916573114</v>
+        <v>2.60501509102049</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A9" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B9" s="9"/>
       <c r="C9" s="10">
-        <v>25.2730332997131</v>
+        <v>26.6993967085656</v>
       </c>
       <c r="D9" s="10">
-        <v>26.6993967085656</v>
+        <v>26.8681584749175</v>
       </c>
       <c r="E9" s="10">
-        <v>26.8681584749175</v>
+        <v>27.020888287138</v>
       </c>
       <c r="F9" s="10">
-        <v>27.020888287138</v>
+        <v>25.2280145491444</v>
       </c>
       <c r="G9" s="10">
-        <v>25.2280145491444</v>
+        <v>20.394985784261</v>
       </c>
       <c r="H9" s="10">
-        <v>20.394985784261</v>
+        <v>23.1938904523129</v>
       </c>
       <c r="I9" s="10">
-        <v>23.1938904523129</v>
+        <v>25.56460990342</v>
       </c>
       <c r="J9" s="10">
-        <v>25.56460990342</v>
+        <v>29.0390806414418</v>
       </c>
       <c r="K9" s="10">
-        <v>29.0390806414418</v>
+        <v>29.9565984739398</v>
       </c>
       <c r="L9" s="10">
-        <v>29.9187401945344</v>
+        <v>32.0164757960905</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C10" s="6">
-        <v>32.8969478259141</v>
+        <v>28.8736714830019</v>
       </c>
       <c r="D10" s="6">
-        <v>28.8736714830019</v>
+        <v>28.4048988340271</v>
       </c>
       <c r="E10" s="6">
-        <v>28.4048988340271</v>
+        <v>32.152046051473</v>
       </c>
       <c r="F10" s="6">
-        <v>32.152046051473</v>
+        <v>30.1748226186545</v>
       </c>
       <c r="G10" s="6">
-        <v>30.1748226186545</v>
+        <v>23.163178431631</v>
       </c>
       <c r="H10" s="6">
-        <v>23.163178431631</v>
+        <v>25.7658208953375</v>
       </c>
       <c r="I10" s="6">
-        <v>25.7658208953375</v>
+        <v>23.0432345451745</v>
       </c>
       <c r="J10" s="6">
-        <v>23.0432345451745</v>
+        <v>27.2663958031564</v>
       </c>
       <c r="K10" s="6">
-        <v>27.2663958031564</v>
+        <v>29.777571895358</v>
       </c>
       <c r="L10" s="6">
-        <v>29.777571895358</v>
+        <v>31.4891530192161</v>
       </c>
     </row>
     <row r="11" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A11" s="7"/>
       <c r="B11" s="4" t="s">
         <v>13</v>
       </c>
-      <c r="C11" s="6">
-[...2 lines deleted...]
-      <c r="D11" s="6"/>
+      <c r="C11" s="6"/>
+      <c r="D11" s="6">
+        <v>240719.481644297e-6</v>
+      </c>
       <c r="E11" s="6">
-        <v>240719.481644297e-6</v>
-[...1 lines deleted...]
-      <c r="F11" s="6">
         <v>243576.106450553e-6</v>
       </c>
-      <c r="G11" s="6"/>
-      <c r="H11" s="6">
+      <c r="F11" s="6"/>
+      <c r="G11" s="6">
         <v>246416.791825862e-6</v>
       </c>
+      <c r="H11" s="6"/>
       <c r="I11" s="6"/>
-      <c r="J11" s="6"/>
+      <c r="J11" s="6">
+        <v>779039.880090182e-6</v>
+      </c>
       <c r="K11" s="6">
-        <v>779039.880090182e-6</v>
+        <v>258935.407785722e-6</v>
       </c>
       <c r="L11" s="6">
-        <v>258935.407785722e-6</v>
+        <v>258107.811632919e-6</v>
       </c>
     </row>
     <row r="12" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A12" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="9"/>
       <c r="C12" s="10">
-        <v>33.3702852047042</v>
+        <v>28.8736714830019</v>
       </c>
       <c r="D12" s="10">
-        <v>28.8736714830019</v>
+        <v>28.6456183156713</v>
       </c>
       <c r="E12" s="10">
-        <v>28.6456183156713</v>
+        <v>32.3956221579235</v>
       </c>
       <c r="F12" s="10">
-        <v>32.3956221579235</v>
+        <v>30.1748226186545</v>
       </c>
       <c r="G12" s="10">
-        <v>30.1748226186545</v>
+        <v>23.4095952234569</v>
       </c>
       <c r="H12" s="10">
-        <v>23.4095952234569</v>
+        <v>25.7658208953375</v>
       </c>
       <c r="I12" s="10">
-        <v>25.7658208953375</v>
+        <v>23.0432345451745</v>
       </c>
       <c r="J12" s="10">
-        <v>23.0432345451745</v>
+        <v>28.0454356832465</v>
       </c>
       <c r="K12" s="10">
-        <v>28.0454356832465</v>
+        <v>30.0365073031437</v>
       </c>
       <c r="L12" s="10">
-        <v>30.0365073031437</v>
+        <v>31.747260830849</v>
       </c>
     </row>
     <row r="13" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C13" s="6">
-        <v>10.4190352473376</v>
+        <v>10.0516352258169</v>
       </c>
       <c r="D13" s="6">
-        <v>10.0516352258169</v>
+        <v>9.20970402762049</v>
       </c>
       <c r="E13" s="6">
-        <v>9.20970402762049</v>
+        <v>9.90429659377592</v>
       </c>
       <c r="F13" s="6">
-        <v>9.90429659377592</v>
+        <v>9.34723387464538</v>
       </c>
       <c r="G13" s="6">
-        <v>9.34723387464538</v>
+        <v>9.30660826541523</v>
       </c>
       <c r="H13" s="6">
-        <v>9.30660826541523</v>
+        <v>9.38006986011466</v>
       </c>
       <c r="I13" s="6">
-        <v>9.38006986011466</v>
+        <v>8.48179233102768</v>
       </c>
       <c r="J13" s="6">
-        <v>8.48179233102768</v>
+        <v>9.81730890454822</v>
       </c>
       <c r="K13" s="6">
-        <v>9.67296316112436</v>
+        <v>9.99328448885877</v>
       </c>
       <c r="L13" s="6">
-        <v>9.99460722631673</v>
+        <v>10.4693699736555</v>
       </c>
     </row>
     <row r="14" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A14" s="7"/>
       <c r="B14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="6">
-        <v>591150.936019155e-6</v>
+        <v>754481.094431779e-6</v>
       </c>
       <c r="D14" s="6">
-        <v>754481.094431779e-6</v>
+        <v>763435.991763277e-6</v>
       </c>
       <c r="E14" s="6">
-        <v>763435.991763277e-6</v>
+        <v>688469.397372228e-6</v>
       </c>
       <c r="F14" s="6">
-        <v>688469.397372228e-6</v>
+        <v>662497.246269969e-6</v>
       </c>
       <c r="G14" s="6">
-        <v>662497.246269969e-6</v>
+        <v>625250.167702315e-6</v>
       </c>
       <c r="H14" s="6">
-        <v>625250.167702315e-6</v>
+        <v>649389.451854092e-6</v>
       </c>
       <c r="I14" s="6">
-        <v>649389.451854092e-6</v>
+        <v>504582.546605046e-6</v>
       </c>
       <c r="J14" s="6">
-        <v>504582.546605046e-6</v>
+        <v>625612.822348661e-6</v>
       </c>
       <c r="K14" s="6">
-        <v>616414.319091258e-6</v>
+        <v>671011.90812481e-6</v>
       </c>
       <c r="L14" s="6">
-        <v>671100.725028462e-6</v>
+        <v>825584.603636832e-6</v>
       </c>
     </row>
     <row r="15" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A15" s="8" t="s">
         <v>16</v>
       </c>
       <c r="B15" s="9"/>
       <c r="C15" s="10">
-        <v>11.0101861833568</v>
+        <v>10.8061163202487</v>
       </c>
       <c r="D15" s="10">
-        <v>10.8061163202487</v>
+        <v>9.97314001938376</v>
       </c>
       <c r="E15" s="10">
-        <v>9.97314001938376</v>
+        <v>10.5927659911481</v>
       </c>
       <c r="F15" s="10">
-        <v>10.5927659911481</v>
+        <v>10.0097311209153</v>
       </c>
       <c r="G15" s="10">
-        <v>10.0097311209153</v>
+        <v>9.93185843311755</v>
       </c>
       <c r="H15" s="10">
-        <v>9.93185843311755</v>
+        <v>10.0294593119688</v>
       </c>
       <c r="I15" s="10">
-        <v>10.0294593119688</v>
+        <v>8.98637487763273</v>
       </c>
       <c r="J15" s="10">
-        <v>8.98637487763273</v>
+        <v>10.4429217268969</v>
       </c>
       <c r="K15" s="10">
-        <v>10.2893774802156</v>
+        <v>10.6642963969836</v>
       </c>
       <c r="L15" s="10">
-        <v>10.6657079513452</v>
+        <v>11.2949545772923</v>
       </c>
     </row>
     <row r="16" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A16" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="6">
-        <v>9.03042553292955</v>
+        <v>8.23967484818908</v>
       </c>
       <c r="D16" s="6">
-        <v>8.23967484818908</v>
+        <v>7.55290015545706</v>
       </c>
       <c r="E16" s="6">
-        <v>7.55290015545706</v>
+        <v>8.18132181730474</v>
       </c>
       <c r="F16" s="6">
-        <v>8.18132181730474</v>
+        <v>8.08369716792275</v>
       </c>
       <c r="G16" s="6">
-        <v>8.08369716792275</v>
+        <v>5.11795556918524</v>
       </c>
       <c r="H16" s="6">
-        <v>5.11795556918524</v>
+        <v>6.06323938121251</v>
       </c>
       <c r="I16" s="6">
-        <v>6.06323938121251</v>
+        <v>6.91505117653919</v>
       </c>
       <c r="J16" s="6">
-        <v>6.91505117653919</v>
+        <v>7.29186111629644</v>
       </c>
       <c r="K16" s="6">
-        <v>7.29186111629644</v>
+        <v>8.65970058094071</v>
       </c>
       <c r="L16" s="6">
-        <v>8.65970058094071</v>
+        <v>7.44273652859447</v>
       </c>
     </row>
     <row r="17" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A17" s="8" t="s">
         <v>17</v>
       </c>
       <c r="B17" s="9"/>
       <c r="C17" s="10">
-        <v>9.03042553292955</v>
+        <v>8.23967484818908</v>
       </c>
       <c r="D17" s="10">
-        <v>8.23967484818908</v>
+        <v>7.55290015545706</v>
       </c>
       <c r="E17" s="10">
-        <v>7.55290015545706</v>
+        <v>8.18132181730474</v>
       </c>
       <c r="F17" s="10">
-        <v>8.18132181730474</v>
+        <v>8.08369716792275</v>
       </c>
       <c r="G17" s="10">
-        <v>8.08369716792275</v>
+        <v>5.11795556918524</v>
       </c>
       <c r="H17" s="10">
-        <v>5.11795556918524</v>
+        <v>6.06323938121251</v>
       </c>
       <c r="I17" s="10">
-        <v>6.06323938121251</v>
+        <v>6.91505117653919</v>
       </c>
       <c r="J17" s="10">
-        <v>6.91505117653919</v>
+        <v>7.29186111629644</v>
       </c>
       <c r="K17" s="10">
-        <v>7.29186111629644</v>
+        <v>8.65970058094071</v>
       </c>
       <c r="L17" s="10">
-        <v>8.65970058094071</v>
+        <v>7.44273652859447</v>
       </c>
     </row>
     <row r="18" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A18" s="5" t="s">
         <v>18</v>
       </c>
       <c r="B18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C18" s="6">
-        <v>8.75702026054976</v>
+        <v>8.65769250703217</v>
       </c>
       <c r="D18" s="6">
-        <v>8.65769250703217</v>
+        <v>9.36685504387874</v>
       </c>
       <c r="E18" s="6">
-        <v>9.36685504387874</v>
+        <v>10.6512487803447</v>
       </c>
       <c r="F18" s="6">
-        <v>10.6512487803447</v>
+        <v>9.72100540887156</v>
       </c>
       <c r="G18" s="6">
-        <v>9.72100540887156</v>
+        <v>9.30628803478484</v>
       </c>
       <c r="H18" s="6">
-        <v>9.30628803478484</v>
+        <v>8.69793363991642</v>
       </c>
       <c r="I18" s="6">
-        <v>8.69793363991642</v>
+        <v>10.5169376132987</v>
       </c>
       <c r="J18" s="6">
-        <v>10.5169376132987</v>
+        <v>9.99366076271507</v>
       </c>
       <c r="K18" s="6">
-        <v>9.99366076271507</v>
+        <v>12.149624069453</v>
       </c>
       <c r="L18" s="6">
-        <v>12.149624069453</v>
+        <v>11.6382002753598</v>
       </c>
     </row>
     <row r="19" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A19" s="7"/>
       <c r="B19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="6">
-        <v>177507.167443576e-6</v>
+        <v>706750.40873732e-6</v>
       </c>
       <c r="D19" s="6">
-        <v>706750.40873732e-6</v>
+        <v>526885.596218179e-6</v>
       </c>
       <c r="E19" s="6">
-        <v>526885.596218179e-6</v>
+        <v>698442.542973424e-6</v>
       </c>
       <c r="F19" s="6">
-        <v>698442.542973424e-6</v>
+        <v>1.2729888035427</v>
       </c>
       <c r="G19" s="6">
-        <v>1.2729888035427</v>
+        <v>1.37870933848664</v>
       </c>
       <c r="H19" s="6">
-        <v>1.37870933848664</v>
+        <v>1.65947418129984</v>
       </c>
       <c r="I19" s="6">
-        <v>1.65947418129984</v>
+        <v>1.47805609700414</v>
       </c>
       <c r="J19" s="6">
-        <v>1.47805609700414</v>
+        <v>1.62818068606032</v>
       </c>
       <c r="K19" s="6">
-        <v>1.62818068606032</v>
+        <v>1.95062771757274</v>
       </c>
       <c r="L19" s="6">
-        <v>1.95062771757274</v>
+        <v>1.82886004327083</v>
       </c>
     </row>
     <row r="20" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A20" s="8" t="s">
         <v>18</v>
       </c>
       <c r="B20" s="9"/>
       <c r="C20" s="10">
-        <v>8.93452742799333</v>
+        <v>9.36444291576949</v>
       </c>
       <c r="D20" s="10">
-        <v>9.36444291576949</v>
+        <v>9.89374064009692</v>
       </c>
       <c r="E20" s="10">
-        <v>9.89374064009692</v>
+        <v>11.3496913233181</v>
       </c>
       <c r="F20" s="10">
-        <v>11.3496913233181</v>
+        <v>10.9939942124143</v>
       </c>
       <c r="G20" s="10">
-        <v>10.9939942124143</v>
+        <v>10.6849973732715</v>
       </c>
       <c r="H20" s="10">
-        <v>10.6849973732715</v>
+        <v>10.3574078212163</v>
       </c>
       <c r="I20" s="10">
-        <v>10.3574078212163</v>
+        <v>11.9949937103028</v>
       </c>
       <c r="J20" s="10">
-        <v>11.9949937103028</v>
+        <v>11.6218414487754</v>
       </c>
       <c r="K20" s="10">
-        <v>11.6218414487754</v>
+        <v>14.1002517870258</v>
       </c>
       <c r="L20" s="10">
-        <v>14.1002517870258</v>
+        <v>13.4670603186306</v>
       </c>
     </row>
     <row r="21" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A21" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C21" s="6">
-        <v>11.6342539583125</v>
+        <v>13.0802039349129</v>
       </c>
       <c r="D21" s="6">
-        <v>13.0802039349129</v>
+        <v>11.1331892472754</v>
       </c>
       <c r="E21" s="6">
-        <v>11.1331892472754</v>
+        <v>13.0631676730144</v>
       </c>
       <c r="F21" s="6">
-        <v>13.0631676730144</v>
+        <v>11.53342675409</v>
       </c>
       <c r="G21" s="6">
-        <v>11.53342675409</v>
+        <v>11.9282719607837</v>
       </c>
       <c r="H21" s="6">
-        <v>11.9282719607837</v>
+        <v>9.9574343390184</v>
       </c>
       <c r="I21" s="6">
-        <v>9.9574343390184</v>
+        <v>8.54222230658985</v>
       </c>
       <c r="J21" s="6">
-        <v>8.54222230658985</v>
+        <v>10.8645744960255</v>
       </c>
       <c r="K21" s="6">
-        <v>10.8654983578925</v>
+        <v>10.8288852510112</v>
       </c>
       <c r="L21" s="6">
-        <v>10.8288852510112</v>
+        <v>10.3245183846822</v>
       </c>
     </row>
     <row r="22" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A22" s="8" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="9"/>
       <c r="C22" s="10">
-        <v>11.6342539583125</v>
+        <v>13.0802039349129</v>
       </c>
       <c r="D22" s="10">
-        <v>13.0802039349129</v>
+        <v>11.1331892472754</v>
       </c>
       <c r="E22" s="10">
-        <v>11.1331892472754</v>
+        <v>13.0631676730144</v>
       </c>
       <c r="F22" s="10">
-        <v>13.0631676730144</v>
+        <v>11.53342675409</v>
       </c>
       <c r="G22" s="10">
-        <v>11.53342675409</v>
+        <v>11.9282719607837</v>
       </c>
       <c r="H22" s="10">
-        <v>11.9282719607837</v>
+        <v>9.9574343390184</v>
       </c>
       <c r="I22" s="10">
-        <v>9.9574343390184</v>
+        <v>8.54222230658985</v>
       </c>
       <c r="J22" s="10">
-        <v>8.54222230658985</v>
+        <v>10.8645744960255</v>
       </c>
       <c r="K22" s="10">
-        <v>10.8654983578925</v>
+        <v>10.8288852510112</v>
       </c>
       <c r="L22" s="10">
-        <v>10.8288852510112</v>
+        <v>10.3245183846822</v>
       </c>
     </row>
     <row r="23" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A23" s="4" t="s">
         <v>20</v>
       </c>
       <c r="B23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C23" s="6">
-        <v>12.2180246983714</v>
+        <v>11.9037290863864</v>
       </c>
       <c r="D23" s="6">
-        <v>11.9037290863864</v>
+        <v>11.5068338106226</v>
       </c>
       <c r="E23" s="6">
-        <v>11.5068338106226</v>
+        <v>12.4279229132373</v>
       </c>
       <c r="F23" s="6">
-        <v>12.4279229132373</v>
+        <v>11.5053156608951</v>
       </c>
       <c r="G23" s="6">
-        <v>11.5053156608951</v>
+        <v>10.7287868439979</v>
       </c>
       <c r="H23" s="6">
-        <v>10.7287868439979</v>
+        <v>11.0442808432584</v>
       </c>
       <c r="I23" s="6">
-        <v>11.0442808432584</v>
+        <v>10.9495832385093</v>
       </c>
       <c r="J23" s="6">
-        <v>10.9495832385093</v>
+        <v>11.8169598784724</v>
       </c>
       <c r="K23" s="6">
-        <v>11.7112128347042</v>
+        <v>12.6136884791267</v>
       </c>
       <c r="L23" s="6">
-        <v>12.6133311427698</v>
+        <v>13.0258806021457</v>
       </c>
     </row>
     <row r="24" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A24" s="11"/>
       <c r="B24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="6">
-        <v>678779.149909524e-6</v>
+        <v>902021.70716717e-6</v>
       </c>
       <c r="D24" s="6">
-        <v>902021.70716717e-6</v>
+        <v>825073.871184207e-6</v>
       </c>
       <c r="E24" s="6">
-        <v>825073.871184207e-6</v>
+        <v>807961.891522522e-6</v>
       </c>
       <c r="F24" s="6">
-        <v>807961.891522522e-6</v>
+        <v>849533.174197217e-6</v>
       </c>
       <c r="G24" s="6">
-        <v>849533.174197217e-6</v>
+        <v>774167.056135993e-6</v>
       </c>
       <c r="H24" s="6">
-        <v>774167.056135993e-6</v>
+        <v>824853.757626038e-6</v>
       </c>
       <c r="I24" s="6">
-        <v>824853.757626038e-6</v>
+        <v>714896.174133185e-6</v>
       </c>
       <c r="J24" s="6">
-        <v>714896.174133185e-6</v>
+        <v>851869.566100601e-6</v>
       </c>
       <c r="K24" s="6">
-        <v>844246.396586809e-6</v>
+        <v>862660.304032228e-6</v>
       </c>
       <c r="L24" s="6">
-        <v>862635.86551127e-6</v>
+        <v>1.01256151265986</v>
       </c>
     </row>
     <row r="25" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A25" s="8" t="s">
         <v>20</v>
       </c>
       <c r="B25" s="9"/>
       <c r="C25" s="10">
-        <v>12.896803848281</v>
+        <v>12.8057507935536</v>
       </c>
       <c r="D25" s="10">
-        <v>12.8057507935536</v>
+        <v>12.3319076818068</v>
       </c>
       <c r="E25" s="10">
-        <v>12.3319076818068</v>
+        <v>13.2358848047599</v>
       </c>
       <c r="F25" s="10">
-        <v>13.2358848047599</v>
+        <v>12.3548488350923</v>
       </c>
       <c r="G25" s="10">
-        <v>12.3548488350923</v>
+        <v>11.5029539001339</v>
       </c>
       <c r="H25" s="10">
-        <v>11.5029539001339</v>
+        <v>11.8691346008844</v>
       </c>
       <c r="I25" s="10">
-        <v>11.8691346008844</v>
+        <v>11.6644794126425</v>
       </c>
       <c r="J25" s="10">
-        <v>11.6644794126425</v>
+        <v>12.668829444573</v>
       </c>
       <c r="K25" s="10">
-        <v>12.555459231291</v>
+        <v>13.4763487831589</v>
       </c>
       <c r="L25" s="10">
-        <v>13.4759670082811</v>
+        <v>14.0384421148056</v>
       </c>
     </row>
     <row r="26" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="27" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A27" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B27" s="13"/>
       <c r="C27" s="13"/>
       <c r="D27" s="13"/>
       <c r="E27" s="13"/>
       <c r="F27" s="13"/>
       <c r="G27" s="13"/>
       <c r="H27" s="13"/>
       <c r="I27" s="13"/>
       <c r="J27" s="13"/>
       <c r="K27" s="13"/>
       <c r="L27" s="13"/>
       <c r="M27" s="13"/>
     </row>
     <row r="28" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A27:M27"/>