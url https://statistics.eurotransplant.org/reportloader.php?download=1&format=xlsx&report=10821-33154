--- v1 (2026-02-03)
+++ v2 (2026-03-20)
@@ -72,51 +72,51 @@
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>All ET</t>
   </si>
   <si>
     <t>Liver transplants per million population, by year, by country, by donor type</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 2270P_liver : 22.01.2026 : based on population at start of year</t>
+    <t>statistics.eurotransplant.org : 2270P_liver : 12.02.2026 : based on population at start of year</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0.0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>