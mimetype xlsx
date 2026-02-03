--- v0 (2025-10-04)
+++ v1 (2026-02-03)
@@ -9,114 +9,114 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="transplants" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="23">
   <si>
     <t>Donor type</t>
   </si>
   <si>
-    <t>2015</t>
-[...1 lines deleted...]
-  <si>
     <t>2016</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
+    <t>2025</t>
+  </si>
+  <si>
     <t>Austria</t>
   </si>
   <si>
     <t>Deceased</t>
   </si>
   <si>
     <t>Living</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>All ET</t>
   </si>
   <si>
     <t>Kidney transplants per million population, by year, by country, by donor type</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 2270P_kidney : 10.02.2025 : based on population at start of year</t>
+    <t>statistics.eurotransplant.org : 2270P_kidney : 22.01.2026 : based on population at start of year</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0.0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -323,916 +323,918 @@
       </c>
       <c r="H3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="4" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="4" t="s">
         <v>8</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>9</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A4" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="6">
-        <v>41.4680336207907</v>
+        <v>42.0666881137814</v>
       </c>
       <c r="D4" s="6">
-        <v>42.0666881137814</v>
+        <v>40.9216373442427</v>
       </c>
       <c r="E4" s="6">
-        <v>40.9216373442427</v>
+        <v>38.9922454171927</v>
       </c>
       <c r="F4" s="6">
-        <v>38.9922454171927</v>
+        <v>34.7677867425237</v>
       </c>
       <c r="G4" s="6">
-        <v>34.7677867425237</v>
+        <v>32.6927207803472</v>
       </c>
       <c r="H4" s="6">
-        <v>32.6927207803472</v>
+        <v>29.5544531844028</v>
       </c>
       <c r="I4" s="6">
-        <v>29.5544531844028</v>
+        <v>31.2954919233686</v>
       </c>
       <c r="J4" s="6">
-        <v>31.2954919233686</v>
+        <v>27.8974586074204</v>
       </c>
       <c r="K4" s="6">
-        <v>27.8974586074204</v>
+        <v>28.8248942268323</v>
       </c>
       <c r="L4" s="6">
-        <v>28.8248942268323</v>
+        <v>35.0106059302965</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A5" s="7"/>
       <c r="B5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="6">
-        <v>7.22196091148602</v>
+        <v>7.70073252356108</v>
       </c>
       <c r="D5" s="6">
-        <v>7.70073252356108</v>
+        <v>7.865161495133</v>
       </c>
       <c r="E5" s="6">
-        <v>7.865161495133</v>
+        <v>7.93446854419618</v>
       </c>
       <c r="F5" s="6">
-        <v>7.93446854419618</v>
+        <v>8.80482911011963</v>
       </c>
       <c r="G5" s="6">
-        <v>8.80482911011963</v>
+        <v>5.0555753784042</v>
       </c>
       <c r="H5" s="6">
-        <v>5.0555753784042</v>
+        <v>4.70184482479135</v>
       </c>
       <c r="I5" s="6">
-        <v>4.70184482479135</v>
+        <v>6.12545215581948</v>
       </c>
       <c r="J5" s="6">
-        <v>6.12545215581948</v>
+        <v>8.12760605098074</v>
       </c>
       <c r="K5" s="6">
-        <v>8.12760605098074</v>
+        <v>6.44192711887539</v>
       </c>
       <c r="L5" s="6">
-        <v>6.44192711887539</v>
+        <v>6.8499011602754</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A6" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B6" s="9"/>
       <c r="C6" s="10">
-        <v>48.6899945322767</v>
+        <v>49.7674206373425</v>
       </c>
       <c r="D6" s="10">
-        <v>49.7674206373425</v>
+        <v>48.7867988393757</v>
       </c>
       <c r="E6" s="10">
-        <v>48.7867988393757</v>
+        <v>46.9267139613888</v>
       </c>
       <c r="F6" s="10">
-        <v>46.9267139613888</v>
+        <v>43.5726158526433</v>
       </c>
       <c r="G6" s="10">
-        <v>43.5726158526433</v>
+        <v>37.7482961587514</v>
       </c>
       <c r="H6" s="10">
-        <v>37.7482961587514</v>
+        <v>34.2562980091941</v>
       </c>
       <c r="I6" s="10">
-        <v>34.2562980091941</v>
+        <v>37.4209440791881</v>
       </c>
       <c r="J6" s="10">
-        <v>37.4209440791881</v>
+        <v>36.0250646584011</v>
       </c>
       <c r="K6" s="10">
-        <v>36.0250646584011</v>
+        <v>35.2668213457077</v>
       </c>
       <c r="L6" s="10">
-        <v>35.2668213457077</v>
+        <v>41.8605070905719</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C7" s="6">
-        <v>41.9140798738199</v>
+        <v>40.0490950628484</v>
       </c>
       <c r="D7" s="6">
-        <v>40.0490950628484</v>
+        <v>42.7247765912623</v>
       </c>
       <c r="E7" s="6">
-        <v>42.7247765912623</v>
+        <v>41.5840943120241</v>
       </c>
       <c r="F7" s="6">
-        <v>41.5840943120241</v>
+        <v>33.9574313481563</v>
       </c>
       <c r="G7" s="6">
-        <v>33.9574313481563</v>
+        <v>28.2926185773152</v>
       </c>
       <c r="H7" s="6">
-        <v>28.2926185773152</v>
+        <v>30.9828835146568</v>
       </c>
       <c r="I7" s="6">
-        <v>30.9828835146568</v>
+        <v>36.4102019836588</v>
       </c>
       <c r="J7" s="6">
-        <v>36.4102019836588</v>
+        <v>38.236208821136</v>
       </c>
       <c r="K7" s="6">
-        <v>38.236208821136</v>
+        <v>37.3188133531284</v>
       </c>
       <c r="L7" s="6">
-        <v>37.2716509203097</v>
+        <v>39.4113573447938</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A8" s="7"/>
       <c r="B8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="6">
-        <v>5.07240457071706</v>
+        <v>5.92337609097316</v>
       </c>
       <c r="D8" s="6">
-        <v>5.92337609097316</v>
+        <v>5.54981634072067</v>
       </c>
       <c r="E8" s="6">
-        <v>5.54981634072067</v>
+        <v>5.00061893625606</v>
       </c>
       <c r="F8" s="6">
-        <v>5.00061893625606</v>
+        <v>3.92823755955536</v>
       </c>
       <c r="G8" s="6">
-        <v>3.92823755955536</v>
+        <v>3.21112542135173</v>
       </c>
       <c r="H8" s="6">
-        <v>3.21112542135173</v>
+        <v>5.10611767420321</v>
       </c>
       <c r="I8" s="6">
-        <v>5.10611767420321</v>
+        <v>4.73418701915185</v>
       </c>
       <c r="J8" s="6">
-        <v>4.73418701915185</v>
+        <v>6.8126875405142</v>
       </c>
       <c r="K8" s="6">
-        <v>6.8126875405142</v>
+        <v>6.93909908153408</v>
       </c>
       <c r="L8" s="6">
-        <v>6.9303296495814</v>
+        <v>6.72261958973029</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A9" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B9" s="9"/>
       <c r="C9" s="10">
-        <v>46.986484444537</v>
+        <v>45.9724711538215</v>
       </c>
       <c r="D9" s="10">
-        <v>45.9724711538215</v>
+        <v>48.2745929319829</v>
       </c>
       <c r="E9" s="10">
-        <v>48.2745929319829</v>
+        <v>46.5847132482801</v>
       </c>
       <c r="F9" s="10">
-        <v>46.5847132482801</v>
+        <v>37.8856689077116</v>
       </c>
       <c r="G9" s="10">
-        <v>37.8856689077116</v>
+        <v>31.503743998667</v>
       </c>
       <c r="H9" s="10">
-        <v>31.503743998667</v>
+        <v>36.08900118886</v>
       </c>
       <c r="I9" s="10">
-        <v>36.08900118886</v>
+        <v>41.1443890028106</v>
       </c>
       <c r="J9" s="10">
-        <v>41.1443890028106</v>
+        <v>45.0488963616502</v>
       </c>
       <c r="K9" s="10">
-        <v>45.0488963616502</v>
+        <v>44.2579124346625</v>
       </c>
       <c r="L9" s="10">
-        <v>44.2019805698912</v>
+        <v>46.1339769345241</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C10" s="6">
-        <v>49.2270873941736</v>
+        <v>43.6684453007384</v>
       </c>
       <c r="D10" s="6">
-        <v>43.6684453007384</v>
+        <v>37.0708001732217</v>
       </c>
       <c r="E10" s="6">
-        <v>37.0708001732217</v>
+        <v>43.3565469481984</v>
       </c>
       <c r="F10" s="6">
-        <v>43.3565469481984</v>
+        <v>31.4014414242909</v>
       </c>
       <c r="G10" s="6">
-        <v>31.4014414242909</v>
+        <v>23.4095952234569</v>
       </c>
       <c r="H10" s="6">
-        <v>23.4095952234569</v>
+        <v>29.4820450629343</v>
       </c>
       <c r="I10" s="6">
-        <v>29.4820450629343</v>
+        <v>26.4091002652561</v>
       </c>
       <c r="J10" s="6">
-        <v>26.4091002652561</v>
+        <v>33.7583948039079</v>
       </c>
       <c r="K10" s="6">
-        <v>33.7583948039079</v>
+        <v>36.250957090001</v>
       </c>
       <c r="L10" s="6">
-        <v>36.250957090001</v>
+        <v>30.1986139610515</v>
       </c>
     </row>
     <row r="11" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A11" s="7"/>
       <c r="B11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="6">
-        <v>1.18334344697533</v>
+        <v>1.67037768909928</v>
       </c>
       <c r="D11" s="6">
-        <v>1.67037768909928</v>
+        <v>2.64791429808727</v>
       </c>
       <c r="E11" s="6">
-        <v>2.64791429808727</v>
+        <v>1.21788053225276</v>
       </c>
       <c r="F11" s="6">
-        <v>1.21788053225276</v>
+        <v>1.71726632789091</v>
       </c>
       <c r="G11" s="6">
-        <v>1.71726632789091</v>
+        <v>739250.375477587e-6</v>
       </c>
       <c r="H11" s="6">
-        <v>739250.375477587e-6</v>
+        <v>1.4864896670387</v>
       </c>
       <c r="I11" s="6">
-        <v>1.4864896670387</v>
+        <v>2.58912747698589</v>
       </c>
       <c r="J11" s="6">
-        <v>2.58912747698589</v>
+        <v>2.85647956033067</v>
       </c>
       <c r="K11" s="6">
-        <v>2.85647956033067</v>
+        <v>776806.223357165e-6</v>
       </c>
       <c r="L11" s="6">
-        <v>776806.223357165e-6</v>
+        <v>1.54864686979751</v>
       </c>
     </row>
     <row r="12" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A12" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="9"/>
       <c r="C12" s="10">
-        <v>50.4104308411489</v>
+        <v>45.3388229898377</v>
       </c>
       <c r="D12" s="10">
-        <v>45.3388229898377</v>
+        <v>39.718714471309</v>
       </c>
       <c r="E12" s="10">
-        <v>39.718714471309</v>
+        <v>44.5744274804512</v>
       </c>
       <c r="F12" s="10">
-        <v>44.5744274804512</v>
+        <v>33.1187077521818</v>
       </c>
       <c r="G12" s="10">
-        <v>33.1187077521818</v>
+        <v>24.1488455989345</v>
       </c>
       <c r="H12" s="10">
-        <v>24.1488455989345</v>
+        <v>30.968534729973</v>
       </c>
       <c r="I12" s="10">
-        <v>30.968534729973</v>
+        <v>28.998227742242</v>
       </c>
       <c r="J12" s="10">
-        <v>28.998227742242</v>
+        <v>36.6148743642385</v>
       </c>
       <c r="K12" s="10">
-        <v>36.6148743642385</v>
+        <v>37.0277633133582</v>
       </c>
       <c r="L12" s="10">
-        <v>37.0277633133582</v>
+        <v>31.747260830849</v>
       </c>
     </row>
     <row r="13" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C13" s="6">
-        <v>19.101564620119</v>
+        <v>18.2170677155544</v>
       </c>
       <c r="D13" s="6">
-        <v>18.2170677155544</v>
+        <v>16.5289951232557</v>
       </c>
       <c r="E13" s="6">
-        <v>16.5289951232557</v>
+        <v>19.9656125237946</v>
       </c>
       <c r="F13" s="6">
-        <v>19.9656125237946</v>
+        <v>19.4171920179489</v>
       </c>
       <c r="G13" s="6">
-        <v>19.4171920179489</v>
+        <v>17.5430768207246</v>
       </c>
       <c r="H13" s="6">
-        <v>17.5430768207246</v>
+        <v>18.243033304864</v>
       </c>
       <c r="I13" s="6">
-        <v>18.243033304864</v>
+        <v>17.1918481950434</v>
       </c>
       <c r="J13" s="6">
-        <v>17.1918481950434</v>
+        <v>18.2149579429976</v>
       </c>
       <c r="K13" s="6">
-        <v>17.9471399827724</v>
+        <v>17.2905389897161</v>
       </c>
       <c r="L13" s="6">
-        <v>17.2928276110013</v>
+        <v>19.0722008434364</v>
       </c>
     </row>
     <row r="14" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A14" s="7"/>
       <c r="B14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="6">
-        <v>7.9435907027574</v>
+        <v>7.26492279638342</v>
       </c>
       <c r="D14" s="6">
-        <v>7.26492279638342</v>
+        <v>6.74974360971659</v>
       </c>
       <c r="E14" s="6">
-        <v>6.74974360971659</v>
+        <v>7.70602588637687</v>
       </c>
       <c r="F14" s="6">
-        <v>7.70602588637687</v>
+        <v>6.26361032837062</v>
       </c>
       <c r="G14" s="6">
-        <v>6.26361032837062</v>
+        <v>5.42284280064893</v>
       </c>
       <c r="H14" s="6">
-        <v>5.42284280064893</v>
+        <v>5.71222203019803</v>
       </c>
       <c r="I14" s="6">
-        <v>5.71222203019803</v>
+        <v>6.42742053413571</v>
       </c>
       <c r="J14" s="6">
-        <v>6.42742053413571</v>
+        <v>7.31485761515358</v>
       </c>
       <c r="K14" s="6">
-        <v>7.20730588475933</v>
+        <v>7.57284867740857</v>
       </c>
       <c r="L14" s="6">
-        <v>7.57385103960693</v>
+        <v>8.04047613976741</v>
       </c>
     </row>
     <row r="15" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A15" s="8" t="s">
         <v>16</v>
       </c>
       <c r="B15" s="9"/>
       <c r="C15" s="10">
-        <v>27.0451553228764</v>
+        <v>25.4819905119378</v>
       </c>
       <c r="D15" s="10">
-        <v>25.4819905119378</v>
+        <v>23.2787387329723</v>
       </c>
       <c r="E15" s="10">
-        <v>23.2787387329723</v>
+        <v>27.6716384101715</v>
       </c>
       <c r="F15" s="10">
-        <v>27.6716384101715</v>
+        <v>25.6808023463195</v>
       </c>
       <c r="G15" s="10">
-        <v>25.6808023463195</v>
+        <v>22.9659196213735</v>
       </c>
       <c r="H15" s="10">
-        <v>22.9659196213735</v>
+        <v>23.9552553350621</v>
       </c>
       <c r="I15" s="10">
-        <v>23.9552553350621</v>
+        <v>23.6192687291791</v>
       </c>
       <c r="J15" s="10">
-        <v>23.6192687291791</v>
+        <v>25.5298155581511</v>
       </c>
       <c r="K15" s="10">
-        <v>25.1544458675317</v>
+        <v>24.8633876671247</v>
       </c>
       <c r="L15" s="10">
-        <v>24.8666786506082</v>
+        <v>27.1126769832038</v>
       </c>
     </row>
     <row r="16" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A16" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="6">
-        <v>30.7440329941309</v>
+        <v>31.229384918445</v>
       </c>
       <c r="D16" s="6">
-        <v>31.229384918445</v>
+        <v>26.2310181074657</v>
       </c>
       <c r="E16" s="6">
-        <v>26.2310181074657</v>
+        <v>29.5550250650134</v>
       </c>
       <c r="F16" s="6">
-        <v>29.5550250650134</v>
+        <v>24.1487662231616</v>
       </c>
       <c r="G16" s="6">
-        <v>24.1487662231616</v>
+        <v>17.6057671579972</v>
       </c>
       <c r="H16" s="6">
-        <v>17.6057671579972</v>
+        <v>16.4426830676949</v>
       </c>
       <c r="I16" s="6">
-        <v>16.4426830676949</v>
+        <v>19.6098466200365</v>
       </c>
       <c r="J16" s="6">
-        <v>19.6098466200365</v>
+        <v>23.021447238593</v>
       </c>
       <c r="K16" s="6">
-        <v>23.021447238593</v>
+        <v>22.9534232265898</v>
       </c>
       <c r="L16" s="6">
-        <v>22.9534232265898</v>
+        <v>20.6509731849734</v>
       </c>
     </row>
     <row r="17" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A17" s="7"/>
       <c r="B17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="6">
-        <v>4.05861821704699</v>
+        <v>3.45862894862258</v>
       </c>
       <c r="D17" s="6">
-        <v>3.45862894862258</v>
+        <v>4.08264873267949</v>
       </c>
       <c r="E17" s="6">
-        <v>4.08264873267949</v>
+        <v>4.60199352223392</v>
       </c>
       <c r="F17" s="6">
-        <v>4.60199352223392</v>
+        <v>3.06975841819851</v>
       </c>
       <c r="G17" s="6">
-        <v>3.06975841819851</v>
+        <v>3.07077334151114</v>
       </c>
       <c r="H17" s="6">
-        <v>3.07077334151114</v>
+        <v>3.49407015188517</v>
       </c>
       <c r="I17" s="6">
-        <v>3.49407015188517</v>
+        <v>5.77974426695813</v>
       </c>
       <c r="J17" s="6">
-        <v>5.77974426695813</v>
+        <v>4.5834555588149</v>
       </c>
       <c r="K17" s="6">
-        <v>4.5834555588149</v>
+        <v>5.42535458083032</v>
       </c>
       <c r="L17" s="6">
-        <v>5.42535458083032</v>
+        <v>6.60411832818946</v>
       </c>
     </row>
     <row r="18" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A18" s="8" t="s">
         <v>17</v>
       </c>
       <c r="B18" s="9"/>
       <c r="C18" s="10">
-        <v>34.8026512111779</v>
+        <v>34.6880138670676</v>
       </c>
       <c r="D18" s="10">
-        <v>34.6880138670676</v>
+        <v>30.3136668401452</v>
       </c>
       <c r="E18" s="10">
-        <v>30.3136668401452</v>
+        <v>34.1570185872473</v>
       </c>
       <c r="F18" s="10">
-        <v>34.1570185872473</v>
+        <v>27.2185246413601</v>
       </c>
       <c r="G18" s="10">
-        <v>27.2185246413601</v>
+        <v>20.6765404995084</v>
       </c>
       <c r="H18" s="10">
-        <v>20.6765404995084</v>
+        <v>19.9367532195801</v>
       </c>
       <c r="I18" s="10">
-        <v>19.9367532195801</v>
+        <v>25.3895908869946</v>
       </c>
       <c r="J18" s="10">
-        <v>25.3895908869946</v>
+        <v>27.6049027974079</v>
       </c>
       <c r="K18" s="10">
-        <v>27.6049027974079</v>
+        <v>28.3787778074202</v>
       </c>
       <c r="L18" s="10">
-        <v>28.3787778074202</v>
+        <v>27.2550915131629</v>
       </c>
     </row>
     <row r="19" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A19" s="5" t="s">
         <v>18</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="6">
-        <v>27.8094562328269</v>
+        <v>25.0896395101749</v>
       </c>
       <c r="D19" s="6">
-        <v>25.0896395101749</v>
+        <v>25.0563372423756</v>
       </c>
       <c r="E19" s="6">
-        <v>25.0563372423756</v>
+        <v>28.4033300809192</v>
       </c>
       <c r="F19" s="6">
-        <v>28.4033300809192</v>
+        <v>26.0384073451917</v>
       </c>
       <c r="G19" s="6">
-        <v>26.0384073451917</v>
+        <v>25.391230317129</v>
       </c>
       <c r="H19" s="6">
-        <v>25.391230317129</v>
+        <v>26.5515869007975</v>
       </c>
       <c r="I19" s="6">
-        <v>26.5515869007975</v>
+        <v>27.9693692202322</v>
       </c>
       <c r="J19" s="6">
-        <v>27.9693692202322</v>
+        <v>28.9142432179677</v>
       </c>
       <c r="K19" s="6">
-        <v>28.9142432179677</v>
+        <v>35.612888900828</v>
       </c>
       <c r="L19" s="6">
-        <v>35.612888900828</v>
+        <v>29.7051207028232</v>
       </c>
     </row>
     <row r="20" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A20" s="7"/>
       <c r="B20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="6">
-        <v>30.412894688666</v>
+        <v>33.217269210654</v>
       </c>
       <c r="D20" s="6">
-        <v>33.217269210654</v>
+        <v>32.3156499013817</v>
       </c>
       <c r="E20" s="6">
-        <v>32.3156499013817</v>
+        <v>29.6838080763705</v>
       </c>
       <c r="F20" s="6">
-        <v>29.6838080763705</v>
+        <v>29.0472899717472</v>
       </c>
       <c r="G20" s="6">
-        <v>29.0472899717472</v>
+        <v>21.5423334138538</v>
       </c>
       <c r="H20" s="6">
-        <v>21.5423334138538</v>
+        <v>25.9221311768562</v>
       </c>
       <c r="I20" s="6">
-        <v>25.9221311768562</v>
+        <v>29.3905770058131</v>
       </c>
       <c r="J20" s="6">
-        <v>29.3905770058131</v>
+        <v>28.3528016020849</v>
       </c>
       <c r="K20" s="6">
-        <v>28.3528016020849</v>
+        <v>27.1415913845121</v>
       </c>
       <c r="L20" s="6">
-        <v>27.1415913845121</v>
+        <v>27.5991606529961</v>
       </c>
     </row>
     <row r="21" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A21" s="8" t="s">
         <v>18</v>
       </c>
       <c r="B21" s="9"/>
       <c r="C21" s="10">
-        <v>58.222350921493</v>
+        <v>58.3069087208289</v>
       </c>
       <c r="D21" s="10">
-        <v>58.3069087208289</v>
+        <v>57.3719871437573</v>
       </c>
       <c r="E21" s="10">
-        <v>57.3719871437573</v>
+        <v>58.0871381572897</v>
       </c>
       <c r="F21" s="10">
-        <v>58.0871381572897</v>
+        <v>55.0856973169389</v>
       </c>
       <c r="G21" s="10">
-        <v>55.0856973169389</v>
+        <v>46.9335637309828</v>
       </c>
       <c r="H21" s="10">
-        <v>46.9335637309828</v>
+        <v>52.4737180776537</v>
       </c>
       <c r="I21" s="10">
-        <v>52.4737180776537</v>
+        <v>57.3599462260453</v>
       </c>
       <c r="J21" s="10">
-        <v>57.3599462260453</v>
+        <v>57.2670448200526</v>
       </c>
       <c r="K21" s="10">
-        <v>57.2670448200526</v>
+        <v>62.7544802853401</v>
       </c>
       <c r="L21" s="10">
-        <v>62.7544802853401</v>
+        <v>57.3042813558193</v>
       </c>
     </row>
     <row r="22" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A22" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C22" s="6">
-        <v>31.0246772221667</v>
+        <v>21.3158878939321</v>
       </c>
       <c r="D22" s="6">
-        <v>21.3158878939321</v>
+        <v>22.2663784945508</v>
       </c>
       <c r="E22" s="6">
-        <v>22.2663784945508</v>
+        <v>26.1263353460288</v>
       </c>
       <c r="F22" s="6">
-        <v>26.1263353460288</v>
+        <v>18.2612590273092</v>
       </c>
       <c r="G22" s="6">
-        <v>18.2612590273092</v>
+        <v>21.9480204078419</v>
       </c>
       <c r="H22" s="6">
-        <v>21.9480204078419</v>
+        <v>24.1823405376161</v>
       </c>
       <c r="I22" s="6">
-        <v>24.1823405376161</v>
+        <v>24.2029632020046</v>
       </c>
       <c r="J22" s="6">
-        <v>24.2029632020046</v>
+        <v>24.563385817101</v>
       </c>
       <c r="K22" s="6">
-        <v>24.5654745482787</v>
+        <v>19.3036650126721</v>
       </c>
       <c r="L22" s="6">
-        <v>19.3036650126721</v>
+        <v>20.6490367693643</v>
       </c>
     </row>
     <row r="23" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A23" s="7"/>
       <c r="B23" s="4" t="s">
         <v>13</v>
       </c>
-      <c r="C23" s="6"/>
+      <c r="C23" s="6">
+        <v>968903.995178734e-6</v>
+      </c>
       <c r="D23" s="6">
-        <v>968903.995178734e-6</v>
+        <v>968103.412806556e-6</v>
       </c>
       <c r="E23" s="6">
-        <v>968103.412806556e-6</v>
-[...1 lines deleted...]
-      <c r="F23" s="6">
         <v>967642.049852918e-6</v>
       </c>
-      <c r="G23" s="6"/>
+      <c r="F23" s="6"/>
+      <c r="G23" s="6">
+        <v>477130.878431346e-6</v>
+      </c>
       <c r="H23" s="6">
-        <v>477130.878431346e-6</v>
+        <v>474163.539953257e-6</v>
       </c>
       <c r="I23" s="6">
-        <v>474163.539953257e-6</v>
+        <v>949135.811843317e-6</v>
       </c>
       <c r="J23" s="6">
-        <v>949135.811843317e-6</v>
+        <v>472372.80417502e-6</v>
       </c>
       <c r="K23" s="6">
-        <v>472412.972082283e-6</v>
+        <v>941642.195740105e-6</v>
       </c>
       <c r="L23" s="6">
-        <v>941642.195740105e-6</v>
+        <v>469296.290212826e-6</v>
       </c>
     </row>
     <row r="24" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A24" s="8" t="s">
         <v>19</v>
       </c>
       <c r="B24" s="9"/>
       <c r="C24" s="10">
-        <v>31.0246772221667</v>
+        <v>22.2847918891109</v>
       </c>
       <c r="D24" s="10">
-        <v>22.2847918891109</v>
+        <v>23.2344819073573</v>
       </c>
       <c r="E24" s="10">
-        <v>23.2344819073573</v>
+        <v>27.0939773958817</v>
       </c>
       <c r="F24" s="10">
-        <v>27.0939773958817</v>
+        <v>18.2612590273092</v>
       </c>
       <c r="G24" s="10">
-        <v>18.2612590273092</v>
+        <v>22.4251512862733</v>
       </c>
       <c r="H24" s="10">
-        <v>22.4251512862733</v>
+        <v>24.6565040775694</v>
       </c>
       <c r="I24" s="10">
-        <v>24.6565040775694</v>
+        <v>25.1520990138479</v>
       </c>
       <c r="J24" s="10">
-        <v>25.1520990138479</v>
+        <v>25.0357586212761</v>
       </c>
       <c r="K24" s="10">
-        <v>25.037887520361</v>
+        <v>20.2453072084123</v>
       </c>
       <c r="L24" s="10">
-        <v>20.2453072084123</v>
+        <v>21.1183330595772</v>
       </c>
     </row>
     <row r="25" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A25" s="4" t="s">
         <v>20</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C25" s="6">
-        <v>25.5325387927506</v>
+        <v>24.2215009236037</v>
       </c>
       <c r="D25" s="6">
-        <v>24.2215009236037</v>
+        <v>22.785298960471</v>
       </c>
       <c r="E25" s="6">
-        <v>22.785298960471</v>
+        <v>25.5609762045307</v>
       </c>
       <c r="F25" s="6">
-        <v>25.5609762045307</v>
+        <v>23.1497789968742</v>
       </c>
       <c r="G25" s="6">
-        <v>23.1497789968742</v>
+        <v>20.676103169066</v>
       </c>
       <c r="H25" s="6">
-        <v>20.676103169066</v>
+        <v>21.4096997443997</v>
       </c>
       <c r="I25" s="6">
-        <v>21.4096997443997</v>
+        <v>21.6657309915873</v>
       </c>
       <c r="J25" s="6">
-        <v>21.6657309915873</v>
+        <v>22.8257358096187</v>
       </c>
       <c r="K25" s="6">
-        <v>22.621473959826</v>
+        <v>23.1105970525609</v>
       </c>
       <c r="L25" s="6">
-        <v>23.1099423466381</v>
+        <v>23.7156371429405</v>
       </c>
     </row>
     <row r="26" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A26" s="11"/>
       <c r="B26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="6">
-        <v>9.86840456406923</v>
+        <v>9.89266429663667</v>
       </c>
       <c r="D26" s="6">
-        <v>9.89266429663667</v>
+        <v>9.53254990457468</v>
       </c>
       <c r="E26" s="6">
-        <v>9.53254990457468</v>
+        <v>9.74695845500352</v>
       </c>
       <c r="F26" s="6">
-        <v>9.74695845500352</v>
+        <v>8.65645010259578</v>
       </c>
       <c r="G26" s="6">
-        <v>8.65645010259578</v>
+        <v>6.8798619516991</v>
       </c>
       <c r="H26" s="6">
-        <v>6.8798619516991</v>
+        <v>7.81056212973328</v>
       </c>
       <c r="I26" s="6">
-        <v>7.81056212973328</v>
+        <v>8.97267647126344</v>
       </c>
       <c r="J26" s="6">
-        <v>8.97267647126344</v>
+        <v>9.63267893975295</v>
       </c>
       <c r="K26" s="6">
-        <v>9.5464784844816</v>
+        <v>9.54725731437348</v>
       </c>
       <c r="L26" s="6">
-        <v>9.54698684771716</v>
+        <v>10.0026612286327</v>
       </c>
     </row>
     <row r="27" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A27" s="8" t="s">
         <v>20</v>
       </c>
       <c r="B27" s="9"/>
       <c r="C27" s="10">
-        <v>35.4009433568198</v>
+        <v>34.1141652202404</v>
       </c>
       <c r="D27" s="10">
-        <v>34.1141652202404</v>
+        <v>32.3178488650457</v>
       </c>
       <c r="E27" s="10">
-        <v>32.3178488650457</v>
+        <v>35.3079346595342</v>
       </c>
       <c r="F27" s="10">
-        <v>35.3079346595342</v>
+        <v>31.8062290994699</v>
       </c>
       <c r="G27" s="10">
-        <v>31.8062290994699</v>
+        <v>27.5559651207651</v>
       </c>
       <c r="H27" s="10">
-        <v>27.5559651207651</v>
+        <v>29.220261874133</v>
       </c>
       <c r="I27" s="10">
-        <v>29.220261874133</v>
+        <v>30.6384074628508</v>
       </c>
       <c r="J27" s="10">
-        <v>30.6384074628508</v>
+        <v>32.4584147493716</v>
       </c>
       <c r="K27" s="10">
-        <v>32.1679524443076</v>
+        <v>32.6578543669343</v>
       </c>
       <c r="L27" s="10">
-        <v>32.6569291943552</v>
+        <v>33.7182983715733</v>
       </c>
     </row>
     <row r="28" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="29" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A29" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B29" s="13"/>
       <c r="C29" s="13"/>
       <c r="D29" s="13"/>
       <c r="E29" s="13"/>
       <c r="F29" s="13"/>
       <c r="G29" s="13"/>
       <c r="H29" s="13"/>
       <c r="I29" s="13"/>
       <c r="J29" s="13"/>
       <c r="K29" s="13"/>
       <c r="L29" s="13"/>
       <c r="M29" s="13"/>
     </row>
     <row r="30" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A29:M29"/>