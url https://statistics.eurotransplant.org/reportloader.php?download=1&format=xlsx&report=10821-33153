--- v1 (2026-02-03)
+++ v2 (2026-03-20)
@@ -72,51 +72,51 @@
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>All ET</t>
   </si>
   <si>
     <t>Kidney transplants per million population, by year, by country, by donor type</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 2270P_kidney : 22.01.2026 : based on population at start of year</t>
+    <t>statistics.eurotransplant.org : 2270P_kidney : 12.02.2026 : based on population at start of year</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0.0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -936,87 +936,87 @@
       <c r="D20" s="6">
         <v>32.3156499013817</v>
       </c>
       <c r="E20" s="6">
         <v>29.6838080763705</v>
       </c>
       <c r="F20" s="6">
         <v>29.0472899717472</v>
       </c>
       <c r="G20" s="6">
         <v>21.5423334138538</v>
       </c>
       <c r="H20" s="6">
         <v>25.9221311768562</v>
       </c>
       <c r="I20" s="6">
         <v>29.3905770058131</v>
       </c>
       <c r="J20" s="6">
         <v>28.3528016020849</v>
       </c>
       <c r="K20" s="6">
         <v>27.1415913845121</v>
       </c>
       <c r="L20" s="6">
-        <v>27.5991606529961</v>
+        <v>27.6545806543074</v>
       </c>
     </row>
     <row r="21" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A21" s="8" t="s">
         <v>18</v>
       </c>
       <c r="B21" s="9"/>
       <c r="C21" s="10">
         <v>58.3069087208289</v>
       </c>
       <c r="D21" s="10">
         <v>57.3719871437573</v>
       </c>
       <c r="E21" s="10">
         <v>58.0871381572897</v>
       </c>
       <c r="F21" s="10">
         <v>55.0856973169389</v>
       </c>
       <c r="G21" s="10">
         <v>46.9335637309828</v>
       </c>
       <c r="H21" s="10">
         <v>52.4737180776537</v>
       </c>
       <c r="I21" s="10">
         <v>57.3599462260453</v>
       </c>
       <c r="J21" s="10">
         <v>57.2670448200526</v>
       </c>
       <c r="K21" s="10">
         <v>62.7544802853401</v>
       </c>
       <c r="L21" s="10">
-        <v>57.3042813558193</v>
+        <v>57.3597013571305</v>
       </c>
     </row>
     <row r="22" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A22" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C22" s="6">
         <v>21.3158878939321</v>
       </c>
       <c r="D22" s="6">
         <v>22.2663784945508</v>
       </c>
       <c r="E22" s="6">
         <v>26.1263353460288</v>
       </c>
       <c r="F22" s="6">
         <v>18.2612590273092</v>
       </c>
       <c r="G22" s="6">
         <v>21.9480204078419</v>
       </c>
       <c r="H22" s="6">
@@ -1154,87 +1154,87 @@
       <c r="D26" s="6">
         <v>9.53254990457468</v>
       </c>
       <c r="E26" s="6">
         <v>9.74695845500352</v>
       </c>
       <c r="F26" s="6">
         <v>8.65645010259578</v>
       </c>
       <c r="G26" s="6">
         <v>6.8798619516991</v>
       </c>
       <c r="H26" s="6">
         <v>7.81056212973328</v>
       </c>
       <c r="I26" s="6">
         <v>8.97267647126344</v>
       </c>
       <c r="J26" s="6">
         <v>9.63267893975295</v>
       </c>
       <c r="K26" s="6">
         <v>9.54725731437348</v>
       </c>
       <c r="L26" s="6">
-        <v>10.0026612286327</v>
+        <v>10.009893810866</v>
       </c>
     </row>
     <row r="27" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A27" s="8" t="s">
         <v>20</v>
       </c>
       <c r="B27" s="9"/>
       <c r="C27" s="10">
         <v>34.1141652202404</v>
       </c>
       <c r="D27" s="10">
         <v>32.3178488650457</v>
       </c>
       <c r="E27" s="10">
         <v>35.3079346595342</v>
       </c>
       <c r="F27" s="10">
         <v>31.8062290994699</v>
       </c>
       <c r="G27" s="10">
         <v>27.5559651207651</v>
       </c>
       <c r="H27" s="10">
         <v>29.220261874133</v>
       </c>
       <c r="I27" s="10">
         <v>30.6384074628508</v>
       </c>
       <c r="J27" s="10">
         <v>32.4584147493716</v>
       </c>
       <c r="K27" s="10">
         <v>32.6578543669343</v>
       </c>
       <c r="L27" s="10">
-        <v>33.7182983715733</v>
+        <v>33.7255309538065</v>
       </c>
     </row>
     <row r="28" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="29" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A29" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B29" s="13"/>
       <c r="C29" s="13"/>
       <c r="D29" s="13"/>
       <c r="E29" s="13"/>
       <c r="F29" s="13"/>
       <c r="G29" s="13"/>
       <c r="H29" s="13"/>
       <c r="I29" s="13"/>
       <c r="J29" s="13"/>
       <c r="K29" s="13"/>
       <c r="L29" s="13"/>
       <c r="M29" s="13"/>
     </row>
     <row r="30" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A29:M29"/>