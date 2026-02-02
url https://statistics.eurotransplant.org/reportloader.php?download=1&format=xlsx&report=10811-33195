--- v0 (2025-10-23)
+++ v1 (2026-02-02)
@@ -9,114 +9,114 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="donors used" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="23">
   <si>
     <t>Donors used</t>
   </si>
   <si>
-    <t>2015</t>
-[...1 lines deleted...]
-  <si>
     <t>2016</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
+    <t>2025</t>
+  </si>
+  <si>
     <t>A</t>
   </si>
   <si>
     <t>B</t>
   </si>
   <si>
     <t>D</t>
   </si>
   <si>
     <t>H</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>L</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>SLO</t>
   </si>
   <si>
     <t>Non-ET</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Deceased kidney donors used, by year, by donor country</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 1041P_kidney : 10.02.2025</t>
+    <t>statistics.eurotransplant.org : 1041P_kidney : 22.01.2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -302,385 +302,385 @@
       </c>
       <c r="F3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K3" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="4">
-        <v>181</v>
+        <v>190</v>
       </c>
       <c r="C4" s="4">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D4" s="4">
-        <v>192</v>
+        <v>180</v>
       </c>
       <c r="E4" s="4">
-        <v>180</v>
+        <v>159</v>
       </c>
       <c r="F4" s="4">
-        <v>159</v>
+        <v>152</v>
       </c>
       <c r="G4" s="4">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="H4" s="4">
-        <v>146</v>
+        <v>157</v>
       </c>
       <c r="I4" s="4">
-        <v>157</v>
+        <v>132</v>
       </c>
       <c r="J4" s="4">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="K4" s="4">
-        <v>133</v>
+        <v>175</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="4">
+        <v>246</v>
+      </c>
+      <c r="C5" s="4">
         <v>260</v>
       </c>
-      <c r="C5" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="D5" s="4">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="E5" s="4">
-        <v>259</v>
+        <v>228</v>
       </c>
       <c r="F5" s="4">
-        <v>228</v>
+        <v>182</v>
       </c>
       <c r="G5" s="4">
-        <v>182</v>
+        <v>209</v>
       </c>
       <c r="H5" s="4">
-        <v>209</v>
+        <v>227</v>
       </c>
       <c r="I5" s="4">
-        <v>227</v>
+        <v>254</v>
       </c>
       <c r="J5" s="4">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="K5" s="4">
-        <v>251</v>
+        <v>296</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="4">
-        <v>799</v>
+        <v>763</v>
       </c>
       <c r="C6" s="4">
-        <v>763</v>
+        <v>700</v>
       </c>
       <c r="D6" s="4">
-        <v>700</v>
+        <v>854</v>
       </c>
       <c r="E6" s="4">
-        <v>854</v>
+        <v>798</v>
       </c>
       <c r="F6" s="4">
-        <v>798</v>
+        <v>774</v>
       </c>
       <c r="G6" s="4">
-        <v>774</v>
+        <v>794</v>
       </c>
       <c r="H6" s="4">
+        <v>734</v>
+      </c>
+      <c r="I6" s="4">
         <v>794</v>
       </c>
-      <c r="I6" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="J6" s="4">
-        <v>794</v>
+        <v>748</v>
       </c>
       <c r="K6" s="4">
-        <v>748</v>
+        <v>800</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="4">
-        <v>162</v>
+        <v>170</v>
       </c>
       <c r="C7" s="4">
-        <v>170</v>
+        <v>138</v>
       </c>
       <c r="D7" s="4">
-        <v>138</v>
+        <v>154</v>
       </c>
       <c r="E7" s="4">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="F7" s="4">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="G7" s="4">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="H7" s="4">
-        <v>83</v>
+        <v>102</v>
       </c>
       <c r="I7" s="4">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="J7" s="4">
-        <v>110</v>
+        <v>129</v>
       </c>
       <c r="K7" s="4">
-        <v>129</v>
+        <v>115</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="4">
-        <v>124</v>
+        <v>113</v>
       </c>
       <c r="C8" s="4">
-        <v>113</v>
+        <v>92</v>
       </c>
       <c r="D8" s="4">
-        <v>92</v>
+        <v>115</v>
       </c>
       <c r="E8" s="4">
-        <v>115</v>
+        <v>89</v>
       </c>
       <c r="F8" s="4">
-        <v>89</v>
+        <v>56</v>
       </c>
       <c r="G8" s="4">
-        <v>56</v>
+        <v>69</v>
       </c>
       <c r="H8" s="4">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="I8" s="4">
-        <v>64</v>
+        <v>81</v>
       </c>
       <c r="J8" s="4">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="K8" s="4">
-        <v>84</v>
+        <v>76</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A9" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="4">
         <v>3</v>
       </c>
       <c r="C9" s="4">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="D9" s="4">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="E9" s="4">
+        <v>4</v>
+      </c>
+      <c r="F9" s="4">
+        <v>2</v>
+      </c>
+      <c r="G9" s="4">
+        <v>1</v>
+      </c>
+      <c r="H9" s="4">
+        <v>8</v>
+      </c>
+      <c r="I9" s="4">
         <v>5</v>
       </c>
-      <c r="F9" s="4">
+      <c r="J9" s="4">
         <v>4</v>
       </c>
-      <c r="G9" s="4">
-[...2 lines deleted...]
-      <c r="H9" s="4">
+      <c r="K9" s="4">
         <v>1</v>
-      </c>
-[...7 lines deleted...]
-        <v>4</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A10" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="4">
-        <v>253</v>
+        <v>220</v>
       </c>
       <c r="C10" s="4">
-        <v>220</v>
+        <v>227</v>
       </c>
       <c r="D10" s="4">
-        <v>227</v>
+        <v>254</v>
       </c>
       <c r="E10" s="4">
-        <v>254</v>
+        <v>232</v>
       </c>
       <c r="F10" s="4">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="G10" s="4">
-        <v>231</v>
+        <v>244</v>
       </c>
       <c r="H10" s="4">
-        <v>244</v>
+        <v>255</v>
       </c>
       <c r="I10" s="4">
-        <v>255</v>
+        <v>266</v>
       </c>
       <c r="J10" s="4">
-        <v>266</v>
+        <v>334</v>
       </c>
       <c r="K10" s="4">
-        <v>334</v>
+        <v>272</v>
       </c>
     </row>
     <row r="11" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A11" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B11" s="4">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="C11" s="4">
+        <v>28</v>
+      </c>
+      <c r="D11" s="4">
+        <v>33</v>
+      </c>
+      <c r="E11" s="4">
         <v>31</v>
       </c>
-      <c r="D11" s="4">
-[...2 lines deleted...]
-      <c r="E11" s="4">
+      <c r="F11" s="4">
+        <v>34</v>
+      </c>
+      <c r="G11" s="4">
+        <v>27</v>
+      </c>
+      <c r="H11" s="4">
+        <v>38</v>
+      </c>
+      <c r="I11" s="4">
+        <v>41</v>
+      </c>
+      <c r="J11" s="4">
         <v>33</v>
       </c>
-      <c r="F11" s="4">
+      <c r="K11" s="4">
         <v>31</v>
-      </c>
-[...13 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="12" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A12" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B12" s="4">
+      <c r="B12" s="4"/>
+      <c r="C12" s="4">
         <v>3</v>
       </c>
-      <c r="C12" s="4"/>
       <c r="D12" s="4">
         <v>3</v>
       </c>
-      <c r="E12" s="4">
-[...1 lines deleted...]
-      </c>
+      <c r="E12" s="4"/>
       <c r="F12" s="4"/>
       <c r="G12" s="4"/>
-      <c r="H12" s="4"/>
+      <c r="H12" s="4">
+        <v>1</v>
+      </c>
       <c r="I12" s="4">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J12" s="4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K12" s="4">
         <v>2</v>
       </c>
     </row>
     <row r="13" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="B13" s="6">
-        <v>1828</v>
+        <v>1736</v>
       </c>
       <c r="C13" s="6">
-        <v>1736</v>
+        <v>1647</v>
       </c>
       <c r="D13" s="6">
-        <v>1647</v>
+        <v>1857</v>
       </c>
       <c r="E13" s="6">
-        <v>1857</v>
+        <v>1692</v>
       </c>
       <c r="F13" s="6">
-        <v>1692</v>
+        <v>1515</v>
       </c>
       <c r="G13" s="6">
-        <v>1515</v>
+        <v>1573</v>
       </c>
       <c r="H13" s="6">
-        <v>1573</v>
+        <v>1586</v>
       </c>
       <c r="I13" s="6">
-        <v>1586</v>
+        <v>1686</v>
       </c>
       <c r="J13" s="6">
-        <v>1686</v>
+        <v>1718</v>
       </c>
       <c r="K13" s="6">
-        <v>1718</v>
+        <v>1768</v>
       </c>
     </row>
     <row r="14" s="1" customFormat="1" ht="5.333" customHeight="1"/>
     <row r="15" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A15" s="8" t="s">
         <v>22</v>
       </c>
       <c r="B15" s="8"/>
       <c r="C15" s="8"/>
       <c r="D15" s="8"/>
       <c r="E15" s="8"/>
       <c r="F15" s="8"/>
       <c r="G15" s="8"/>
       <c r="H15" s="8"/>
       <c r="I15" s="8"/>
       <c r="J15" s="8"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
     </row>
     <row r="16" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A15:L15"/>
   </mergeCells>