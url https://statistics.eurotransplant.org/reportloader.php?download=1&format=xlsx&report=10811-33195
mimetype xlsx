--- v1 (2026-02-02)
+++ v2 (2026-03-20)
@@ -72,51 +72,51 @@
   <si>
     <t>H</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>L</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>SLO</t>
   </si>
   <si>
     <t>Non-ET</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Deceased kidney donors used, by year, by donor country</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 1041P_kidney : 22.01.2026</t>
+    <t>statistics.eurotransplant.org : 1041P_kidney : 12.02.2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>