--- v0 (2026-01-03)
+++ v1 (2026-03-10)
@@ -51,51 +51,51 @@
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>SLO</t>
   </si>
   <si>
     <t>Non-ET</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>SOD</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>MOD</t>
   </si>
   <si>
     <t>Deceased donors used in 2020, by country, by single/multiple organs used</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 1153P_2020 : 10.02.2025 : counting (multiple) organ types, not individual organs</t>
+    <t>statistics.eurotransplant.org : 1153P_2020 : 12.02.2026 : counting (multiple) organ types, not individual organs</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="172" formatCode="0"/>
     <numFmt numFmtId="173" formatCode="0%"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>