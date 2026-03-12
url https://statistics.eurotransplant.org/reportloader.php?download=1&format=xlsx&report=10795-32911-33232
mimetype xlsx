--- v0 (2025-12-20)
+++ v1 (2026-03-12)
@@ -33,51 +33,51 @@
   <si>
     <t>A</t>
   </si>
   <si>
     <t>B</t>
   </si>
   <si>
     <t>D</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t xml:space="preserve">heart + lung </t>
   </si>
   <si>
     <t xml:space="preserve">heart + lung + liver </t>
   </si>
   <si>
     <t>Active heart-lung waiting list (at year-end) in 2016, by country, by organ combination</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 3003P_2016_heart-lung : 01.01.2025 :  only active organ needs are counted</t>
+    <t>statistics.eurotransplant.org : 3003P_2016_heart-lung : 13.02.2026 :  only active organ needs are counted</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>