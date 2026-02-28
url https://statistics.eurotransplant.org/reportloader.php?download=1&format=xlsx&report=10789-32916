--- v0 (2025-10-19)
+++ v1 (2026-02-28)
@@ -8,203 +8,197 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="donation" sheetId="1" r:id="rId1"/>
     <sheet name="transplants" sheetId="2" r:id="rId2"/>
     <sheet name="waiting list" sheetId="3" r:id="rId3"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="152" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="150" uniqueCount="49">
   <si>
     <t>A</t>
   </si>
   <si>
     <t>B</t>
   </si>
   <si>
     <t>D</t>
   </si>
   <si>
     <t>H</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>L</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>SLO</t>
   </si>
   <si>
     <t>Non-ET</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>2015</t>
+    <t>2025</t>
   </si>
   <si>
     <t>donors</t>
   </si>
   <si>
     <t>multi-organ</t>
   </si>
   <si>
     <t>% multi-organ</t>
   </si>
   <si>
     <t>kidney</t>
   </si>
   <si>
     <t>heart</t>
   </si>
   <si>
     <t>lung</t>
   </si>
   <si>
     <t>liver</t>
   </si>
   <si>
     <t>pancreas</t>
   </si>
   <si>
     <t>pancreas islets</t>
   </si>
   <si>
-    <t>Deceased donors used for transplant in 2015, by donor country</t>
-[...8 lines deleted...]
-    <t>statistics.eurotransplant.org : 9023P_2015 : 10.02.2025 : by donor registration date, counting individual organs (lung, kidney)</t>
+    <t>Deceased donors used for transplant in 2025, by donor country</t>
+  </si>
+  <si>
+    <t>statistics.eurotransplant.org : 9023P_2025 : 12.02.2026 : based on date of donor registration</t>
+  </si>
+  <si>
+    <t>Deceased donor organs used for transplant in 2025, by donor country</t>
+  </si>
+  <si>
+    <t>statistics.eurotransplant.org : 9023P_2025 : 12.02.2026 : by donor registration date, counting individual organs (lung, kidney)</t>
   </si>
   <si>
     <t>kidney, pancreas (only)</t>
   </si>
   <si>
     <t xml:space="preserve">kidney </t>
   </si>
   <si>
     <t xml:space="preserve">pancreas </t>
   </si>
   <si>
     <t xml:space="preserve">pancreas islets </t>
   </si>
   <si>
     <t xml:space="preserve">pancreas + kidney </t>
   </si>
   <si>
     <t>heart, lung combinations</t>
   </si>
   <si>
     <t xml:space="preserve">heart </t>
   </si>
   <si>
     <t xml:space="preserve">lung </t>
   </si>
   <si>
     <t xml:space="preserve">lungs </t>
   </si>
   <si>
     <t xml:space="preserve">heart + lungs </t>
   </si>
   <si>
+    <t xml:space="preserve">heart + liver </t>
+  </si>
+  <si>
     <t xml:space="preserve">heart + kidney </t>
   </si>
   <si>
-    <t xml:space="preserve">lungs + liver </t>
-[...4 lines deleted...]
-  <si>
     <t>liver combinations</t>
   </si>
   <si>
     <t xml:space="preserve">liver </t>
   </si>
   <si>
     <t xml:space="preserve">split liver </t>
   </si>
   <si>
     <t xml:space="preserve">liver + pancreas </t>
   </si>
   <si>
+    <t xml:space="preserve">liver + pancreas + kidney </t>
+  </si>
+  <si>
     <t xml:space="preserve">liver + kidney </t>
   </si>
   <si>
     <t xml:space="preserve">split liver + kidney </t>
   </si>
   <si>
-    <t>Transplants (deceased donor) in 2015, by transplant country</t>
-[...2 lines deleted...]
-    <t>statistics.eurotransplant.org : 9023P_2015 : 10.02.2025 : based on transplant date (can differ from donor registration date)</t>
+    <t>Transplants (deceased donor) in 2025, by transplant country</t>
+  </si>
+  <si>
+    <t>statistics.eurotransplant.org : 9023P_2025 : 12.02.2026 : based on transplant date (can differ from donor registration date)</t>
   </si>
   <si>
     <t xml:space="preserve">heart + lung </t>
   </si>
   <si>
-    <t xml:space="preserve">heart + liver </t>
-[...11 lines deleted...]
-    <t>statistics.eurotransplant.org : 9023P_2015 : 10.02.2025 : at year-end, only including active patients</t>
+    <t xml:space="preserve">heart + liver + kidney </t>
+  </si>
+  <si>
+    <t>Active waiting list (at year-end) 2025, by country</t>
+  </si>
+  <si>
+    <t>statistics.eurotransplant.org : 9023P_2025 : 12.02.2026 : at year-end, only including active patients</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="172" formatCode="0"/>
     <numFmt numFmtId="173" formatCode="#,##0.0%"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
@@ -470,349 +464,347 @@
         <v>9</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="6"/>
       <c r="D4" s="6"/>
       <c r="E4" s="6"/>
       <c r="F4" s="6"/>
       <c r="G4" s="6"/>
       <c r="H4" s="6"/>
       <c r="I4" s="6"/>
       <c r="J4" s="6"/>
       <c r="K4" s="6"/>
       <c r="L4" s="7"/>
     </row>
     <row r="5" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A5" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="8" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="9">
-        <v>196</v>
+        <v>204</v>
       </c>
       <c r="D5" s="9">
-        <v>315</v>
+        <v>422</v>
       </c>
       <c r="E5" s="9">
-        <v>863</v>
+        <v>939</v>
       </c>
       <c r="F5" s="9">
-        <v>174</v>
+        <v>143</v>
       </c>
       <c r="G5" s="9">
-        <v>159</v>
+        <v>103</v>
       </c>
       <c r="H5" s="9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I5" s="9">
-        <v>265</v>
+        <v>308</v>
       </c>
       <c r="J5" s="9">
+        <v>47</v>
+      </c>
+      <c r="K5" s="9">
         <v>53</v>
       </c>
-      <c r="K5" s="9">
-[...1 lines deleted...]
-      </c>
       <c r="L5" s="10">
-        <v>2064</v>
+        <v>2221</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="2.6665" customHeight="1"/>
     <row r="7" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A7" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="8" t="s">
         <v>12</v>
       </c>
       <c r="C7" s="9">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D7" s="9">
-        <v>251</v>
+        <v>292</v>
       </c>
       <c r="E7" s="9">
-        <v>709</v>
+        <v>745</v>
       </c>
       <c r="F7" s="9">
-        <v>128</v>
+        <v>92</v>
       </c>
       <c r="G7" s="9">
-        <v>115</v>
+        <v>73</v>
       </c>
       <c r="H7" s="9">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I7" s="9">
-        <v>176</v>
+        <v>220</v>
       </c>
       <c r="J7" s="9">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="K7" s="9">
         <v>3</v>
       </c>
       <c r="L7" s="10">
-        <v>1574</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="2.6665" customHeight="1"/>
     <row r="9" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A9" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B9" s="8" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="11">
-        <v>770408.163265306e-6</v>
+        <v>745098.039215686e-6</v>
       </c>
       <c r="D9" s="11">
-        <v>796825.396825397e-6</v>
+        <v>691943.127962085e-6</v>
       </c>
       <c r="E9" s="11">
-        <v>821552.723059096e-6</v>
+        <v>793397.231096912e-6</v>
       </c>
       <c r="F9" s="11">
-        <v>735632.183908046e-6</v>
+        <v>643356.643356643e-6</v>
       </c>
       <c r="G9" s="11">
-        <v>723270.440251572e-6</v>
+        <v>708737.86407767e-6</v>
       </c>
       <c r="H9" s="11">
-        <v>1</v>
+        <v>500000e-6</v>
       </c>
       <c r="I9" s="11">
-        <v>664150.943396226e-6</v>
+        <v>714285.714285714e-6</v>
       </c>
       <c r="J9" s="11">
-        <v>716981.132075472e-6</v>
+        <v>702127.659574468e-6</v>
       </c>
       <c r="K9" s="11">
-        <v>83333.3333333333e-6</v>
+        <v>56603.7735849057e-6</v>
       </c>
       <c r="L9" s="12">
-        <v>762596.899224806e-6</v>
+        <v>725348.941918055e-6</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="2.6665" customHeight="1"/>
     <row r="11" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A11" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B11" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="9">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="D11" s="9">
-        <v>260</v>
+        <v>296</v>
       </c>
       <c r="E11" s="9">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="F11" s="9">
-        <v>162</v>
+        <v>115</v>
       </c>
       <c r="G11" s="9">
-        <v>124</v>
+        <v>76</v>
       </c>
       <c r="H11" s="9">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I11" s="9">
-        <v>253</v>
+        <v>272</v>
       </c>
       <c r="J11" s="9">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="K11" s="9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L11" s="10">
-        <v>1828</v>
+        <v>1768</v>
       </c>
     </row>
     <row r="12" s="1" customFormat="1" ht="2.6665" customHeight="1"/>
     <row r="13" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A13" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="8" t="s">
         <v>15</v>
       </c>
       <c r="C13" s="9">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="D13" s="9">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="E13" s="9">
-        <v>278</v>
+        <v>313</v>
       </c>
       <c r="F13" s="9">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="G13" s="9">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="H13" s="9">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I13" s="9">
-        <v>48</v>
+        <v>73</v>
       </c>
       <c r="J13" s="9">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K13" s="9">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="L13" s="10">
-        <v>605</v>
+        <v>692</v>
       </c>
     </row>
     <row r="14" s="1" customFormat="1" ht="2.6665" customHeight="1"/>
     <row r="15" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A15" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B15" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C15" s="9">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="D15" s="9">
-        <v>119</v>
+        <v>141</v>
       </c>
       <c r="E15" s="9">
-        <v>263</v>
+        <v>301</v>
       </c>
       <c r="F15" s="9">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="G15" s="9">
-        <v>21</v>
-[...3 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="H15" s="9"/>
       <c r="I15" s="9">
-        <v>71</v>
+        <v>114</v>
       </c>
       <c r="J15" s="9">
-        <v>6</v>
+        <v>17</v>
       </c>
       <c r="K15" s="9">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="L15" s="10">
-        <v>609</v>
+        <v>703</v>
       </c>
     </row>
     <row r="16" s="1" customFormat="1" ht="2.6665" customHeight="1"/>
     <row r="17" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A17" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C17" s="9">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="D17" s="9">
-        <v>263</v>
+        <v>370</v>
       </c>
       <c r="E17" s="9">
-        <v>717</v>
+        <v>801</v>
       </c>
       <c r="F17" s="9">
-        <v>122</v>
+        <v>89</v>
       </c>
       <c r="G17" s="9">
-        <v>143</v>
+        <v>96</v>
       </c>
       <c r="H17" s="9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I17" s="9">
-        <v>161</v>
+        <v>205</v>
       </c>
       <c r="J17" s="9">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="K17" s="9">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="L17" s="10">
-        <v>1606</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="18" s="1" customFormat="1" ht="2.6665" customHeight="1"/>
     <row r="19" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A19" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B19" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C19" s="9">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="D19" s="9">
-        <v>50</v>
+        <v>19</v>
       </c>
       <c r="E19" s="9">
-        <v>101</v>
+        <v>76</v>
       </c>
       <c r="F19" s="9">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="G19" s="9">
-        <v>8</v>
-[...3 lines deleted...]
-      </c>
+        <v>3</v>
+      </c>
+      <c r="H19" s="9"/>
       <c r="I19" s="9">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="J19" s="9">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="K19" s="9"/>
+        <v>2</v>
+      </c>
+      <c r="K19" s="9">
+        <v>1</v>
+      </c>
       <c r="L19" s="10">
-        <v>259</v>
+        <v>161</v>
       </c>
     </row>
     <row r="20" s="1" customFormat="1" ht="5.333" customHeight="1"/>
     <row r="21" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A21" s="18" t="s">
         <v>21</v>
       </c>
       <c r="B21" s="18"/>
       <c r="C21" s="18"/>
       <c r="D21" s="18"/>
       <c r="E21" s="18"/>
       <c r="F21" s="18"/>
       <c r="G21" s="18"/>
       <c r="H21" s="18"/>
       <c r="I21" s="18"/>
       <c r="J21" s="18"/>
       <c r="K21" s="18"/>
       <c r="L21" s="18"/>
       <c r="M21" s="18"/>
     </row>
     <row r="22" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
     <row r="23" s="1" customFormat="1" ht="28.7982" customHeight="1">
       <c r="A23" s="17" t="s">
         <v>22</v>
       </c>
@@ -864,324 +856,320 @@
         <v>9</v>
       </c>
     </row>
     <row r="26" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A26" s="14"/>
       <c r="B26" s="14"/>
       <c r="C26" s="14"/>
       <c r="D26" s="14"/>
       <c r="E26" s="14"/>
       <c r="F26" s="14"/>
       <c r="G26" s="14"/>
       <c r="H26" s="14"/>
       <c r="I26" s="14"/>
       <c r="J26" s="14"/>
       <c r="K26" s="14"/>
       <c r="L26" s="14"/>
     </row>
     <row r="27" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A27" s="15" t="s">
         <v>10</v>
       </c>
       <c r="B27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="9">
-        <v>347</v>
+        <v>328</v>
       </c>
       <c r="D27" s="9">
-        <v>490</v>
+        <v>542</v>
       </c>
       <c r="E27" s="9">
-        <v>1534</v>
+        <v>1507</v>
       </c>
       <c r="F27" s="9">
-        <v>312</v>
+        <v>216</v>
       </c>
       <c r="G27" s="9">
-        <v>227</v>
+        <v>134</v>
       </c>
       <c r="H27" s="9">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I27" s="9">
-        <v>468</v>
+        <v>513</v>
       </c>
       <c r="J27" s="9">
-        <v>81</v>
+        <v>57</v>
       </c>
       <c r="K27" s="9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L27" s="10">
-        <v>3469</v>
+        <v>3301</v>
       </c>
     </row>
     <row r="28" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A28" s="16"/>
       <c r="B28" s="16"/>
       <c r="C28" s="16"/>
       <c r="D28" s="16"/>
       <c r="E28" s="16"/>
       <c r="F28" s="16"/>
       <c r="G28" s="16"/>
       <c r="H28" s="16"/>
       <c r="I28" s="16"/>
       <c r="J28" s="16"/>
       <c r="K28" s="16"/>
       <c r="L28" s="16"/>
     </row>
     <row r="29" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A29" s="15" t="s">
         <v>10</v>
       </c>
       <c r="B29" s="8" t="s">
         <v>15</v>
       </c>
       <c r="C29" s="9">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="D29" s="9">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="E29" s="9">
-        <v>278</v>
+        <v>313</v>
       </c>
       <c r="F29" s="9">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="G29" s="9">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="H29" s="9">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I29" s="9">
-        <v>48</v>
+        <v>73</v>
       </c>
       <c r="J29" s="9">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K29" s="9">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="L29" s="10">
-        <v>605</v>
+        <v>692</v>
       </c>
     </row>
     <row r="30" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A30" s="16"/>
       <c r="B30" s="16"/>
       <c r="C30" s="16"/>
       <c r="D30" s="16"/>
       <c r="E30" s="16"/>
       <c r="F30" s="16"/>
       <c r="G30" s="16"/>
       <c r="H30" s="16"/>
       <c r="I30" s="16"/>
       <c r="J30" s="16"/>
       <c r="K30" s="16"/>
       <c r="L30" s="16"/>
     </row>
     <row r="31" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A31" s="15" t="s">
         <v>10</v>
       </c>
       <c r="B31" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C31" s="9">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="D31" s="9">
-        <v>233</v>
+        <v>281</v>
       </c>
       <c r="E31" s="9">
-        <v>514</v>
+        <v>596</v>
       </c>
       <c r="F31" s="9">
-        <v>72</v>
+        <v>48</v>
       </c>
       <c r="G31" s="9">
-        <v>42</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="H31" s="9"/>
       <c r="I31" s="9">
-        <v>137</v>
+        <v>228</v>
       </c>
       <c r="J31" s="9">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="K31" s="9">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="L31" s="10">
-        <v>1193</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="32" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A32" s="16"/>
       <c r="B32" s="16"/>
       <c r="C32" s="16"/>
       <c r="D32" s="16"/>
       <c r="E32" s="16"/>
       <c r="F32" s="16"/>
       <c r="G32" s="16"/>
       <c r="H32" s="16"/>
       <c r="I32" s="16"/>
       <c r="J32" s="16"/>
       <c r="K32" s="16"/>
       <c r="L32" s="16"/>
     </row>
     <row r="33" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A33" s="15" t="s">
         <v>10</v>
       </c>
       <c r="B33" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C33" s="9">
-        <v>146</v>
+        <v>154</v>
       </c>
       <c r="D33" s="9">
-        <v>269</v>
+        <v>381</v>
       </c>
       <c r="E33" s="9">
-        <v>730</v>
+        <v>821</v>
       </c>
       <c r="F33" s="9">
-        <v>125</v>
+        <v>91</v>
       </c>
       <c r="G33" s="9">
-        <v>150</v>
+        <v>96</v>
       </c>
       <c r="H33" s="9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I33" s="9">
-        <v>166</v>
+        <v>207</v>
       </c>
       <c r="J33" s="9">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="K33" s="9">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="L33" s="10">
-        <v>1641</v>
+        <v>1802</v>
       </c>
     </row>
     <row r="34" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A34" s="16"/>
       <c r="B34" s="16"/>
       <c r="C34" s="16"/>
       <c r="D34" s="16"/>
       <c r="E34" s="16"/>
       <c r="F34" s="16"/>
       <c r="G34" s="16"/>
       <c r="H34" s="16"/>
       <c r="I34" s="16"/>
       <c r="J34" s="16"/>
       <c r="K34" s="16"/>
       <c r="L34" s="16"/>
     </row>
     <row r="35" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A35" s="15" t="s">
         <v>10</v>
       </c>
       <c r="B35" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C35" s="9">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="D35" s="9">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="E35" s="9">
-        <v>101</v>
+        <v>76</v>
       </c>
       <c r="F35" s="9">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="G35" s="9">
-        <v>8</v>
-[...3 lines deleted...]
-      </c>
+        <v>3</v>
+      </c>
+      <c r="H35" s="9"/>
       <c r="I35" s="9">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="J35" s="9">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="K35" s="9"/>
+        <v>2</v>
+      </c>
+      <c r="K35" s="9">
+        <v>1</v>
+      </c>
       <c r="L35" s="10">
-        <v>192</v>
+        <v>152</v>
       </c>
     </row>
     <row r="36" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A36" s="16"/>
       <c r="B36" s="16"/>
       <c r="C36" s="16"/>
       <c r="D36" s="16"/>
       <c r="E36" s="16"/>
       <c r="F36" s="16"/>
       <c r="G36" s="16"/>
       <c r="H36" s="16"/>
       <c r="I36" s="16"/>
       <c r="J36" s="16"/>
       <c r="K36" s="16"/>
       <c r="L36" s="16"/>
     </row>
     <row r="37" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A37" s="15" t="s">
         <v>10</v>
       </c>
       <c r="B37" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C37" s="9"/>
       <c r="D37" s="9">
-        <v>38</v>
+        <v>3</v>
       </c>
       <c r="E37" s="9"/>
       <c r="F37" s="9"/>
       <c r="G37" s="9"/>
       <c r="H37" s="9"/>
       <c r="I37" s="9">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="J37" s="9"/>
       <c r="K37" s="9"/>
       <c r="L37" s="10">
-        <v>67</v>
+        <v>9</v>
       </c>
     </row>
     <row r="38" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A38" s="16"/>
       <c r="B38" s="16"/>
       <c r="C38" s="16"/>
       <c r="D38" s="16"/>
       <c r="E38" s="16"/>
       <c r="F38" s="16"/>
       <c r="G38" s="16"/>
       <c r="H38" s="16"/>
       <c r="I38" s="16"/>
       <c r="J38" s="16"/>
       <c r="K38" s="16"/>
       <c r="L38" s="16"/>
     </row>
     <row r="39" s="1" customFormat="1" ht="2.6665" customHeight="1"/>
     <row r="40" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A40" s="18" t="s">
         <v>23</v>
       </c>
       <c r="B40" s="18"/>
       <c r="C40" s="18"/>
       <c r="D40" s="18"/>
       <c r="E40" s="18"/>
@@ -1271,195 +1259,195 @@
       <c r="K3" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A4" s="14"/>
       <c r="B4" s="14"/>
       <c r="C4" s="14"/>
       <c r="D4" s="14"/>
       <c r="E4" s="14"/>
       <c r="F4" s="14"/>
       <c r="G4" s="14"/>
       <c r="H4" s="14"/>
       <c r="I4" s="14"/>
       <c r="J4" s="14"/>
       <c r="K4" s="14"/>
     </row>
     <row r="5" s="1" customFormat="1" ht="15.4657" customHeight="1">
       <c r="A5" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="20" t="s">
         <v>25</v>
       </c>
       <c r="C5" s="9">
-        <v>325</v>
+        <v>299</v>
       </c>
       <c r="D5" s="9">
-        <v>445</v>
+        <v>439</v>
       </c>
       <c r="E5" s="9">
-        <v>1451</v>
+        <v>1499</v>
       </c>
       <c r="F5" s="9">
-        <v>287</v>
+        <v>189</v>
       </c>
       <c r="G5" s="9">
-        <v>200</v>
+        <v>112</v>
       </c>
       <c r="H5" s="9">
-        <v>442</v>
+        <v>514</v>
       </c>
       <c r="I5" s="9">
-        <v>58</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="J5" s="9"/>
       <c r="K5" s="10">
-        <v>3209</v>
+        <v>3094</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A6" s="16"/>
       <c r="B6" s="16"/>
       <c r="C6" s="16"/>
       <c r="D6" s="16"/>
       <c r="E6" s="16"/>
       <c r="F6" s="16"/>
       <c r="G6" s="16"/>
       <c r="H6" s="16"/>
       <c r="I6" s="16"/>
       <c r="J6" s="16"/>
       <c r="K6" s="16"/>
     </row>
     <row r="7" s="1" customFormat="1" ht="15.4657" customHeight="1">
       <c r="A7" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="20" t="s">
         <v>26</v>
       </c>
       <c r="C7" s="9">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D7" s="9"/>
       <c r="E7" s="9">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="F7" s="9"/>
+        <v>4</v>
+      </c>
+      <c r="F7" s="9">
+        <v>2</v>
+      </c>
       <c r="G7" s="9"/>
       <c r="H7" s="9">
         <v>3</v>
       </c>
       <c r="I7" s="9"/>
       <c r="J7" s="9"/>
       <c r="K7" s="10">
-        <v>13</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A8" s="16"/>
       <c r="B8" s="16"/>
       <c r="C8" s="16"/>
       <c r="D8" s="16"/>
       <c r="E8" s="16"/>
       <c r="F8" s="16"/>
       <c r="G8" s="16"/>
       <c r="H8" s="16"/>
       <c r="I8" s="16"/>
       <c r="J8" s="16"/>
       <c r="K8" s="16"/>
     </row>
     <row r="9" s="1" customFormat="1" ht="15.4657" customHeight="1">
       <c r="A9" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B9" s="20" t="s">
         <v>27</v>
       </c>
       <c r="C9" s="9"/>
       <c r="D9" s="9">
-        <v>57</v>
+        <v>2</v>
       </c>
       <c r="E9" s="9"/>
       <c r="F9" s="9"/>
       <c r="G9" s="9"/>
       <c r="H9" s="9">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="I9" s="9"/>
       <c r="J9" s="9"/>
       <c r="K9" s="10">
-        <v>67</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A10" s="16"/>
       <c r="B10" s="16"/>
       <c r="C10" s="16"/>
       <c r="D10" s="16"/>
       <c r="E10" s="16"/>
       <c r="F10" s="16"/>
       <c r="G10" s="16"/>
       <c r="H10" s="16"/>
       <c r="I10" s="16"/>
       <c r="J10" s="16"/>
       <c r="K10" s="16"/>
     </row>
     <row r="11" s="1" customFormat="1" ht="15.4657" customHeight="1">
       <c r="A11" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B11" s="20" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="9">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="D11" s="9">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="E11" s="9">
-        <v>93</v>
+        <v>79</v>
       </c>
       <c r="F11" s="9">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="G11" s="9">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="H11" s="9">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="I11" s="9">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="J11" s="9"/>
       <c r="K11" s="10">
-        <v>175</v>
+        <v>135</v>
       </c>
     </row>
     <row r="12" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A12" s="16"/>
       <c r="B12" s="16"/>
       <c r="C12" s="16"/>
       <c r="D12" s="16"/>
       <c r="E12" s="16"/>
       <c r="F12" s="16"/>
       <c r="G12" s="16"/>
       <c r="H12" s="16"/>
       <c r="I12" s="16"/>
       <c r="J12" s="16"/>
       <c r="K12" s="16"/>
     </row>
     <row r="13" s="1" customFormat="1" ht="2.6665" customHeight="1"/>
     <row r="14" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A14" s="13" t="s">
         <v>29</v>
       </c>
       <c r="B14" s="13"/>
       <c r="C14" s="3" t="s">
         <v>0</v>
       </c>
       <c r="D14" s="3" t="s">
@@ -1489,614 +1477,622 @@
     </row>
     <row r="15" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A15" s="14"/>
       <c r="B15" s="14"/>
       <c r="C15" s="14"/>
       <c r="D15" s="14"/>
       <c r="E15" s="14"/>
       <c r="F15" s="14"/>
       <c r="G15" s="14"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="14"/>
     </row>
     <row r="16" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A16" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B16" s="20" t="s">
         <v>30</v>
       </c>
       <c r="C16" s="9">
         <v>65</v>
       </c>
       <c r="D16" s="9">
-        <v>78</v>
+        <v>66</v>
       </c>
       <c r="E16" s="9">
-        <v>283</v>
+        <v>358</v>
       </c>
       <c r="F16" s="9">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G16" s="9">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="H16" s="9">
-        <v>53</v>
+        <v>76</v>
       </c>
       <c r="I16" s="9">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="J16" s="9">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="K16" s="10">
-        <v>593</v>
+        <v>677</v>
       </c>
     </row>
     <row r="17" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A17" s="16"/>
       <c r="B17" s="16"/>
       <c r="C17" s="16"/>
       <c r="D17" s="16"/>
       <c r="E17" s="16"/>
       <c r="F17" s="16"/>
       <c r="G17" s="16"/>
       <c r="H17" s="16"/>
       <c r="I17" s="16"/>
       <c r="J17" s="16"/>
       <c r="K17" s="16"/>
     </row>
     <row r="18" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A18" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B18" s="20" t="s">
         <v>31</v>
       </c>
       <c r="C18" s="9">
         <v>4</v>
       </c>
       <c r="D18" s="9">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E18" s="9">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="F18" s="9"/>
       <c r="G18" s="9"/>
       <c r="H18" s="9">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I18" s="9"/>
-      <c r="J18" s="9"/>
+      <c r="J18" s="9">
+        <v>1</v>
+      </c>
       <c r="K18" s="10">
-        <v>49</v>
+        <v>23</v>
       </c>
     </row>
     <row r="19" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A19" s="16"/>
       <c r="B19" s="16"/>
       <c r="C19" s="16"/>
       <c r="D19" s="16"/>
       <c r="E19" s="16"/>
       <c r="F19" s="16"/>
       <c r="G19" s="16"/>
       <c r="H19" s="16"/>
       <c r="I19" s="16"/>
       <c r="J19" s="16"/>
       <c r="K19" s="16"/>
     </row>
     <row r="20" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A20" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B20" s="20" t="s">
         <v>32</v>
       </c>
       <c r="C20" s="9">
-        <v>125</v>
+        <v>100</v>
       </c>
       <c r="D20" s="9">
-        <v>103</v>
+        <v>116</v>
       </c>
       <c r="E20" s="9">
-        <v>262</v>
-[...2 lines deleted...]
-      <c r="G20" s="9"/>
+        <v>312</v>
+      </c>
+      <c r="F20" s="9">
+        <v>17</v>
+      </c>
+      <c r="G20" s="9">
+        <v>6</v>
+      </c>
       <c r="H20" s="9">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="I20" s="9"/>
+        <v>116</v>
+      </c>
+      <c r="I20" s="9">
+        <v>10</v>
+      </c>
       <c r="J20" s="9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K20" s="10">
-        <v>558</v>
+        <v>679</v>
       </c>
     </row>
     <row r="21" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A21" s="16"/>
       <c r="B21" s="16"/>
       <c r="C21" s="16"/>
       <c r="D21" s="16"/>
       <c r="E21" s="16"/>
       <c r="F21" s="16"/>
       <c r="G21" s="16"/>
       <c r="H21" s="16"/>
       <c r="I21" s="16"/>
       <c r="J21" s="16"/>
       <c r="K21" s="16"/>
     </row>
     <row r="22" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A22" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B22" s="20" t="s">
         <v>33</v>
       </c>
       <c r="C22" s="9"/>
-      <c r="D22" s="9">
-[...1 lines deleted...]
-      </c>
+      <c r="D22" s="9"/>
       <c r="E22" s="9">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F22" s="9"/>
       <c r="G22" s="9"/>
       <c r="H22" s="9">
         <v>1</v>
       </c>
       <c r="I22" s="9"/>
       <c r="J22" s="9"/>
       <c r="K22" s="10">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="23" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A23" s="16"/>
       <c r="B23" s="16"/>
       <c r="C23" s="16"/>
       <c r="D23" s="16"/>
       <c r="E23" s="16"/>
       <c r="F23" s="16"/>
       <c r="G23" s="16"/>
       <c r="H23" s="16"/>
       <c r="I23" s="16"/>
       <c r="J23" s="16"/>
       <c r="K23" s="16"/>
     </row>
     <row r="24" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A24" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B24" s="20" t="s">
         <v>34</v>
       </c>
       <c r="C24" s="9">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D24" s="9">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E24" s="9">
         <v>1</v>
       </c>
       <c r="F24" s="9"/>
       <c r="G24" s="9"/>
       <c r="H24" s="9"/>
-      <c r="I24" s="9">
-[...1 lines deleted...]
-      </c>
+      <c r="I24" s="9"/>
       <c r="J24" s="9"/>
       <c r="K24" s="10">
-        <v>7</v>
+        <v>3</v>
       </c>
     </row>
     <row r="25" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A25" s="16"/>
       <c r="B25" s="16"/>
       <c r="C25" s="16"/>
       <c r="D25" s="16"/>
       <c r="E25" s="16"/>
       <c r="F25" s="16"/>
       <c r="G25" s="16"/>
       <c r="H25" s="16"/>
       <c r="I25" s="16"/>
       <c r="J25" s="16"/>
       <c r="K25" s="16"/>
     </row>
     <row r="26" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A26" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B26" s="20" t="s">
         <v>35</v>
       </c>
       <c r="C26" s="9">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D26" s="9">
-        <v>4</v>
-[...4 lines deleted...]
-      <c r="F26" s="9"/>
+        <v>3</v>
+      </c>
+      <c r="E26" s="9"/>
+      <c r="F26" s="9">
+        <v>1</v>
+      </c>
       <c r="G26" s="9"/>
       <c r="H26" s="9"/>
       <c r="I26" s="9"/>
       <c r="J26" s="9"/>
       <c r="K26" s="10">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A27" s="16"/>
       <c r="B27" s="16"/>
       <c r="C27" s="16"/>
       <c r="D27" s="16"/>
       <c r="E27" s="16"/>
       <c r="F27" s="16"/>
       <c r="G27" s="16"/>
       <c r="H27" s="16"/>
       <c r="I27" s="16"/>
       <c r="J27" s="16"/>
       <c r="K27" s="16"/>
     </row>
-    <row r="28" s="1" customFormat="1" ht="17.0656" customHeight="1">
-[...3 lines deleted...]
-      <c r="B28" s="20" t="s">
+    <row r="28" s="1" customFormat="1" ht="2.6665" customHeight="1"/>
+    <row r="29" s="1" customFormat="1" ht="17.0656" customHeight="1">
+      <c r="A29" s="13" t="s">
         <v>36</v>
       </c>
-      <c r="C28" s="9"/>
-[...26 lines deleted...]
-    <row r="30" s="1" customFormat="1" ht="2.6665" customHeight="1"/>
+      <c r="B29" s="13"/>
+      <c r="C29" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="D29" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="H29" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="I29" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="J29" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="K29" s="4" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="30" s="1" customFormat="1" ht="2.6665" customHeight="1">
+      <c r="A30" s="14"/>
+      <c r="B30" s="14"/>
+      <c r="C30" s="14"/>
+      <c r="D30" s="14"/>
+      <c r="E30" s="14"/>
+      <c r="F30" s="14"/>
+      <c r="G30" s="14"/>
+      <c r="H30" s="14"/>
+      <c r="I30" s="14"/>
+      <c r="J30" s="14"/>
+      <c r="K30" s="14"/>
+    </row>
     <row r="31" s="1" customFormat="1" ht="17.0656" customHeight="1">
-      <c r="A31" s="13" t="s">
+      <c r="A31" s="19" t="s">
+        <v>10</v>
+      </c>
+      <c r="B31" s="20" t="s">
         <v>37</v>
       </c>
-      <c r="B31" s="13"/>
-[...9 lines deleted...]
-      <c r="F31" s="3" t="s">
+      <c r="C31" s="9">
+        <v>142</v>
+      </c>
+      <c r="D31" s="9">
+        <v>311</v>
+      </c>
+      <c r="E31" s="9">
+        <v>799</v>
+      </c>
+      <c r="F31" s="9">
+        <v>71</v>
+      </c>
+      <c r="G31" s="9">
+        <v>119</v>
+      </c>
+      <c r="H31" s="9">
+        <v>207</v>
+      </c>
+      <c r="I31" s="9">
+        <v>22</v>
+      </c>
+      <c r="J31" s="9">
         <v>3</v>
       </c>
-      <c r="G31" s="3" t="s">
-[...12 lines deleted...]
-        <v>9</v>
+      <c r="K31" s="10">
+        <v>1674</v>
       </c>
     </row>
     <row r="32" s="1" customFormat="1" ht="2.6665" customHeight="1">
-      <c r="A32" s="14"/>
-[...9 lines deleted...]
-      <c r="K32" s="14"/>
+      <c r="A32" s="16"/>
+      <c r="B32" s="16"/>
+      <c r="C32" s="16"/>
+      <c r="D32" s="16"/>
+      <c r="E32" s="16"/>
+      <c r="F32" s="16"/>
+      <c r="G32" s="16"/>
+      <c r="H32" s="16"/>
+      <c r="I32" s="16"/>
+      <c r="J32" s="16"/>
+      <c r="K32" s="16"/>
     </row>
     <row r="33" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A33" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B33" s="20" t="s">
         <v>38</v>
       </c>
       <c r="C33" s="9">
-        <v>135</v>
+        <v>5</v>
       </c>
       <c r="D33" s="9">
-        <v>231</v>
+        <v>15</v>
       </c>
       <c r="E33" s="9">
-        <v>774</v>
-[...6 lines deleted...]
-      </c>
+        <v>56</v>
+      </c>
+      <c r="F33" s="9"/>
+      <c r="G33" s="9"/>
       <c r="H33" s="9">
-        <v>135</v>
-[...3 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="I33" s="9"/>
       <c r="J33" s="9"/>
       <c r="K33" s="10">
-        <v>1523</v>
+        <v>77</v>
       </c>
     </row>
     <row r="34" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A34" s="16"/>
       <c r="B34" s="16"/>
       <c r="C34" s="16"/>
       <c r="D34" s="16"/>
       <c r="E34" s="16"/>
       <c r="F34" s="16"/>
       <c r="G34" s="16"/>
       <c r="H34" s="16"/>
       <c r="I34" s="16"/>
       <c r="J34" s="16"/>
       <c r="K34" s="16"/>
     </row>
     <row r="35" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A35" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B35" s="20" t="s">
         <v>39</v>
       </c>
-      <c r="C35" s="9">
-[...1 lines deleted...]
-      </c>
+      <c r="C35" s="9"/>
       <c r="D35" s="9">
+        <v>2</v>
+      </c>
+      <c r="E35" s="9">
         <v>3</v>
       </c>
-      <c r="E35" s="9">
-[...8 lines deleted...]
-      </c>
+      <c r="F35" s="9"/>
+      <c r="G35" s="9">
+        <v>1</v>
+      </c>
+      <c r="H35" s="9"/>
       <c r="I35" s="9"/>
       <c r="J35" s="9"/>
       <c r="K35" s="10">
-        <v>70</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A36" s="16"/>
       <c r="B36" s="16"/>
       <c r="C36" s="16"/>
       <c r="D36" s="16"/>
       <c r="E36" s="16"/>
       <c r="F36" s="16"/>
       <c r="G36" s="16"/>
       <c r="H36" s="16"/>
       <c r="I36" s="16"/>
       <c r="J36" s="16"/>
       <c r="K36" s="16"/>
     </row>
-    <row r="37" s="1" customFormat="1" ht="17.0656" customHeight="1">
+    <row r="37" s="1" customFormat="1" ht="23.9985" customHeight="1">
       <c r="A37" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B37" s="20" t="s">
         <v>40</v>
       </c>
       <c r="C37" s="9"/>
       <c r="D37" s="9"/>
       <c r="E37" s="9">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F37" s="9"/>
       <c r="G37" s="9"/>
       <c r="H37" s="9"/>
       <c r="I37" s="9"/>
       <c r="J37" s="9"/>
       <c r="K37" s="10">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="38" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A38" s="16"/>
       <c r="B38" s="16"/>
       <c r="C38" s="16"/>
       <c r="D38" s="16"/>
       <c r="E38" s="16"/>
       <c r="F38" s="16"/>
       <c r="G38" s="16"/>
       <c r="H38" s="16"/>
       <c r="I38" s="16"/>
       <c r="J38" s="16"/>
       <c r="K38" s="16"/>
     </row>
     <row r="39" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A39" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B39" s="20" t="s">
         <v>41</v>
       </c>
       <c r="C39" s="9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D39" s="9">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E39" s="9">
-        <v>6</v>
-[...4 lines deleted...]
-      <c r="G39" s="9"/>
+        <v>14</v>
+      </c>
+      <c r="F39" s="9"/>
+      <c r="G39" s="9">
+        <v>2</v>
+      </c>
       <c r="H39" s="9">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="I39" s="9"/>
       <c r="J39" s="9"/>
       <c r="K39" s="10">
-        <v>30</v>
+        <v>41</v>
       </c>
     </row>
     <row r="40" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A40" s="16"/>
       <c r="B40" s="16"/>
       <c r="C40" s="16"/>
       <c r="D40" s="16"/>
       <c r="E40" s="16"/>
       <c r="F40" s="16"/>
       <c r="G40" s="16"/>
       <c r="H40" s="16"/>
       <c r="I40" s="16"/>
       <c r="J40" s="16"/>
       <c r="K40" s="16"/>
     </row>
     <row r="41" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A41" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B41" s="20" t="s">
         <v>42</v>
       </c>
       <c r="C41" s="9"/>
       <c r="D41" s="9">
         <v>1</v>
       </c>
-      <c r="E41" s="9"/>
+      <c r="E41" s="9">
+        <v>1</v>
+      </c>
       <c r="F41" s="9"/>
       <c r="G41" s="9"/>
-      <c r="H41" s="9">
-[...1 lines deleted...]
-      </c>
+      <c r="H41" s="9"/>
       <c r="I41" s="9"/>
       <c r="J41" s="9"/>
       <c r="K41" s="10">
         <v>2</v>
       </c>
     </row>
     <row r="42" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A42" s="16"/>
       <c r="B42" s="16"/>
       <c r="C42" s="16"/>
       <c r="D42" s="16"/>
       <c r="E42" s="16"/>
       <c r="F42" s="16"/>
       <c r="G42" s="16"/>
       <c r="H42" s="16"/>
       <c r="I42" s="16"/>
       <c r="J42" s="16"/>
       <c r="K42" s="16"/>
     </row>
     <row r="43" s="1" customFormat="1" ht="2.6665" customHeight="1"/>
     <row r="44" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A44" s="18" t="s">
         <v>44</v>
       </c>
       <c r="B44" s="18"/>
       <c r="C44" s="18"/>
       <c r="D44" s="18"/>
       <c r="E44" s="18"/>
       <c r="F44" s="18"/>
       <c r="G44" s="18"/>
       <c r="H44" s="18"/>
       <c r="I44" s="18"/>
       <c r="J44" s="18"/>
       <c r="K44" s="18"/>
       <c r="L44" s="18"/>
     </row>
     <row r="45" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A14:B14"/>
+    <mergeCell ref="A29:B29"/>
     <mergeCell ref="A3:B3"/>
-    <mergeCell ref="A31:B31"/>
     <mergeCell ref="A44:L44"/>
   </mergeCells>
   <pageSetup paperSize="9" scale="100" orientation="portrait"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:K33"/>
+  <dimension ref="A1:K31"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="6.293812" customWidth="1"/>
     <col min="2" max="2" width="27.3149533333333" customWidth="1"/>
     <col min="3" max="10" width="6.293812" customWidth="1"/>
     <col min="11" max="11" width="166800e-6" customWidth="1"/>
     <col min="12" max="12" width="4.68148133333333" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="1" ht="28.7982" customHeight="1">
       <c r="A1" s="17" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B1" s="17"/>
       <c r="C1" s="17"/>
       <c r="D1" s="17"/>
       <c r="E1" s="17"/>
       <c r="F1" s="17"/>
       <c r="G1" s="17"/>
       <c r="H1" s="17"/>
       <c r="I1" s="17"/>
       <c r="J1" s="17"/>
       <c r="K1" s="17"/>
     </row>
     <row r="2" s="1" customFormat="1" ht="5.333" customHeight="1"/>
     <row r="3" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A3" s="13"/>
       <c r="B3" s="13"/>
       <c r="C3" s="3" t="s">
         <v>0</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>2</v>
       </c>
@@ -2114,568 +2110,536 @@
       </c>
       <c r="J3" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A4" s="14"/>
       <c r="B4" s="14"/>
       <c r="C4" s="14"/>
       <c r="D4" s="14"/>
       <c r="E4" s="14"/>
       <c r="F4" s="14"/>
       <c r="G4" s="14"/>
       <c r="H4" s="14"/>
       <c r="I4" s="14"/>
       <c r="J4" s="14"/>
     </row>
     <row r="5" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A5" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="20" t="s">
         <v>25</v>
       </c>
       <c r="C5" s="9">
-        <v>608</v>
+        <v>565</v>
       </c>
       <c r="D5" s="9">
-        <v>813</v>
+        <v>1175</v>
       </c>
       <c r="E5" s="9">
-        <v>7530</v>
+        <v>5935</v>
       </c>
       <c r="F5" s="9">
-        <v>744</v>
+        <v>753</v>
       </c>
       <c r="G5" s="9">
-        <v>111</v>
+        <v>248</v>
       </c>
       <c r="H5" s="9">
-        <v>544</v>
+        <v>1210</v>
       </c>
       <c r="I5" s="9">
-        <v>50</v>
+        <v>67</v>
       </c>
       <c r="J5" s="10">
-        <v>10400</v>
+        <v>9953</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A6" s="16"/>
       <c r="B6" s="16"/>
       <c r="C6" s="16"/>
       <c r="D6" s="16"/>
       <c r="E6" s="16"/>
       <c r="F6" s="16"/>
       <c r="G6" s="16"/>
       <c r="H6" s="16"/>
       <c r="I6" s="16"/>
       <c r="J6" s="16"/>
     </row>
     <row r="7" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A7" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="20" t="s">
         <v>30</v>
       </c>
       <c r="C7" s="9">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="D7" s="9">
-        <v>110</v>
+        <v>50</v>
       </c>
       <c r="E7" s="9">
-        <v>773</v>
+        <v>721</v>
       </c>
       <c r="F7" s="9">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="G7" s="9">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H7" s="9">
-        <v>101</v>
+        <v>121</v>
       </c>
       <c r="I7" s="9">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="J7" s="10">
-        <v>1140</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A8" s="16"/>
       <c r="B8" s="16"/>
       <c r="C8" s="16"/>
       <c r="D8" s="16"/>
       <c r="E8" s="16"/>
       <c r="F8" s="16"/>
       <c r="G8" s="16"/>
       <c r="H8" s="16"/>
       <c r="I8" s="16"/>
       <c r="J8" s="16"/>
     </row>
     <row r="9" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A9" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B9" s="20" t="s">
         <v>31</v>
       </c>
       <c r="C9" s="9">
-        <v>72</v>
+        <v>32</v>
       </c>
       <c r="D9" s="9">
-        <v>102</v>
+        <v>50</v>
       </c>
       <c r="E9" s="9">
-        <v>396</v>
-[...2 lines deleted...]
-      <c r="G9" s="9"/>
+        <v>318</v>
+      </c>
+      <c r="F9" s="9">
+        <v>15</v>
+      </c>
+      <c r="G9" s="9">
+        <v>7</v>
+      </c>
       <c r="H9" s="9">
-        <v>176</v>
-[...1 lines deleted...]
-      <c r="I9" s="9"/>
+        <v>173</v>
+      </c>
+      <c r="I9" s="9">
+        <v>8</v>
+      </c>
       <c r="J9" s="10">
-        <v>746</v>
+        <v>603</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A10" s="16"/>
       <c r="B10" s="16"/>
       <c r="C10" s="16"/>
       <c r="D10" s="16"/>
       <c r="E10" s="16"/>
       <c r="F10" s="16"/>
       <c r="G10" s="16"/>
       <c r="H10" s="16"/>
       <c r="I10" s="16"/>
       <c r="J10" s="16"/>
     </row>
     <row r="11" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A11" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B11" s="20" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C11" s="9">
-        <v>61</v>
+        <v>36</v>
       </c>
       <c r="D11" s="9">
-        <v>172</v>
+        <v>128</v>
       </c>
       <c r="E11" s="9">
-        <v>1233</v>
+        <v>905</v>
       </c>
       <c r="F11" s="9">
-        <v>104</v>
+        <v>124</v>
       </c>
       <c r="G11" s="9">
-        <v>62</v>
+        <v>317</v>
       </c>
       <c r="H11" s="9">
-        <v>109</v>
+        <v>70</v>
       </c>
       <c r="I11" s="9">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="J11" s="10">
-        <v>1759</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="12" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A12" s="16"/>
       <c r="B12" s="16"/>
       <c r="C12" s="16"/>
       <c r="D12" s="16"/>
       <c r="E12" s="16"/>
       <c r="F12" s="16"/>
       <c r="G12" s="16"/>
       <c r="H12" s="16"/>
       <c r="I12" s="16"/>
       <c r="J12" s="16"/>
     </row>
     <row r="13" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A13" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="20" t="s">
         <v>26</v>
       </c>
-      <c r="C13" s="9">
-[...1 lines deleted...]
-      </c>
+      <c r="C13" s="9"/>
       <c r="D13" s="9">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="E13" s="9">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="F13" s="9"/>
       <c r="G13" s="9"/>
       <c r="H13" s="9">
-        <v>21</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I13" s="9"/>
       <c r="J13" s="10">
-        <v>92</v>
+        <v>50</v>
       </c>
     </row>
     <row r="14" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A14" s="16"/>
       <c r="B14" s="16"/>
       <c r="C14" s="16"/>
       <c r="D14" s="16"/>
       <c r="E14" s="16"/>
       <c r="F14" s="16"/>
       <c r="G14" s="16"/>
       <c r="H14" s="16"/>
       <c r="I14" s="16"/>
       <c r="J14" s="16"/>
     </row>
     <row r="15" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A15" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B15" s="20" t="s">
         <v>28</v>
       </c>
       <c r="C15" s="9">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="D15" s="9">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="E15" s="9">
-        <v>207</v>
+        <v>272</v>
       </c>
       <c r="F15" s="9">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G15" s="9">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H15" s="9">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="I15" s="9">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="J15" s="10">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="16" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A16" s="16"/>
       <c r="B16" s="16"/>
       <c r="C16" s="16"/>
       <c r="D16" s="16"/>
       <c r="E16" s="16"/>
       <c r="F16" s="16"/>
       <c r="G16" s="16"/>
       <c r="H16" s="16"/>
       <c r="I16" s="16"/>
       <c r="J16" s="16"/>
     </row>
     <row r="17" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A17" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="20" t="s">
         <v>45</v>
       </c>
       <c r="C17" s="9">
-        <v>2</v>
-[...3 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="D17" s="9"/>
       <c r="E17" s="9">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="F17" s="9"/>
       <c r="G17" s="9"/>
-      <c r="H17" s="9">
-[...1 lines deleted...]
-      </c>
+      <c r="H17" s="9"/>
       <c r="I17" s="9"/>
       <c r="J17" s="10">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A18" s="16"/>
       <c r="B18" s="16"/>
       <c r="C18" s="16"/>
       <c r="D18" s="16"/>
       <c r="E18" s="16"/>
       <c r="F18" s="16"/>
       <c r="G18" s="16"/>
       <c r="H18" s="16"/>
       <c r="I18" s="16"/>
       <c r="J18" s="16"/>
     </row>
     <row r="19" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A19" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B19" s="20" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="C19" s="9"/>
       <c r="D19" s="9"/>
       <c r="E19" s="9">
         <v>2</v>
       </c>
       <c r="F19" s="9"/>
       <c r="G19" s="9"/>
-      <c r="H19" s="9"/>
-[...2 lines deleted...]
-      </c>
+      <c r="H19" s="9">
+        <v>1</v>
+      </c>
+      <c r="I19" s="9"/>
       <c r="J19" s="10">
         <v>3</v>
       </c>
     </row>
     <row r="20" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A20" s="16"/>
       <c r="B20" s="16"/>
       <c r="C20" s="16"/>
       <c r="D20" s="16"/>
       <c r="E20" s="16"/>
       <c r="F20" s="16"/>
       <c r="G20" s="16"/>
       <c r="H20" s="16"/>
       <c r="I20" s="16"/>
       <c r="J20" s="16"/>
     </row>
     <row r="21" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A21" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B21" s="20" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C21" s="9">
         <v>1</v>
       </c>
       <c r="D21" s="9">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="E21" s="9">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="F21" s="9"/>
+        <v>2</v>
+      </c>
+      <c r="F21" s="9">
+        <v>1</v>
+      </c>
       <c r="G21" s="9"/>
       <c r="H21" s="9"/>
       <c r="I21" s="9"/>
       <c r="J21" s="10">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="22" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A22" s="16"/>
       <c r="B22" s="16"/>
       <c r="C22" s="16"/>
       <c r="D22" s="16"/>
       <c r="E22" s="16"/>
       <c r="F22" s="16"/>
       <c r="G22" s="16"/>
       <c r="H22" s="16"/>
       <c r="I22" s="16"/>
       <c r="J22" s="16"/>
     </row>
     <row r="23" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A23" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B23" s="20" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="C23" s="9"/>
-      <c r="D23" s="9"/>
+      <c r="D23" s="9">
+        <v>4</v>
+      </c>
       <c r="E23" s="9">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F23" s="9"/>
-      <c r="G23" s="9"/>
+      <c r="G23" s="9">
+        <v>1</v>
+      </c>
       <c r="H23" s="9"/>
       <c r="I23" s="9"/>
       <c r="J23" s="10">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="24" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A24" s="16"/>
       <c r="B24" s="16"/>
       <c r="C24" s="16"/>
       <c r="D24" s="16"/>
       <c r="E24" s="16"/>
       <c r="F24" s="16"/>
       <c r="G24" s="16"/>
       <c r="H24" s="16"/>
       <c r="I24" s="16"/>
       <c r="J24" s="16"/>
     </row>
     <row r="25" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A25" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B25" s="20" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="C25" s="9"/>
+        <v>41</v>
+      </c>
+      <c r="C25" s="9">
+        <v>2</v>
+      </c>
       <c r="D25" s="9">
-        <v>1</v>
+        <v>13</v>
       </c>
       <c r="E25" s="9">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="F25" s="9"/>
+        <v>28</v>
+      </c>
+      <c r="F25" s="9">
+        <v>5</v>
+      </c>
       <c r="G25" s="9">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="H25" s="9"/>
+        <v>5</v>
+      </c>
+      <c r="H25" s="9">
+        <v>1</v>
+      </c>
       <c r="I25" s="9"/>
       <c r="J25" s="10">
-        <v>5</v>
+        <v>54</v>
       </c>
     </row>
     <row r="26" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A26" s="16"/>
       <c r="B26" s="16"/>
       <c r="C26" s="16"/>
       <c r="D26" s="16"/>
       <c r="E26" s="16"/>
       <c r="F26" s="16"/>
       <c r="G26" s="16"/>
       <c r="H26" s="16"/>
       <c r="I26" s="16"/>
       <c r="J26" s="16"/>
     </row>
     <row r="27" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A27" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B27" s="20" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="C27" s="9"/>
+        <v>46</v>
+      </c>
+      <c r="C27" s="9">
+        <v>1</v>
+      </c>
       <c r="D27" s="9"/>
-      <c r="E27" s="9">
-[...1 lines deleted...]
-      </c>
+      <c r="E27" s="9"/>
       <c r="F27" s="9"/>
       <c r="G27" s="9"/>
       <c r="H27" s="9"/>
       <c r="I27" s="9"/>
       <c r="J27" s="10">
         <v>1</v>
       </c>
     </row>
     <row r="28" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A28" s="16"/>
       <c r="B28" s="16"/>
       <c r="C28" s="16"/>
       <c r="D28" s="16"/>
       <c r="E28" s="16"/>
       <c r="F28" s="16"/>
       <c r="G28" s="16"/>
       <c r="H28" s="16"/>
       <c r="I28" s="16"/>
       <c r="J28" s="16"/>
     </row>
-    <row r="29" s="1" customFormat="1" ht="17.0656" customHeight="1">
-[...55 lines deleted...]
-    <row r="33" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
+    <row r="29" s="1" customFormat="1" ht="2.6665" customHeight="1"/>
+    <row r="30" s="1" customFormat="1" ht="14.3991" customHeight="1">
+      <c r="A30" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="B30" s="18"/>
+      <c r="C30" s="18"/>
+      <c r="D30" s="18"/>
+      <c r="E30" s="18"/>
+      <c r="F30" s="18"/>
+      <c r="G30" s="18"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="18"/>
+      <c r="K30" s="18"/>
+    </row>
+    <row r="31" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A3:B3"/>
-    <mergeCell ref="A32:K32"/>
+    <mergeCell ref="A30:K30"/>
   </mergeCells>
   <pageSetup paperSize="9" scale="100" orientation="portrait"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>donation</vt:lpstr>
       <vt:lpstr>transplants</vt:lpstr>
       <vt:lpstr>waiting list</vt:lpstr>