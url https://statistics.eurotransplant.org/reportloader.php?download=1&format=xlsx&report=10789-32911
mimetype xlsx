--- v0 (2025-10-19)
+++ v1 (2026-02-28)
@@ -73,57 +73,57 @@
   <si>
     <t>% multi-organ</t>
   </si>
   <si>
     <t>kidney</t>
   </si>
   <si>
     <t>heart</t>
   </si>
   <si>
     <t>lung</t>
   </si>
   <si>
     <t>liver</t>
   </si>
   <si>
     <t>pancreas</t>
   </si>
   <si>
     <t>pancreas islets</t>
   </si>
   <si>
     <t>Deceased donors used for transplant in 2016, by donor country</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 9023P_2016 : 10.02.2025 : based on date of donor registration</t>
+    <t>statistics.eurotransplant.org : 9023P_2016 : 12.02.2026 : based on date of donor registration</t>
   </si>
   <si>
     <t>Deceased donor organs used for transplant in 2016, by donor country</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 9023P_2016 : 10.02.2025 : by donor registration date, counting individual organs (lung, kidney)</t>
+    <t>statistics.eurotransplant.org : 9023P_2016 : 12.02.2026 : by donor registration date, counting individual organs (lung, kidney)</t>
   </si>
   <si>
     <t>kidney, pancreas (only)</t>
   </si>
   <si>
     <t xml:space="preserve">kidney </t>
   </si>
   <si>
     <t xml:space="preserve">pancreas </t>
   </si>
   <si>
     <t xml:space="preserve">pancreas islets </t>
   </si>
   <si>
     <t xml:space="preserve">pancreas + kidney </t>
   </si>
   <si>
     <t>heart, lung combinations</t>
   </si>
   <si>
     <t xml:space="preserve">heart </t>
   </si>
   <si>
     <t xml:space="preserve">lung </t>
   </si>
@@ -145,72 +145,72 @@
   <si>
     <t xml:space="preserve">lungs + kidney </t>
   </si>
   <si>
     <t>liver combinations</t>
   </si>
   <si>
     <t xml:space="preserve">liver </t>
   </si>
   <si>
     <t xml:space="preserve">split liver </t>
   </si>
   <si>
     <t xml:space="preserve">liver + pancreas </t>
   </si>
   <si>
     <t xml:space="preserve">liver + kidney </t>
   </si>
   <si>
     <t xml:space="preserve">split liver + kidney </t>
   </si>
   <si>
     <t>Transplants (deceased donor) in 2016, by transplant country</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 9023P_2016 : 10.02.2025 : based on transplant date (can differ from donor registration date)</t>
+    <t>statistics.eurotransplant.org : 9023P_2016 : 12.02.2026 : based on transplant date (can differ from donor registration date)</t>
   </si>
   <si>
     <t xml:space="preserve">heart + lung </t>
   </si>
   <si>
     <t xml:space="preserve">lung + liver </t>
   </si>
   <si>
     <t xml:space="preserve">lung + kidney </t>
   </si>
   <si>
     <t xml:space="preserve">liver + pancreas + kidney </t>
   </si>
   <si>
     <t xml:space="preserve">heart + lung + liver </t>
   </si>
   <si>
     <t>Active waiting list (at year-end) 2016, by country</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 9023P_2016 : 10.02.2025 : at year-end, only including active patients</t>
+    <t>statistics.eurotransplant.org : 9023P_2016 : 12.02.2026 : at year-end, only including active patients</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="172" formatCode="0"/>
     <numFmt numFmtId="173" formatCode="#,##0.0%"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>