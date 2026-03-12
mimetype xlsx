--- v0 (2025-11-07)
+++ v1 (2026-03-12)
@@ -12,108 +12,108 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="transplants" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="22">
   <si>
     <t>Organ</t>
   </si>
   <si>
     <t>Allocation</t>
   </si>
   <si>
-    <t>2015</t>
-[...1 lines deleted...]
-  <si>
     <t>2016</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
+    <t>2025</t>
+  </si>
+  <si>
     <t>Kidney</t>
   </si>
   <si>
     <t>Rescue</t>
   </si>
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Heart</t>
   </si>
   <si>
     <t>Lung</t>
   </si>
   <si>
     <t>Liver</t>
   </si>
   <si>
     <t>Pancreas</t>
   </si>
   <si>
     <t>Deceased donor transplants in Netherlands, by year, by organ, by allocation type</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 2032P_Netherlands : 10.02.2025 :  recipient transplants, organ combinations are counted for each organ</t>
+    <t>statistics.eurotransplant.org : 2032P_Netherlands : 12.02.2026 :  recipient transplants, organ combinations are counted for each organ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -318,648 +318,650 @@
       </c>
       <c r="H3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L3" s="3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="4">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="D4" s="4">
+        <v>43</v>
+      </c>
+      <c r="E4" s="4">
+        <v>48</v>
+      </c>
+      <c r="F4" s="4">
         <v>32</v>
       </c>
-      <c r="E4" s="4">
-[...4 lines deleted...]
-      </c>
       <c r="G4" s="4">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="H4" s="4">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="I4" s="4">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="J4" s="4">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="K4" s="4">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="L4" s="4">
-        <v>56</v>
+        <v>82</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="4">
-        <v>447</v>
+        <v>393</v>
       </c>
       <c r="D5" s="4">
-        <v>394</v>
+        <v>385</v>
       </c>
       <c r="E5" s="4">
-        <v>385</v>
+        <v>440</v>
       </c>
       <c r="F5" s="4">
-        <v>440</v>
+        <v>418</v>
       </c>
       <c r="G5" s="4">
-        <v>418</v>
+        <v>398</v>
       </c>
       <c r="H5" s="4">
-        <v>398</v>
+        <v>417</v>
       </c>
       <c r="I5" s="4">
-        <v>417</v>
+        <v>453</v>
       </c>
       <c r="J5" s="4">
-        <v>452</v>
+        <v>458</v>
       </c>
       <c r="K5" s="4">
-        <v>458</v>
+        <v>581</v>
       </c>
       <c r="L5" s="4">
-        <v>583</v>
+        <v>454</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A6" s="6" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>15</v>
       </c>
       <c r="C6" s="7">
-        <v>470</v>
+        <v>426</v>
       </c>
       <c r="D6" s="7">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="E6" s="7">
-        <v>428</v>
+        <v>488</v>
       </c>
       <c r="F6" s="7">
-        <v>488</v>
+        <v>450</v>
       </c>
       <c r="G6" s="7">
-        <v>450</v>
+        <v>442</v>
       </c>
       <c r="H6" s="7">
-        <v>442</v>
+        <v>464</v>
       </c>
       <c r="I6" s="7">
-        <v>464</v>
+        <v>492</v>
       </c>
       <c r="J6" s="7">
-        <v>492</v>
+        <v>515</v>
       </c>
       <c r="K6" s="7">
-        <v>515</v>
+        <v>639</v>
       </c>
       <c r="L6" s="7">
-        <v>639</v>
+        <v>536</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="7.4662" customHeight="1">
       <c r="A7" s="8"/>
       <c r="B7" s="8"/>
       <c r="C7" s="8"/>
       <c r="D7" s="8"/>
       <c r="E7" s="8"/>
       <c r="F7" s="8"/>
       <c r="G7" s="8"/>
       <c r="H7" s="8"/>
       <c r="I7" s="8"/>
       <c r="J7" s="8"/>
       <c r="K7" s="8"/>
       <c r="L7" s="8"/>
     </row>
     <row r="8" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A8" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="4">
+        <v>3</v>
+      </c>
+      <c r="D8" s="4">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>3</v>
       </c>
       <c r="E8" s="4">
         <v>5</v>
       </c>
       <c r="F8" s="4">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G8" s="4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H8" s="4">
+        <v>1</v>
+      </c>
+      <c r="I8" s="4">
         <v>3</v>
       </c>
-      <c r="I8" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="J8" s="4">
-        <v>3</v>
+        <v>15</v>
       </c>
       <c r="K8" s="4">
-        <v>14</v>
+        <v>6</v>
       </c>
       <c r="L8" s="4">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A9" s="5"/>
       <c r="B9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="4">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D9" s="4">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E9" s="4">
         <v>33</v>
       </c>
       <c r="F9" s="4">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G9" s="4">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="H9" s="4">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="I9" s="4">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="J9" s="4">
-        <v>48</v>
+        <v>59</v>
       </c>
       <c r="K9" s="4">
-        <v>60</v>
+        <v>73</v>
       </c>
       <c r="L9" s="4">
-        <v>73</v>
+        <v>65</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A10" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>15</v>
       </c>
       <c r="C10" s="7">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="D10" s="7">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E10" s="7">
         <v>38</v>
       </c>
       <c r="F10" s="7">
         <v>38</v>
       </c>
       <c r="G10" s="7">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="H10" s="7">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="I10" s="7">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="J10" s="7">
-        <v>51</v>
+        <v>74</v>
       </c>
       <c r="K10" s="7">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="L10" s="7">
-        <v>79</v>
+        <v>77</v>
       </c>
     </row>
     <row r="11" s="1" customFormat="1" ht="7.4662" customHeight="1">
       <c r="A11" s="8"/>
       <c r="B11" s="8"/>
       <c r="C11" s="8"/>
       <c r="D11" s="8"/>
       <c r="E11" s="8"/>
       <c r="F11" s="8"/>
       <c r="G11" s="8"/>
       <c r="H11" s="8"/>
       <c r="I11" s="8"/>
       <c r="J11" s="8"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
     </row>
     <row r="12" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A12" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="4">
+        <v>9</v>
+      </c>
+      <c r="D12" s="4">
+        <v>13</v>
+      </c>
+      <c r="E12" s="4">
+        <v>20</v>
+      </c>
+      <c r="F12" s="4">
+        <v>27</v>
+      </c>
+      <c r="G12" s="4">
+        <v>9</v>
+      </c>
+      <c r="H12" s="4">
         <v>8</v>
       </c>
-      <c r="D12" s="4">
-[...13 lines deleted...]
-      </c>
       <c r="I12" s="4">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="J12" s="4">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="K12" s="4">
+        <v>6</v>
+      </c>
+      <c r="L12" s="4">
         <v>8</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="13" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A13" s="5"/>
       <c r="B13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="4">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="D13" s="4">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="E13" s="4">
-        <v>61</v>
+        <v>69</v>
       </c>
       <c r="F13" s="4">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="G13" s="4">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="H13" s="4">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="I13" s="4">
-        <v>84</v>
+        <v>112</v>
       </c>
       <c r="J13" s="4">
-        <v>112</v>
+        <v>101</v>
       </c>
       <c r="K13" s="4">
-        <v>101</v>
+        <v>117</v>
       </c>
       <c r="L13" s="4">
-        <v>117</v>
+        <v>110</v>
       </c>
     </row>
     <row r="14" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A14" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>15</v>
       </c>
       <c r="C14" s="7">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="D14" s="7">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E14" s="7">
-        <v>74</v>
+        <v>89</v>
       </c>
       <c r="F14" s="7">
-        <v>89</v>
+        <v>105</v>
       </c>
       <c r="G14" s="7">
-        <v>105</v>
+        <v>87</v>
       </c>
       <c r="H14" s="7">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="I14" s="7">
-        <v>91</v>
+        <v>122</v>
       </c>
       <c r="J14" s="7">
-        <v>122</v>
+        <v>109</v>
       </c>
       <c r="K14" s="7">
-        <v>109</v>
+        <v>123</v>
       </c>
       <c r="L14" s="7">
-        <v>123</v>
+        <v>118</v>
       </c>
     </row>
     <row r="15" s="1" customFormat="1" ht="7.4662" customHeight="1">
       <c r="A15" s="8"/>
       <c r="B15" s="8"/>
       <c r="C15" s="8"/>
       <c r="D15" s="8"/>
       <c r="E15" s="8"/>
       <c r="F15" s="8"/>
       <c r="G15" s="8"/>
       <c r="H15" s="8"/>
       <c r="I15" s="8"/>
       <c r="J15" s="8"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
     </row>
     <row r="16" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A16" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="4">
+        <v>6</v>
+      </c>
+      <c r="D16" s="4">
+        <v>16</v>
+      </c>
+      <c r="E16" s="4">
+        <v>14</v>
+      </c>
+      <c r="F16" s="4">
+        <v>15</v>
+      </c>
+      <c r="G16" s="4">
+        <v>11</v>
+      </c>
+      <c r="H16" s="4">
         <v>5</v>
       </c>
-      <c r="D16" s="4">
-[...5 lines deleted...]
-      <c r="F16" s="4">
+      <c r="I16" s="4">
         <v>14</v>
       </c>
-      <c r="G16" s="4">
-[...7 lines deleted...]
-      </c>
       <c r="J16" s="4">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="K16" s="4">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="L16" s="4">
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
     <row r="17" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A17" s="5"/>
       <c r="B17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="4">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="D17" s="4">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="E17" s="4">
-        <v>144</v>
+        <v>169</v>
       </c>
       <c r="F17" s="4">
-        <v>169</v>
+        <v>153</v>
       </c>
       <c r="G17" s="4">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="H17" s="4">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="I17" s="4">
-        <v>147</v>
+        <v>171</v>
       </c>
       <c r="J17" s="4">
-        <v>171</v>
+        <v>154</v>
       </c>
       <c r="K17" s="4">
-        <v>154</v>
+        <v>190</v>
       </c>
       <c r="L17" s="4">
         <v>190</v>
       </c>
     </row>
     <row r="18" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A18" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>15</v>
       </c>
       <c r="C18" s="7">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="D18" s="7">
-        <v>147</v>
+        <v>160</v>
       </c>
       <c r="E18" s="7">
-        <v>160</v>
+        <v>183</v>
       </c>
       <c r="F18" s="7">
-        <v>183</v>
+        <v>168</v>
       </c>
       <c r="G18" s="7">
-        <v>168</v>
+        <v>162</v>
       </c>
       <c r="H18" s="7">
-        <v>162</v>
+        <v>152</v>
       </c>
       <c r="I18" s="7">
-        <v>152</v>
+        <v>185</v>
       </c>
       <c r="J18" s="7">
-        <v>185</v>
+        <v>178</v>
       </c>
       <c r="K18" s="7">
-        <v>178</v>
+        <v>218</v>
       </c>
       <c r="L18" s="7">
-        <v>218</v>
+        <v>210</v>
       </c>
     </row>
     <row r="19" s="1" customFormat="1" ht="7.4662" customHeight="1">
       <c r="A19" s="8"/>
       <c r="B19" s="8"/>
       <c r="C19" s="8"/>
       <c r="D19" s="8"/>
       <c r="E19" s="8"/>
       <c r="F19" s="8"/>
       <c r="G19" s="8"/>
       <c r="H19" s="8"/>
       <c r="I19" s="8"/>
       <c r="J19" s="8"/>
       <c r="K19" s="8"/>
       <c r="L19" s="8"/>
     </row>
     <row r="20" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A20" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="4"/>
-      <c r="E20" s="4"/>
-      <c r="F20" s="4">
+      <c r="E20" s="4">
         <v>1</v>
       </c>
-      <c r="G20" s="4"/>
+      <c r="F20" s="4"/>
+      <c r="G20" s="4">
+        <v>1</v>
+      </c>
       <c r="H20" s="4">
         <v>1</v>
       </c>
       <c r="I20" s="4">
+        <v>2</v>
+      </c>
+      <c r="J20" s="4">
         <v>1</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>2</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>1</v>
-      </c>
-[...1 lines deleted...]
-        <v>2</v>
       </c>
     </row>
     <row r="21" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A21" s="5"/>
       <c r="B21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="4">
+        <v>28</v>
+      </c>
+      <c r="D21" s="4">
         <v>33</v>
       </c>
-      <c r="D21" s="4">
+      <c r="E21" s="4">
+        <v>44</v>
+      </c>
+      <c r="F21" s="4">
+        <v>29</v>
+      </c>
+      <c r="G21" s="4">
         <v>28</v>
       </c>
-      <c r="E21" s="4">
+      <c r="H21" s="4">
+        <v>19</v>
+      </c>
+      <c r="I21" s="4">
         <v>33</v>
       </c>
-      <c r="F21" s="4">
-[...2 lines deleted...]
-      <c r="G21" s="4">
+      <c r="J21" s="4">
+        <v>22</v>
+      </c>
+      <c r="K21" s="4">
+        <v>34</v>
+      </c>
+      <c r="L21" s="4">
         <v>29</v>
-      </c>
-[...13 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="22" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A22" s="6" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>15</v>
       </c>
       <c r="C22" s="7">
+        <v>28</v>
+      </c>
+      <c r="D22" s="7">
         <v>33</v>
       </c>
-      <c r="D22" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="E22" s="7">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="F22" s="7">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="G22" s="7">
         <v>29</v>
       </c>
       <c r="H22" s="7">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="I22" s="7">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="J22" s="7">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="K22" s="7">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="L22" s="7">
-        <v>36</v>
+        <v>30</v>
       </c>
     </row>
     <row r="23" s="1" customFormat="1" ht="7.4662" customHeight="1">
       <c r="A23" s="8"/>
       <c r="B23" s="8"/>
       <c r="C23" s="8"/>
       <c r="D23" s="8"/>
       <c r="E23" s="8"/>
       <c r="F23" s="8"/>
       <c r="G23" s="8"/>
       <c r="H23" s="8"/>
       <c r="I23" s="8"/>
       <c r="J23" s="8"/>
       <c r="K23" s="8"/>
       <c r="L23" s="8"/>
     </row>
     <row r="24" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A24" s="10" t="s">
         <v>21</v>
       </c>
       <c r="B24" s="10"/>
       <c r="C24" s="10"/>
       <c r="D24" s="10"/>
       <c r="E24" s="10"/>
       <c r="F24" s="10"/>