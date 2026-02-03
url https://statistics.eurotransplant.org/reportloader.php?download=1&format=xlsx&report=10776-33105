--- v0 (2025-12-16)
+++ v1 (2026-02-03)
@@ -12,108 +12,108 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="transplants" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="22">
   <si>
     <t>Organ</t>
   </si>
   <si>
     <t>Allocation</t>
   </si>
   <si>
-    <t>2015</t>
-[...1 lines deleted...]
-  <si>
     <t>2016</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
+    <t>2025</t>
+  </si>
+  <si>
     <t>Kidney</t>
   </si>
   <si>
     <t>Rescue</t>
   </si>
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Heart</t>
   </si>
   <si>
     <t>Lung</t>
   </si>
   <si>
     <t>Liver</t>
   </si>
   <si>
     <t>Pancreas</t>
   </si>
   <si>
     <t>Deceased donor transplants in Germany, by year, by organ, by allocation type</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 2032P_Germany : 10.02.2025 :  recipient transplants, organ combinations are counted for each organ</t>
+    <t>statistics.eurotransplant.org : 2032P_Germany : 22.01.2026 :  recipient transplants, organ combinations are counted for each organ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -318,656 +318,656 @@
       </c>
       <c r="H3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L3" s="3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="4">
-        <v>277</v>
+        <v>292</v>
       </c>
       <c r="D4" s="4">
-        <v>286</v>
+        <v>304</v>
       </c>
       <c r="E4" s="4">
-        <v>304</v>
+        <v>269</v>
       </c>
       <c r="F4" s="4">
-        <v>269</v>
+        <v>210</v>
       </c>
       <c r="G4" s="4">
-        <v>210</v>
+        <v>313</v>
       </c>
       <c r="H4" s="4">
-        <v>313</v>
+        <v>248</v>
       </c>
       <c r="I4" s="4">
-        <v>246</v>
+        <v>276</v>
       </c>
       <c r="J4" s="4">
-        <v>275</v>
+        <v>298</v>
       </c>
       <c r="K4" s="4">
-        <v>297</v>
+        <v>257</v>
       </c>
       <c r="L4" s="4">
-        <v>243</v>
+        <v>290</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A5" s="5"/>
       <c r="B5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="4">
-        <v>1274</v>
+        <v>1205</v>
       </c>
       <c r="D5" s="4">
-        <v>1211</v>
+        <v>1060</v>
       </c>
       <c r="E5" s="4">
-        <v>1060</v>
+        <v>1384</v>
       </c>
       <c r="F5" s="4">
-        <v>1384</v>
+        <v>1402</v>
       </c>
       <c r="G5" s="4">
-        <v>1402</v>
+        <v>1146</v>
       </c>
       <c r="H5" s="4">
-        <v>1146</v>
+        <v>1269</v>
       </c>
       <c r="I5" s="4">
-        <v>1271</v>
+        <v>1155</v>
       </c>
       <c r="J5" s="4">
-        <v>1156</v>
+        <v>1216</v>
       </c>
       <c r="K5" s="4">
-        <v>1217</v>
+        <v>1186</v>
       </c>
       <c r="L5" s="4">
-        <v>1200</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A6" s="6" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>15</v>
       </c>
       <c r="C6" s="7">
-        <v>1551</v>
+        <v>1497</v>
       </c>
       <c r="D6" s="7">
-        <v>1497</v>
+        <v>1364</v>
       </c>
       <c r="E6" s="7">
-        <v>1364</v>
+        <v>1653</v>
       </c>
       <c r="F6" s="7">
-        <v>1653</v>
+        <v>1612</v>
       </c>
       <c r="G6" s="7">
-        <v>1612</v>
+        <v>1459</v>
       </c>
       <c r="H6" s="7">
-        <v>1459</v>
+        <v>1517</v>
       </c>
       <c r="I6" s="7">
-        <v>1517</v>
+        <v>1431</v>
       </c>
       <c r="J6" s="7">
-        <v>1431</v>
+        <v>1514</v>
       </c>
       <c r="K6" s="7">
-        <v>1514</v>
+        <v>1443</v>
       </c>
       <c r="L6" s="7">
-        <v>1443</v>
+        <v>1594</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="7.4662" customHeight="1">
       <c r="A7" s="8"/>
       <c r="B7" s="8"/>
       <c r="C7" s="8"/>
       <c r="D7" s="8"/>
       <c r="E7" s="8"/>
       <c r="F7" s="8"/>
       <c r="G7" s="8"/>
       <c r="H7" s="8"/>
       <c r="I7" s="8"/>
       <c r="J7" s="8"/>
       <c r="K7" s="8"/>
       <c r="L7" s="8"/>
     </row>
     <row r="8" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A8" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="4">
-        <v>47</v>
+        <v>74</v>
       </c>
       <c r="D8" s="4">
+        <v>52</v>
+      </c>
+      <c r="E8" s="4">
+        <v>57</v>
+      </c>
+      <c r="F8" s="4">
+        <v>71</v>
+      </c>
+      <c r="G8" s="4">
+        <v>84</v>
+      </c>
+      <c r="H8" s="4">
         <v>73</v>
       </c>
-      <c r="E8" s="4">
-[...10 lines deleted...]
-      </c>
       <c r="I8" s="4">
-        <v>71</v>
+        <v>121</v>
       </c>
       <c r="J8" s="4">
-        <v>118</v>
+        <v>111</v>
       </c>
       <c r="K8" s="4">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="L8" s="4">
-        <v>111</v>
+        <v>106</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A9" s="5"/>
       <c r="B9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="4">
-        <v>239</v>
+        <v>223</v>
       </c>
       <c r="D9" s="4">
-        <v>224</v>
+        <v>205</v>
       </c>
       <c r="E9" s="4">
-        <v>205</v>
+        <v>261</v>
       </c>
       <c r="F9" s="4">
-        <v>261</v>
+        <v>273</v>
       </c>
       <c r="G9" s="4">
-        <v>274</v>
+        <v>255</v>
       </c>
       <c r="H9" s="4">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="I9" s="4">
-        <v>258</v>
+        <v>237</v>
       </c>
       <c r="J9" s="4">
-        <v>240</v>
+        <v>219</v>
       </c>
       <c r="K9" s="4">
-        <v>220</v>
+        <v>238</v>
       </c>
       <c r="L9" s="4">
-        <v>239</v>
+        <v>259</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A10" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>15</v>
       </c>
       <c r="C10" s="7">
-        <v>286</v>
+        <v>297</v>
       </c>
       <c r="D10" s="7">
-        <v>297</v>
+        <v>257</v>
       </c>
       <c r="E10" s="7">
-        <v>257</v>
+        <v>318</v>
       </c>
       <c r="F10" s="7">
-        <v>318</v>
+        <v>344</v>
       </c>
       <c r="G10" s="7">
-        <v>344</v>
+        <v>339</v>
       </c>
       <c r="H10" s="7">
-        <v>339</v>
+        <v>329</v>
       </c>
       <c r="I10" s="7">
-        <v>329</v>
+        <v>358</v>
       </c>
       <c r="J10" s="7">
-        <v>358</v>
+        <v>330</v>
       </c>
       <c r="K10" s="7">
-        <v>330</v>
+        <v>350</v>
       </c>
       <c r="L10" s="7">
-        <v>350</v>
+        <v>365</v>
       </c>
     </row>
     <row r="11" s="1" customFormat="1" ht="7.4662" customHeight="1">
       <c r="A11" s="8"/>
       <c r="B11" s="8"/>
       <c r="C11" s="8"/>
       <c r="D11" s="8"/>
       <c r="E11" s="8"/>
       <c r="F11" s="8"/>
       <c r="G11" s="8"/>
       <c r="H11" s="8"/>
       <c r="I11" s="8"/>
       <c r="J11" s="8"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
     </row>
     <row r="12" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A12" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="4">
-        <v>137</v>
+        <v>149</v>
       </c>
       <c r="D12" s="4">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="E12" s="4">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="F12" s="4">
-        <v>152</v>
+        <v>144</v>
       </c>
       <c r="G12" s="4">
-        <v>144</v>
+        <v>106</v>
       </c>
       <c r="H12" s="4">
-        <v>105</v>
+        <v>93</v>
       </c>
       <c r="I12" s="4">
         <v>91</v>
       </c>
       <c r="J12" s="4">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="K12" s="4">
-        <v>88</v>
+        <v>127</v>
       </c>
       <c r="L12" s="4">
-        <v>127</v>
+        <v>130</v>
       </c>
     </row>
     <row r="13" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A13" s="5"/>
       <c r="B13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="4">
-        <v>158</v>
+        <v>179</v>
       </c>
       <c r="D13" s="4">
-        <v>179</v>
+        <v>163</v>
       </c>
       <c r="E13" s="4">
+        <v>223</v>
+      </c>
+      <c r="F13" s="4">
+        <v>217</v>
+      </c>
+      <c r="G13" s="4">
+        <v>238</v>
+      </c>
+      <c r="H13" s="4">
+        <v>190</v>
+      </c>
+      <c r="I13" s="4">
         <v>163</v>
       </c>
-      <c r="F13" s="4">
-[...10 lines deleted...]
-      </c>
       <c r="J13" s="4">
-        <v>165</v>
+        <v>178</v>
       </c>
       <c r="K13" s="4">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="L13" s="4">
-        <v>184</v>
+        <v>204</v>
       </c>
     </row>
     <row r="14" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A14" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>15</v>
       </c>
       <c r="C14" s="7">
-        <v>295</v>
+        <v>328</v>
       </c>
       <c r="D14" s="7">
-        <v>328</v>
+        <v>309</v>
       </c>
       <c r="E14" s="7">
-        <v>309</v>
+        <v>375</v>
       </c>
       <c r="F14" s="7">
-        <v>375</v>
+        <v>361</v>
       </c>
       <c r="G14" s="7">
-        <v>361</v>
+        <v>344</v>
       </c>
       <c r="H14" s="7">
-        <v>344</v>
+        <v>283</v>
       </c>
       <c r="I14" s="7">
-        <v>283</v>
+        <v>254</v>
       </c>
       <c r="J14" s="7">
-        <v>254</v>
+        <v>266</v>
       </c>
       <c r="K14" s="7">
-        <v>266</v>
+        <v>311</v>
       </c>
       <c r="L14" s="7">
-        <v>311</v>
+        <v>334</v>
       </c>
     </row>
     <row r="15" s="1" customFormat="1" ht="7.4662" customHeight="1">
       <c r="A15" s="8"/>
       <c r="B15" s="8"/>
       <c r="C15" s="8"/>
       <c r="D15" s="8"/>
       <c r="E15" s="8"/>
       <c r="F15" s="8"/>
       <c r="G15" s="8"/>
       <c r="H15" s="8"/>
       <c r="I15" s="8"/>
       <c r="J15" s="8"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
     </row>
     <row r="16" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A16" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="4">
-        <v>261</v>
+        <v>303</v>
       </c>
       <c r="D16" s="4">
-        <v>303</v>
+        <v>241</v>
       </c>
       <c r="E16" s="4">
-        <v>241</v>
+        <v>253</v>
       </c>
       <c r="F16" s="4">
-        <v>253</v>
+        <v>234</v>
       </c>
       <c r="G16" s="4">
-        <v>232</v>
+        <v>239</v>
       </c>
       <c r="H16" s="4">
-        <v>239</v>
+        <v>229</v>
       </c>
       <c r="I16" s="4">
-        <v>225</v>
+        <v>218</v>
       </c>
       <c r="J16" s="4">
-        <v>216</v>
+        <v>237</v>
       </c>
       <c r="K16" s="4">
-        <v>236</v>
+        <v>275</v>
       </c>
       <c r="L16" s="4">
-        <v>272</v>
+        <v>262</v>
       </c>
     </row>
     <row r="17" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A17" s="5"/>
       <c r="B17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="4">
-        <v>585</v>
+        <v>523</v>
       </c>
       <c r="D17" s="4">
-        <v>523</v>
+        <v>519</v>
       </c>
       <c r="E17" s="4">
-        <v>519</v>
+        <v>567</v>
       </c>
       <c r="F17" s="4">
-        <v>567</v>
+        <v>542</v>
       </c>
       <c r="G17" s="4">
-        <v>544</v>
+        <v>535</v>
       </c>
       <c r="H17" s="4">
-        <v>535</v>
+        <v>551</v>
       </c>
       <c r="I17" s="4">
-        <v>555</v>
+        <v>488</v>
       </c>
       <c r="J17" s="4">
-        <v>490</v>
+        <v>579</v>
       </c>
       <c r="K17" s="4">
-        <v>580</v>
+        <v>559</v>
       </c>
       <c r="L17" s="4">
-        <v>562</v>
+        <v>613</v>
       </c>
     </row>
     <row r="18" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A18" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>15</v>
       </c>
       <c r="C18" s="7">
-        <v>846</v>
+        <v>826</v>
       </c>
       <c r="D18" s="7">
-        <v>826</v>
+        <v>760</v>
       </c>
       <c r="E18" s="7">
-        <v>760</v>
+        <v>820</v>
       </c>
       <c r="F18" s="7">
-        <v>820</v>
+        <v>776</v>
       </c>
       <c r="G18" s="7">
-        <v>776</v>
+        <v>774</v>
       </c>
       <c r="H18" s="7">
-        <v>774</v>
+        <v>780</v>
       </c>
       <c r="I18" s="7">
-        <v>780</v>
+        <v>706</v>
       </c>
       <c r="J18" s="7">
-        <v>706</v>
+        <v>816</v>
       </c>
       <c r="K18" s="7">
-        <v>816</v>
+        <v>834</v>
       </c>
       <c r="L18" s="7">
-        <v>834</v>
+        <v>875</v>
       </c>
     </row>
     <row r="19" s="1" customFormat="1" ht="7.4662" customHeight="1">
       <c r="A19" s="8"/>
       <c r="B19" s="8"/>
       <c r="C19" s="8"/>
       <c r="D19" s="8"/>
       <c r="E19" s="8"/>
       <c r="F19" s="8"/>
       <c r="G19" s="8"/>
       <c r="H19" s="8"/>
       <c r="I19" s="8"/>
       <c r="J19" s="8"/>
       <c r="K19" s="8"/>
       <c r="L19" s="8"/>
     </row>
     <row r="20" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A20" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="4">
+        <v>39</v>
+      </c>
+      <c r="D20" s="4">
+        <v>40</v>
+      </c>
+      <c r="E20" s="4">
         <v>50</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
       <c r="F20" s="4">
         <v>50</v>
       </c>
       <c r="G20" s="4">
         <v>50</v>
       </c>
       <c r="H20" s="4">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="I20" s="4">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="J20" s="4">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="K20" s="4">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="L20" s="4">
-        <v>27</v>
+        <v>36</v>
       </c>
     </row>
     <row r="21" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A21" s="5"/>
       <c r="B21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="4">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="D21" s="4">
-        <v>58</v>
+        <v>32</v>
       </c>
       <c r="E21" s="4">
+        <v>45</v>
+      </c>
+      <c r="F21" s="4">
+        <v>44</v>
+      </c>
+      <c r="G21" s="4">
+        <v>42</v>
+      </c>
+      <c r="H21" s="4">
         <v>32</v>
       </c>
-      <c r="F21" s="4">
-[...7 lines deleted...]
-      </c>
       <c r="I21" s="4">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="J21" s="4">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="K21" s="4">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="L21" s="4">
-        <v>46</v>
+        <v>51</v>
       </c>
     </row>
     <row r="22" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A22" s="6" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>15</v>
       </c>
       <c r="C22" s="7">
-        <v>105</v>
+        <v>97</v>
       </c>
       <c r="D22" s="7">
-        <v>97</v>
+        <v>72</v>
       </c>
       <c r="E22" s="7">
-        <v>72</v>
+        <v>95</v>
       </c>
       <c r="F22" s="7">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="G22" s="7">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H22" s="7">
-        <v>92</v>
+        <v>65</v>
       </c>
       <c r="I22" s="7">
-        <v>65</v>
+        <v>44</v>
       </c>
       <c r="J22" s="7">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="K22" s="7">
-        <v>59</v>
+        <v>73</v>
       </c>
       <c r="L22" s="7">
-        <v>73</v>
+        <v>87</v>
       </c>
     </row>
     <row r="23" s="1" customFormat="1" ht="7.4662" customHeight="1">
       <c r="A23" s="8"/>
       <c r="B23" s="8"/>
       <c r="C23" s="8"/>
       <c r="D23" s="8"/>
       <c r="E23" s="8"/>
       <c r="F23" s="8"/>
       <c r="G23" s="8"/>
       <c r="H23" s="8"/>
       <c r="I23" s="8"/>
       <c r="J23" s="8"/>
       <c r="K23" s="8"/>
       <c r="L23" s="8"/>
     </row>
     <row r="24" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A24" s="10" t="s">
         <v>21</v>
       </c>
       <c r="B24" s="10"/>
       <c r="C24" s="10"/>
       <c r="D24" s="10"/>
       <c r="E24" s="10"/>
       <c r="F24" s="10"/>