--- v1 (2026-02-03)
+++ v2 (2026-03-20)
@@ -69,51 +69,51 @@
   <si>
     <t>Rescue</t>
   </si>
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Heart</t>
   </si>
   <si>
     <t>Lung</t>
   </si>
   <si>
     <t>Liver</t>
   </si>
   <si>
     <t>Pancreas</t>
   </si>
   <si>
     <t>Deceased donor transplants in Germany, by year, by organ, by allocation type</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 2032P_Germany : 22.01.2026 :  recipient transplants, organ combinations are counted for each organ</t>
+    <t>statistics.eurotransplant.org : 2032P_Germany : 12.02.2026 :  recipient transplants, organ combinations are counted for each organ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>