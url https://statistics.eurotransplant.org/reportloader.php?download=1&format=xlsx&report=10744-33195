--- v0 (2025-10-20)
+++ v1 (2026-02-03)
@@ -9,114 +9,114 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="Registration events" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="23">
   <si>
     <t>All registration events</t>
   </si>
   <si>
-    <t>2015</t>
-[...1 lines deleted...]
-  <si>
     <t>2016</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
+    <t>2025</t>
+  </si>
+  <si>
     <t>A</t>
   </si>
   <si>
     <t>B</t>
   </si>
   <si>
     <t>D</t>
   </si>
   <si>
     <t>H</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>SLO</t>
   </si>
   <si>
     <t>Total events</t>
   </si>
   <si>
     <t>New registration events</t>
   </si>
   <si>
     <t>Re-registration events</t>
   </si>
   <si>
     <t>Kidney waiting list registrations, by year, by country</t>
   </si>
   <si>
-    <t xml:space="preserve">statistics.eurotransplant.org : 4001P_kidney : 10.02.2025 :  Re-registrations are where a patient has previously received a
+    <t xml:space="preserve">statistics.eurotransplant.org : 4001P_kidney : 22.01.2026 :  Re-registrations are where a patient has previously received a
  transplant for the same organ. Registrations for both deceased and living donor transplants are included.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
@@ -303,955 +303,955 @@
       </c>
       <c r="F3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K3" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="4">
-        <v>449</v>
+        <v>469</v>
       </c>
       <c r="C4" s="4">
-        <v>469</v>
+        <v>453</v>
       </c>
       <c r="D4" s="4">
-        <v>453</v>
+        <v>508</v>
       </c>
       <c r="E4" s="4">
-        <v>508</v>
+        <v>487</v>
       </c>
       <c r="F4" s="4">
-        <v>487</v>
+        <v>397</v>
       </c>
       <c r="G4" s="4">
-        <v>397</v>
+        <v>384</v>
       </c>
       <c r="H4" s="4">
-        <v>384</v>
+        <v>371</v>
       </c>
       <c r="I4" s="4">
-        <v>371</v>
+        <v>447</v>
       </c>
       <c r="J4" s="4">
-        <v>447</v>
+        <v>419</v>
       </c>
       <c r="K4" s="4">
-        <v>419</v>
+        <v>359</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="4">
-        <v>589</v>
+        <v>579</v>
       </c>
       <c r="C5" s="4">
-        <v>579</v>
+        <v>648</v>
       </c>
       <c r="D5" s="4">
-        <v>648</v>
+        <v>607</v>
       </c>
       <c r="E5" s="4">
-        <v>607</v>
+        <v>616</v>
       </c>
       <c r="F5" s="4">
-        <v>616</v>
+        <v>495</v>
       </c>
       <c r="G5" s="4">
-        <v>495</v>
+        <v>681</v>
       </c>
       <c r="H5" s="4">
-        <v>681</v>
+        <v>660</v>
       </c>
       <c r="I5" s="4">
-        <v>660</v>
+        <v>647</v>
       </c>
       <c r="J5" s="4">
-        <v>647</v>
+        <v>641</v>
       </c>
       <c r="K5" s="4">
-        <v>642</v>
+        <v>611</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="4">
-        <v>3076</v>
+        <v>3347</v>
       </c>
       <c r="C6" s="4">
-        <v>3348</v>
+        <v>3054</v>
       </c>
       <c r="D6" s="4">
-        <v>3054</v>
+        <v>2692</v>
       </c>
       <c r="E6" s="4">
-        <v>2692</v>
+        <v>2796</v>
       </c>
       <c r="F6" s="4">
-        <v>2797</v>
+        <v>2926</v>
       </c>
       <c r="G6" s="4">
-        <v>2926</v>
+        <v>2654</v>
       </c>
       <c r="H6" s="4">
-        <v>2654</v>
+        <v>2406</v>
       </c>
       <c r="I6" s="4">
-        <v>2407</v>
+        <v>2616</v>
       </c>
       <c r="J6" s="4">
-        <v>2616</v>
+        <v>2664</v>
       </c>
       <c r="K6" s="4">
-        <v>2665</v>
+        <v>2644</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="4">
-        <v>436</v>
+        <v>461</v>
       </c>
       <c r="C7" s="4">
-        <v>461</v>
+        <v>441</v>
       </c>
       <c r="D7" s="4">
-        <v>441</v>
+        <v>402</v>
       </c>
       <c r="E7" s="4">
-        <v>402</v>
+        <v>376</v>
       </c>
       <c r="F7" s="4">
-        <v>376</v>
+        <v>291</v>
       </c>
       <c r="G7" s="4">
-        <v>291</v>
+        <v>276</v>
       </c>
       <c r="H7" s="4">
-        <v>276</v>
+        <v>314</v>
       </c>
       <c r="I7" s="4">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="J7" s="4">
-        <v>339</v>
+        <v>367</v>
       </c>
       <c r="K7" s="4">
-        <v>367</v>
+        <v>358</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="4">
-        <v>231</v>
+        <v>273</v>
       </c>
       <c r="C8" s="4">
-        <v>273</v>
+        <v>242</v>
       </c>
       <c r="D8" s="4">
-        <v>242</v>
+        <v>190</v>
       </c>
       <c r="E8" s="4">
-        <v>190</v>
+        <v>223</v>
       </c>
       <c r="F8" s="4">
-        <v>223</v>
+        <v>148</v>
       </c>
       <c r="G8" s="4">
-        <v>148</v>
+        <v>118</v>
       </c>
       <c r="H8" s="4">
-        <v>118</v>
+        <v>158</v>
       </c>
       <c r="I8" s="4">
-        <v>158</v>
+        <v>217</v>
       </c>
       <c r="J8" s="4">
-        <v>217</v>
+        <v>178</v>
       </c>
       <c r="K8" s="4">
-        <v>178</v>
+        <v>171</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A9" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="4">
-        <v>1252</v>
+        <v>1413</v>
       </c>
       <c r="C9" s="4">
-        <v>1415</v>
+        <v>1300</v>
       </c>
       <c r="D9" s="4">
-        <v>1300</v>
+        <v>1520</v>
       </c>
       <c r="E9" s="4">
-        <v>1520</v>
+        <v>1510</v>
       </c>
       <c r="F9" s="4">
-        <v>1510</v>
+        <v>1364</v>
       </c>
       <c r="G9" s="4">
-        <v>1365</v>
+        <v>1535</v>
       </c>
       <c r="H9" s="4">
-        <v>1535</v>
+        <v>1517</v>
       </c>
       <c r="I9" s="4">
-        <v>1517</v>
+        <v>1616</v>
       </c>
       <c r="J9" s="4">
-        <v>1617</v>
+        <v>1665</v>
       </c>
       <c r="K9" s="4">
-        <v>1665</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A10" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="4">
-        <v>61</v>
+        <v>41</v>
       </c>
       <c r="C10" s="4">
+        <v>66</v>
+      </c>
+      <c r="D10" s="4">
+        <v>79</v>
+      </c>
+      <c r="E10" s="4">
+        <v>77</v>
+      </c>
+      <c r="F10" s="4">
+        <v>27</v>
+      </c>
+      <c r="G10" s="4">
         <v>41</v>
       </c>
-      <c r="D10" s="4">
-[...10 lines deleted...]
-      </c>
       <c r="H10" s="4">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="I10" s="4">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="J10" s="4">
-        <v>58</v>
+        <v>84</v>
       </c>
       <c r="K10" s="4">
-        <v>84</v>
+        <v>63</v>
       </c>
     </row>
     <row r="11" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A11" s="5" t="s">
         <v>18</v>
       </c>
       <c r="B11" s="6">
-        <v>6094</v>
+        <v>6583</v>
       </c>
       <c r="C11" s="6">
-        <v>6586</v>
+        <v>6204</v>
       </c>
       <c r="D11" s="6">
-        <v>6204</v>
+        <v>5998</v>
       </c>
       <c r="E11" s="6">
-        <v>5998</v>
+        <v>6085</v>
       </c>
       <c r="F11" s="6">
-        <v>6086</v>
+        <v>5648</v>
       </c>
       <c r="G11" s="6">
-        <v>5649</v>
+        <v>5689</v>
       </c>
       <c r="H11" s="6">
-        <v>5689</v>
+        <v>5464</v>
       </c>
       <c r="I11" s="6">
-        <v>5465</v>
+        <v>5940</v>
       </c>
       <c r="J11" s="6">
-        <v>5941</v>
+        <v>6018</v>
       </c>
       <c r="K11" s="6">
-        <v>6020</v>
+        <v>5767</v>
       </c>
     </row>
     <row r="12" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="13" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H13" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J13" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K13" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A14" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="4">
-        <v>365</v>
+        <v>371</v>
       </c>
       <c r="C14" s="4">
         <v>371</v>
       </c>
       <c r="D14" s="4">
-        <v>371</v>
+        <v>430</v>
       </c>
       <c r="E14" s="4">
-        <v>430</v>
+        <v>402</v>
       </c>
       <c r="F14" s="4">
-        <v>402</v>
+        <v>312</v>
       </c>
       <c r="G14" s="4">
-        <v>312</v>
+        <v>307</v>
       </c>
       <c r="H14" s="4">
-        <v>307</v>
+        <v>315</v>
       </c>
       <c r="I14" s="4">
-        <v>315</v>
+        <v>392</v>
       </c>
       <c r="J14" s="4">
-        <v>392</v>
+        <v>345</v>
       </c>
       <c r="K14" s="4">
-        <v>345</v>
+        <v>316</v>
       </c>
     </row>
     <row r="15" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A15" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="4">
-        <v>526</v>
+        <v>498</v>
       </c>
       <c r="C15" s="4">
-        <v>498</v>
+        <v>559</v>
       </c>
       <c r="D15" s="4">
-        <v>559</v>
+        <v>517</v>
       </c>
       <c r="E15" s="4">
-        <v>517</v>
+        <v>552</v>
       </c>
       <c r="F15" s="4">
-        <v>552</v>
+        <v>433</v>
       </c>
       <c r="G15" s="4">
-        <v>433</v>
+        <v>590</v>
       </c>
       <c r="H15" s="4">
-        <v>590</v>
+        <v>584</v>
       </c>
       <c r="I15" s="4">
-        <v>584</v>
+        <v>574</v>
       </c>
       <c r="J15" s="4">
-        <v>574</v>
+        <v>566</v>
       </c>
       <c r="K15" s="4">
-        <v>566</v>
+        <v>546</v>
       </c>
     </row>
     <row r="16" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="4">
-        <v>2646</v>
+        <v>2901</v>
       </c>
       <c r="C16" s="4">
-        <v>2901</v>
+        <v>2633</v>
       </c>
       <c r="D16" s="4">
-        <v>2633</v>
+        <v>2347</v>
       </c>
       <c r="E16" s="4">
-        <v>2347</v>
+        <v>2448</v>
       </c>
       <c r="F16" s="4">
-        <v>2449</v>
+        <v>2555</v>
       </c>
       <c r="G16" s="4">
-        <v>2555</v>
+        <v>2337</v>
       </c>
       <c r="H16" s="4">
-        <v>2337</v>
+        <v>2140</v>
       </c>
       <c r="I16" s="4">
-        <v>2142</v>
+        <v>2298</v>
       </c>
       <c r="J16" s="4">
-        <v>2298</v>
+        <v>2332</v>
       </c>
       <c r="K16" s="4">
-        <v>2333</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="17" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="4">
-        <v>426</v>
+        <v>444</v>
       </c>
       <c r="C17" s="4">
-        <v>444</v>
+        <v>427</v>
       </c>
       <c r="D17" s="4">
-        <v>427</v>
+        <v>373</v>
       </c>
       <c r="E17" s="4">
-        <v>373</v>
+        <v>354</v>
       </c>
       <c r="F17" s="4">
-        <v>354</v>
+        <v>268</v>
       </c>
       <c r="G17" s="4">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="H17" s="4">
-        <v>262</v>
+        <v>290</v>
       </c>
       <c r="I17" s="4">
-        <v>290</v>
+        <v>306</v>
       </c>
       <c r="J17" s="4">
-        <v>306</v>
+        <v>339</v>
       </c>
       <c r="K17" s="4">
-        <v>339</v>
+        <v>331</v>
       </c>
     </row>
     <row r="18" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A18" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B18" s="4">
-        <v>210</v>
+        <v>260</v>
       </c>
       <c r="C18" s="4">
-        <v>260</v>
+        <v>229</v>
       </c>
       <c r="D18" s="4">
-        <v>229</v>
+        <v>171</v>
       </c>
       <c r="E18" s="4">
-        <v>171</v>
+        <v>200</v>
       </c>
       <c r="F18" s="4">
-        <v>200</v>
+        <v>128</v>
       </c>
       <c r="G18" s="4">
-        <v>128</v>
+        <v>106</v>
       </c>
       <c r="H18" s="4">
-        <v>106</v>
+        <v>153</v>
       </c>
       <c r="I18" s="4">
-        <v>153</v>
+        <v>195</v>
       </c>
       <c r="J18" s="4">
-        <v>195</v>
+        <v>163</v>
       </c>
       <c r="K18" s="4">
-        <v>163</v>
+        <v>159</v>
       </c>
     </row>
     <row r="19" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A19" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B19" s="4">
-        <v>1050</v>
+        <v>1207</v>
       </c>
       <c r="C19" s="4">
-        <v>1207</v>
+        <v>1113</v>
       </c>
       <c r="D19" s="4">
-        <v>1113</v>
+        <v>1292</v>
       </c>
       <c r="E19" s="4">
-        <v>1292</v>
+        <v>1280</v>
       </c>
       <c r="F19" s="4">
-        <v>1280</v>
+        <v>1180</v>
       </c>
       <c r="G19" s="4">
-        <v>1180</v>
+        <v>1321</v>
       </c>
       <c r="H19" s="4">
-        <v>1321</v>
+        <v>1314</v>
       </c>
       <c r="I19" s="4">
-        <v>1314</v>
+        <v>1410</v>
       </c>
       <c r="J19" s="4">
-        <v>1411</v>
+        <v>1433</v>
       </c>
       <c r="K19" s="4">
-        <v>1433</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="20" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A20" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="4">
-        <v>58</v>
+        <v>39</v>
       </c>
       <c r="C20" s="4">
-        <v>39</v>
+        <v>59</v>
       </c>
       <c r="D20" s="4">
-        <v>59</v>
+        <v>68</v>
       </c>
       <c r="E20" s="4">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="F20" s="4">
-        <v>73</v>
+        <v>23</v>
       </c>
       <c r="G20" s="4">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H20" s="4">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="I20" s="4">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="J20" s="4">
-        <v>47</v>
+        <v>76</v>
       </c>
       <c r="K20" s="4">
-        <v>76</v>
+        <v>60</v>
       </c>
     </row>
     <row r="21" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A21" s="5" t="s">
         <v>18</v>
       </c>
       <c r="B21" s="6">
-        <v>5281</v>
+        <v>5720</v>
       </c>
       <c r="C21" s="6">
-        <v>5720</v>
+        <v>5391</v>
       </c>
       <c r="D21" s="6">
-        <v>5391</v>
+        <v>5198</v>
       </c>
       <c r="E21" s="6">
-        <v>5198</v>
+        <v>5309</v>
       </c>
       <c r="F21" s="6">
-        <v>5310</v>
+        <v>4899</v>
       </c>
       <c r="G21" s="6">
-        <v>4899</v>
+        <v>4961</v>
       </c>
       <c r="H21" s="6">
-        <v>4961</v>
+        <v>4830</v>
       </c>
       <c r="I21" s="6">
-        <v>4832</v>
+        <v>5222</v>
       </c>
       <c r="J21" s="6">
-        <v>5223</v>
+        <v>5254</v>
       </c>
       <c r="K21" s="6">
-        <v>5255</v>
+        <v>5088</v>
       </c>
     </row>
     <row r="22" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="23" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D23" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H23" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I23" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J23" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K23" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A24" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B24" s="4">
-        <v>84</v>
+        <v>98</v>
       </c>
       <c r="C24" s="4">
-        <v>98</v>
+        <v>82</v>
       </c>
       <c r="D24" s="4">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="E24" s="4">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="F24" s="4">
         <v>85</v>
       </c>
       <c r="G24" s="4">
-        <v>85</v>
+        <v>77</v>
       </c>
       <c r="H24" s="4">
-        <v>77</v>
+        <v>56</v>
       </c>
       <c r="I24" s="4">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="J24" s="4">
-        <v>55</v>
+        <v>74</v>
       </c>
       <c r="K24" s="4">
-        <v>74</v>
+        <v>43</v>
       </c>
     </row>
     <row r="25" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A25" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B25" s="4">
-        <v>63</v>
+        <v>81</v>
       </c>
       <c r="C25" s="4">
-        <v>81</v>
+        <v>89</v>
       </c>
       <c r="D25" s="4">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E25" s="4">
-        <v>90</v>
+        <v>64</v>
       </c>
       <c r="F25" s="4">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="G25" s="4">
-        <v>62</v>
+        <v>91</v>
       </c>
       <c r="H25" s="4">
-        <v>91</v>
+        <v>76</v>
       </c>
       <c r="I25" s="4">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="J25" s="4">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="K25" s="4">
-        <v>76</v>
+        <v>65</v>
       </c>
     </row>
     <row r="26" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B26" s="4">
-        <v>430</v>
+        <v>446</v>
       </c>
       <c r="C26" s="4">
-        <v>447</v>
+        <v>421</v>
       </c>
       <c r="D26" s="4">
-        <v>421</v>
+        <v>345</v>
       </c>
       <c r="E26" s="4">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="F26" s="4">
-        <v>348</v>
+        <v>371</v>
       </c>
       <c r="G26" s="4">
-        <v>371</v>
+        <v>317</v>
       </c>
       <c r="H26" s="4">
-        <v>317</v>
+        <v>266</v>
       </c>
       <c r="I26" s="4">
-        <v>265</v>
+        <v>318</v>
       </c>
       <c r="J26" s="4">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="K26" s="4">
-        <v>332</v>
+        <v>304</v>
       </c>
     </row>
     <row r="27" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B27" s="4">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="C27" s="4">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="D27" s="4">
+        <v>29</v>
+      </c>
+      <c r="E27" s="4">
+        <v>22</v>
+      </c>
+      <c r="F27" s="4">
+        <v>23</v>
+      </c>
+      <c r="G27" s="4">
         <v>14</v>
       </c>
-      <c r="E27" s="4">
-[...7 lines deleted...]
-      </c>
       <c r="H27" s="4">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="I27" s="4">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="J27" s="4">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="K27" s="4">
-        <v>28</v>
+        <v>27</v>
       </c>
     </row>
     <row r="28" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A28" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B28" s="4">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="C28" s="4">
         <v>13</v>
       </c>
       <c r="D28" s="4">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E28" s="4">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="F28" s="4">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G28" s="4">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="H28" s="4">
+        <v>5</v>
+      </c>
+      <c r="I28" s="4">
+        <v>22</v>
+      </c>
+      <c r="J28" s="4">
+        <v>15</v>
+      </c>
+      <c r="K28" s="4">
         <v>12</v>
-      </c>
-[...7 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="29" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A29" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B29" s="4">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="C29" s="4">
-        <v>208</v>
+        <v>187</v>
       </c>
       <c r="D29" s="4">
-        <v>187</v>
+        <v>228</v>
       </c>
       <c r="E29" s="4">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F29" s="4">
-        <v>230</v>
+        <v>184</v>
       </c>
       <c r="G29" s="4">
-        <v>185</v>
+        <v>214</v>
       </c>
       <c r="H29" s="4">
-        <v>214</v>
+        <v>203</v>
       </c>
       <c r="I29" s="4">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="J29" s="4">
-        <v>206</v>
+        <v>232</v>
       </c>
       <c r="K29" s="4">
-        <v>232</v>
+        <v>225</v>
       </c>
     </row>
     <row r="30" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A30" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B30" s="4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C30" s="4">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="D30" s="4">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E30" s="4">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="F30" s="4">
         <v>4</v>
       </c>
       <c r="G30" s="4">
+        <v>3</v>
+      </c>
+      <c r="H30" s="4">
         <v>4</v>
       </c>
-      <c r="H30" s="4">
+      <c r="I30" s="4">
+        <v>11</v>
+      </c>
+      <c r="J30" s="4">
+        <v>8</v>
+      </c>
+      <c r="K30" s="4">
         <v>3</v>
-      </c>
-[...7 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="31" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A31" s="5" t="s">
         <v>18</v>
       </c>
       <c r="B31" s="6">
+        <v>863</v>
+      </c>
+      <c r="C31" s="6">
         <v>813</v>
       </c>
-      <c r="C31" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="D31" s="6">
-        <v>813</v>
+        <v>800</v>
       </c>
       <c r="E31" s="6">
-        <v>800</v>
+        <v>776</v>
       </c>
       <c r="F31" s="6">
-        <v>776</v>
+        <v>749</v>
       </c>
       <c r="G31" s="6">
-        <v>750</v>
+        <v>728</v>
       </c>
       <c r="H31" s="6">
-        <v>728</v>
+        <v>634</v>
       </c>
       <c r="I31" s="6">
-        <v>633</v>
+        <v>718</v>
       </c>
       <c r="J31" s="6">
-        <v>718</v>
+        <v>764</v>
       </c>
       <c r="K31" s="6">
-        <v>765</v>
+        <v>679</v>
       </c>
     </row>
     <row r="32" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="33" s="1" customFormat="1" ht="24.5318" customHeight="1">
       <c r="A33" s="8" t="s">
         <v>22</v>
       </c>
       <c r="B33" s="8"/>
       <c r="C33" s="8"/>
       <c r="D33" s="8"/>
       <c r="E33" s="8"/>
       <c r="F33" s="8"/>
       <c r="G33" s="8"/>
       <c r="H33" s="8"/>
       <c r="I33" s="8"/>
       <c r="J33" s="8"/>
       <c r="K33" s="8"/>
       <c r="L33" s="8"/>
     </row>
     <row r="34" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A33:L33"/>
   </mergeCells>