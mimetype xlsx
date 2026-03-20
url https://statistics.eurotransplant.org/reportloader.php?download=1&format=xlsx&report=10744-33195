--- v1 (2026-02-03)
+++ v2 (2026-03-20)
@@ -72,51 +72,51 @@
   <si>
     <t>H</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>SLO</t>
   </si>
   <si>
     <t>Total events</t>
   </si>
   <si>
     <t>New registration events</t>
   </si>
   <si>
     <t>Re-registration events</t>
   </si>
   <si>
     <t>Kidney waiting list registrations, by year, by country</t>
   </si>
   <si>
-    <t xml:space="preserve">statistics.eurotransplant.org : 4001P_kidney : 22.01.2026 :  Re-registrations are where a patient has previously received a
+    <t xml:space="preserve">statistics.eurotransplant.org : 4001P_kidney : 12.02.2026 :  Re-registrations are where a patient has previously received a
  transplant for the same organ. Registrations for both deceased and living donor transplants are included.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
@@ -502,51 +502,51 @@
       <c r="B9" s="4">
         <v>1413</v>
       </c>
       <c r="C9" s="4">
         <v>1300</v>
       </c>
       <c r="D9" s="4">
         <v>1520</v>
       </c>
       <c r="E9" s="4">
         <v>1510</v>
       </c>
       <c r="F9" s="4">
         <v>1364</v>
       </c>
       <c r="G9" s="4">
         <v>1535</v>
       </c>
       <c r="H9" s="4">
         <v>1517</v>
       </c>
       <c r="I9" s="4">
         <v>1616</v>
       </c>
       <c r="J9" s="4">
-        <v>1665</v>
+        <v>1664</v>
       </c>
       <c r="K9" s="4">
         <v>1561</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A10" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="4">
         <v>41</v>
       </c>
       <c r="C10" s="4">
         <v>66</v>
       </c>
       <c r="D10" s="4">
         <v>79</v>
       </c>
       <c r="E10" s="4">
         <v>77</v>
       </c>
       <c r="F10" s="4">
         <v>27</v>
       </c>
       <c r="G10" s="4">
@@ -572,51 +572,51 @@
       <c r="B11" s="6">
         <v>6583</v>
       </c>
       <c r="C11" s="6">
         <v>6204</v>
       </c>
       <c r="D11" s="6">
         <v>5998</v>
       </c>
       <c r="E11" s="6">
         <v>6085</v>
       </c>
       <c r="F11" s="6">
         <v>5648</v>
       </c>
       <c r="G11" s="6">
         <v>5689</v>
       </c>
       <c r="H11" s="6">
         <v>5464</v>
       </c>
       <c r="I11" s="6">
         <v>5940</v>
       </c>
       <c r="J11" s="6">
-        <v>6018</v>
+        <v>6017</v>
       </c>
       <c r="K11" s="6">
         <v>5767</v>
       </c>
     </row>
     <row r="12" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="13" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>5</v>
       </c>
@@ -818,51 +818,51 @@
       <c r="B19" s="4">
         <v>1207</v>
       </c>
       <c r="C19" s="4">
         <v>1113</v>
       </c>
       <c r="D19" s="4">
         <v>1292</v>
       </c>
       <c r="E19" s="4">
         <v>1280</v>
       </c>
       <c r="F19" s="4">
         <v>1180</v>
       </c>
       <c r="G19" s="4">
         <v>1321</v>
       </c>
       <c r="H19" s="4">
         <v>1314</v>
       </c>
       <c r="I19" s="4">
         <v>1410</v>
       </c>
       <c r="J19" s="4">
-        <v>1433</v>
+        <v>1432</v>
       </c>
       <c r="K19" s="4">
         <v>1336</v>
       </c>
     </row>
     <row r="20" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A20" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="4">
         <v>39</v>
       </c>
       <c r="C20" s="4">
         <v>59</v>
       </c>
       <c r="D20" s="4">
         <v>68</v>
       </c>
       <c r="E20" s="4">
         <v>73</v>
       </c>
       <c r="F20" s="4">
         <v>23</v>
       </c>
       <c r="G20" s="4">
@@ -888,51 +888,51 @@
       <c r="B21" s="6">
         <v>5720</v>
       </c>
       <c r="C21" s="6">
         <v>5391</v>
       </c>
       <c r="D21" s="6">
         <v>5198</v>
       </c>
       <c r="E21" s="6">
         <v>5309</v>
       </c>
       <c r="F21" s="6">
         <v>4899</v>
       </c>
       <c r="G21" s="6">
         <v>4961</v>
       </c>
       <c r="H21" s="6">
         <v>4830</v>
       </c>
       <c r="I21" s="6">
         <v>5222</v>
       </c>
       <c r="J21" s="6">
-        <v>5254</v>
+        <v>5253</v>
       </c>
       <c r="K21" s="6">
         <v>5088</v>
       </c>
     </row>
     <row r="22" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="23" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D23" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>5</v>
       </c>