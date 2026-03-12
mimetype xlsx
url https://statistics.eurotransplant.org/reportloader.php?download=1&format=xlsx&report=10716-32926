--- v0 (2025-11-05)
+++ v1 (2026-03-12)
@@ -54,51 +54,51 @@
   <si>
     <t>kidney</t>
   </si>
   <si>
     <t>heart</t>
   </si>
   <si>
     <t>lung</t>
   </si>
   <si>
     <t>liver</t>
   </si>
   <si>
     <t>pancreas</t>
   </si>
   <si>
     <t>Total events</t>
   </si>
   <si>
     <t>Total patients</t>
   </si>
   <si>
     <t>Waiting list mortality in 2021, by country, by organ</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 4513P_2021 : 10.02.2025 : Reported by year of death. Includes patients with active or non-active urgency at removal. Includes removals while waiting for living or deceased donor transplants.</t>
+    <t>statistics.eurotransplant.org : 4513P_2021 : 12.02.2026 : Reported by year of death. Includes patients with active or non-active urgency at removal. Includes removals while waiting for living or deceased donor transplants.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -312,66 +312,66 @@
       </c>
       <c r="F4" s="6">
         <v>23</v>
       </c>
       <c r="G4" s="6">
         <v>105</v>
       </c>
       <c r="H4" s="6">
         <v>4</v>
       </c>
       <c r="I4" s="7">
         <v>734</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B5" s="6">
         <v>4</v>
       </c>
       <c r="C5" s="6">
         <v>9</v>
       </c>
       <c r="D5" s="6">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E5" s="6">
         <v>14</v>
       </c>
       <c r="F5" s="6">
         <v>5</v>
       </c>
       <c r="G5" s="6">
         <v>12</v>
       </c>
       <c r="H5" s="6">
         <v>2</v>
       </c>
       <c r="I5" s="7">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A6" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B6" s="6">
         <v>4</v>
       </c>
       <c r="C6" s="6">
         <v>12</v>
       </c>
       <c r="D6" s="6">
         <v>41</v>
       </c>
       <c r="E6" s="6">
         <v>5</v>
       </c>
       <c r="F6" s="6">
         <v>1</v>
       </c>
       <c r="G6" s="6">
         <v>16</v>
       </c>
       <c r="H6" s="6"/>
@@ -424,95 +424,95 @@
       <c r="E8" s="6">
         <v>4</v>
       </c>
       <c r="F8" s="6">
         <v>1</v>
       </c>
       <c r="G8" s="6">
         <v>2</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="7">
         <v>43</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="B9" s="7">
         <v>74</v>
       </c>
       <c r="C9" s="7">
         <v>95</v>
       </c>
       <c r="D9" s="7">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="E9" s="7">
         <v>122</v>
       </c>
       <c r="F9" s="7">
         <v>57</v>
       </c>
       <c r="G9" s="7">
         <v>165</v>
       </c>
       <c r="H9" s="7">
         <v>12</v>
       </c>
       <c r="I9" s="7">
-        <v>1413</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="B10" s="7">
         <v>70</v>
       </c>
       <c r="C10" s="7">
         <v>90</v>
       </c>
       <c r="D10" s="7">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="E10" s="7">
         <v>115</v>
       </c>
       <c r="F10" s="7">
         <v>56</v>
       </c>
       <c r="G10" s="7">
         <v>161</v>
       </c>
       <c r="H10" s="7">
         <v>11</v>
       </c>
       <c r="I10" s="7">
-        <v>1338</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="11" s="1" customFormat="1" ht="7.9995" customHeight="1"/>
     <row r="12" s="1" customFormat="1" ht="26.1317" customHeight="1">
       <c r="A12" s="9" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="9"/>
       <c r="C12" s="9"/>
       <c r="D12" s="9"/>
       <c r="E12" s="9"/>
       <c r="F12" s="9"/>
       <c r="G12" s="9"/>
       <c r="H12" s="9"/>
       <c r="I12" s="9"/>
       <c r="J12" s="9"/>
     </row>
     <row r="13" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A12:J12"/>
   </mergeCells>
   <pageSetup paperSize="9" scale="100" orientation="portrait"/>
   <headerFooter alignWithMargins="0"/>