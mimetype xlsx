--- v0 (2025-10-18)
+++ v1 (2025-12-08)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="donation" sheetId="1" r:id="rId1"/>
     <sheet name="transplants" sheetId="2" r:id="rId2"/>
     <sheet name="waiting list" sheetId="3" r:id="rId3"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="240" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="242" uniqueCount="53">
   <si>
     <t>A</t>
   </si>
   <si>
     <t>B</t>
   </si>
   <si>
     <t>D</t>
   </si>
   <si>
     <t>H</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>L</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>SLO</t>
   </si>
   <si>
@@ -73,60 +73,60 @@
   <si>
     <t>multi-organ</t>
   </si>
   <si>
     <t>% multi-organ</t>
   </si>
   <si>
     <t>kidney</t>
   </si>
   <si>
     <t>heart</t>
   </si>
   <si>
     <t>lung</t>
   </si>
   <si>
     <t>liver</t>
   </si>
   <si>
     <t>pancreas</t>
   </si>
   <si>
     <t>pancreas islets</t>
   </si>
   <si>
-    <t>Deceased donors used for transplant, Jan-Sep 2025 / 2024, by donor country</t>
+    <t>Deceased donors used for transplant, Jan-Oct 2025 / 2024, by donor country</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 9021P_2025.09 : 10.10.2025 : based on date of donor registration</t>
+    <t>statistics.eurotransplant.org : 9021P_2025.10 : 06.11.2025 : based on date of donor registration</t>
   </si>
   <si>
-    <t>Deceased donor organs used for transplant, Jan-Sep 2025 / 2024, by donor country</t>
+    <t>Deceased donor organs used for transplant, Jan-Oct 2025 / 2024, by donor country</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 9021P_2025.09 : 10.10.2025 : by donor registration date, counting individual organs (lung, kidney)</t>
+    <t>statistics.eurotransplant.org : 9021P_2025.10 : 06.11.2025 : by donor registration date, counting individual organs (lung, kidney)</t>
   </si>
   <si>
     <t>kidney, pancreas (only)</t>
   </si>
   <si>
     <t xml:space="preserve">kidney </t>
   </si>
   <si>
     <t xml:space="preserve">pancreas </t>
   </si>
   <si>
     <t xml:space="preserve">pancreas islets </t>
   </si>
   <si>
     <t xml:space="preserve">pancreas + kidney </t>
   </si>
   <si>
     <t>heart, lung combinations</t>
   </si>
   <si>
     <t xml:space="preserve">heart </t>
   </si>
   <si>
     <t xml:space="preserve">lung </t>
   </si>
@@ -148,69 +148,69 @@
   <si>
     <t xml:space="preserve">lungs + kidney </t>
   </si>
   <si>
     <t>liver combinations</t>
   </si>
   <si>
     <t xml:space="preserve">liver </t>
   </si>
   <si>
     <t xml:space="preserve">split liver </t>
   </si>
   <si>
     <t xml:space="preserve">liver + pancreas </t>
   </si>
   <si>
     <t xml:space="preserve">liver + pancreas + kidney </t>
   </si>
   <si>
     <t xml:space="preserve">liver + kidney </t>
   </si>
   <si>
     <t xml:space="preserve">split liver + kidney </t>
   </si>
   <si>
-    <t>Transplants (deceased donor), Jan-Sep 2025 / 2024, by transplant country</t>
+    <t>Transplants (deceased donor), Jan-Oct 2025 / 2024, by transplant country</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 9021P_2025.09 : 10.10.2025 : based on transplant date (can differ from donor registration date)</t>
+    <t>statistics.eurotransplant.org : 9021P_2025.10 : 06.11.2025 : based on transplant date (can differ from donor registration date)</t>
   </si>
   <si>
     <t xml:space="preserve">heart + lung </t>
   </si>
   <si>
     <t xml:space="preserve">lung + liver </t>
   </si>
   <si>
     <t xml:space="preserve">heart + liver + kidney </t>
   </si>
   <si>
-    <t>Active waiting list (at month-end) Sep 2025 / Sep 2024, by country</t>
+    <t>Active waiting list (at month-end) Oct 2025 / Oct 2024, by country</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 9021P_2025.09 : 10.10.2025 : at month-end, only includes active patients</t>
+    <t>statistics.eurotransplant.org : 9021P_2025.10 : 06.11.2025 : at month-end, only includes active patients</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="172" formatCode="0"/>
     <numFmt numFmtId="173" formatCode="#,##0.0%"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
@@ -530,795 +530,803 @@
       <c r="I4" s="6"/>
       <c r="J4" s="6"/>
       <c r="K4" s="6"/>
       <c r="L4" s="6"/>
       <c r="M4" s="6"/>
       <c r="N4" s="6"/>
       <c r="O4" s="6"/>
       <c r="P4" s="6"/>
       <c r="Q4" s="6"/>
       <c r="R4" s="6"/>
       <c r="S4" s="6"/>
       <c r="T4" s="6"/>
       <c r="U4" s="6"/>
       <c r="V4" s="7"/>
       <c r="W4" s="7"/>
     </row>
     <row r="5" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A5" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="8" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="8"/>
       <c r="D5" s="9">
-        <v>159</v>
+        <v>174</v>
       </c>
       <c r="E5" s="9"/>
       <c r="F5" s="9">
-        <v>317</v>
+        <v>352</v>
       </c>
       <c r="G5" s="9"/>
       <c r="H5" s="9">
-        <v>715</v>
+        <v>794</v>
       </c>
       <c r="I5" s="9"/>
       <c r="J5" s="9">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="K5" s="9"/>
       <c r="L5" s="9">
-        <v>76</v>
+        <v>88</v>
       </c>
       <c r="M5" s="9"/>
       <c r="N5" s="9">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O5" s="9"/>
       <c r="P5" s="9">
-        <v>226</v>
+        <v>249</v>
       </c>
       <c r="Q5" s="9"/>
       <c r="R5" s="9">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="S5" s="9"/>
       <c r="T5" s="9">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="U5" s="9"/>
       <c r="V5" s="10">
-        <v>1681</v>
+        <v>1865</v>
       </c>
       <c r="W5" s="10"/>
     </row>
     <row r="6" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A6" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="8" t="s">
         <v>11</v>
       </c>
       <c r="C6" s="8"/>
       <c r="D6" s="9">
-        <v>125</v>
+        <v>141</v>
       </c>
       <c r="E6" s="9"/>
       <c r="F6" s="9">
-        <v>273</v>
+        <v>299</v>
       </c>
       <c r="G6" s="9"/>
       <c r="H6" s="9">
-        <v>685</v>
+        <v>758</v>
       </c>
       <c r="I6" s="9"/>
       <c r="J6" s="9">
-        <v>110</v>
+        <v>129</v>
       </c>
       <c r="K6" s="9"/>
       <c r="L6" s="9">
-        <v>78</v>
+        <v>89</v>
       </c>
       <c r="M6" s="9"/>
       <c r="N6" s="9">
         <v>4</v>
       </c>
       <c r="O6" s="9"/>
       <c r="P6" s="9">
-        <v>281</v>
+        <v>313</v>
       </c>
       <c r="Q6" s="9"/>
       <c r="R6" s="9">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="S6" s="9"/>
       <c r="T6" s="9">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="U6" s="9"/>
       <c r="V6" s="10">
-        <v>1630</v>
+        <v>1811</v>
       </c>
       <c r="W6" s="10"/>
     </row>
     <row r="7" s="1" customFormat="1" ht="2.6665" customHeight="1"/>
     <row r="8" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A8" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B8" s="8" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="9">
-        <v>119</v>
+        <v>130</v>
       </c>
       <c r="D8" s="9"/>
       <c r="E8" s="9">
-        <v>219</v>
+        <v>242</v>
       </c>
       <c r="F8" s="9"/>
       <c r="G8" s="9">
-        <v>559</v>
+        <v>623</v>
       </c>
       <c r="H8" s="9"/>
       <c r="I8" s="9">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="J8" s="9"/>
       <c r="K8" s="9">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="L8" s="9"/>
-      <c r="M8" s="9"/>
+      <c r="M8" s="9">
+        <v>1</v>
+      </c>
       <c r="N8" s="9"/>
       <c r="O8" s="9">
-        <v>160</v>
+        <v>177</v>
       </c>
       <c r="P8" s="9"/>
       <c r="Q8" s="9">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="R8" s="9"/>
       <c r="S8" s="9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T8" s="9"/>
       <c r="U8" s="10">
-        <v>1210</v>
+        <v>1344</v>
       </c>
       <c r="V8" s="10"/>
     </row>
     <row r="9" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A9" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="8" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="9">
-        <v>88</v>
+        <v>102</v>
       </c>
       <c r="D9" s="9"/>
       <c r="E9" s="9">
-        <v>191</v>
+        <v>208</v>
       </c>
       <c r="F9" s="9"/>
       <c r="G9" s="9">
-        <v>532</v>
+        <v>593</v>
       </c>
       <c r="H9" s="9"/>
       <c r="I9" s="9">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="J9" s="9"/>
       <c r="K9" s="9">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="L9" s="9"/>
       <c r="M9" s="9">
         <v>2</v>
       </c>
       <c r="N9" s="9"/>
       <c r="O9" s="9">
-        <v>202</v>
+        <v>223</v>
       </c>
       <c r="P9" s="9"/>
       <c r="Q9" s="9">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="R9" s="9"/>
       <c r="S9" s="9">
         <v>4</v>
       </c>
       <c r="T9" s="9"/>
       <c r="U9" s="10">
-        <v>1177</v>
+        <v>1306</v>
       </c>
       <c r="V9" s="10"/>
     </row>
     <row r="10" s="1" customFormat="1" ht="2.6665" customHeight="1"/>
     <row r="11" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A11" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B11" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="11">
-        <v>748427.672955975e-6</v>
+        <v>747126.436781609e-6</v>
       </c>
       <c r="D11" s="11"/>
       <c r="E11" s="11">
-        <v>690851.735015773e-6</v>
+        <v>687500e-6</v>
       </c>
       <c r="F11" s="11"/>
       <c r="G11" s="11">
-        <v>781818.181818182e-6</v>
+        <v>784634.76070529e-6</v>
       </c>
       <c r="H11" s="11"/>
       <c r="I11" s="11">
-        <v>675675.675675676e-6</v>
+        <v>666666.666666667e-6</v>
       </c>
       <c r="J11" s="11"/>
       <c r="K11" s="11">
-        <v>684210.52631579e-6</v>
+        <v>681818.181818182e-6</v>
       </c>
       <c r="L11" s="11"/>
-      <c r="M11" s="11"/>
+      <c r="M11" s="11">
+        <v>500000e-6</v>
+      </c>
       <c r="N11" s="11"/>
       <c r="O11" s="11">
-        <v>707964.601769912e-6</v>
+        <v>710843.373493976e-6</v>
       </c>
       <c r="P11" s="11"/>
       <c r="Q11" s="11">
-        <v>727272.727272727e-6</v>
+        <v>700000e-6</v>
       </c>
       <c r="R11" s="11"/>
       <c r="S11" s="11">
-        <v>46511.6279069767e-6</v>
+        <v>65217.3913043478e-6</v>
       </c>
       <c r="T11" s="11"/>
       <c r="U11" s="12">
-        <v>719809.637120761e-6</v>
+        <v>720643.431635389e-6</v>
       </c>
       <c r="V11" s="12"/>
     </row>
     <row r="12" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A12" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B12" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="11">
-        <v>704000e-6</v>
+        <v>723404.255319149e-6</v>
       </c>
       <c r="D12" s="11"/>
       <c r="E12" s="11">
-        <v>699633.6996337e-6</v>
+        <v>695652.173913043e-6</v>
       </c>
       <c r="F12" s="11"/>
       <c r="G12" s="11">
-        <v>776642.335766423e-6</v>
+        <v>782321.899736148e-6</v>
       </c>
       <c r="H12" s="11"/>
       <c r="I12" s="11">
-        <v>709090.909090909e-6</v>
+        <v>682170.542635659e-6</v>
       </c>
       <c r="J12" s="11"/>
       <c r="K12" s="11">
-        <v>679487.17948718e-6</v>
+        <v>640449.438202247e-6</v>
       </c>
       <c r="L12" s="11"/>
       <c r="M12" s="11">
         <v>500000e-6</v>
       </c>
       <c r="N12" s="11"/>
       <c r="O12" s="11">
-        <v>718861.209964413e-6</v>
+        <v>712460.063897764e-6</v>
       </c>
       <c r="P12" s="11"/>
       <c r="Q12" s="11">
-        <v>794117.647058824e-6</v>
+        <v>805555.555555556e-6</v>
       </c>
       <c r="R12" s="11"/>
       <c r="S12" s="11">
-        <v>100000e-6</v>
+        <v>95238.0952380952e-6</v>
       </c>
       <c r="T12" s="11"/>
       <c r="U12" s="12">
-        <v>722085.889570552e-6</v>
+        <v>721148.536720044e-6</v>
       </c>
       <c r="V12" s="12"/>
     </row>
     <row r="13" s="1" customFormat="1" ht="2.6665" customHeight="1"/>
     <row r="14" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A14" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="8" t="s">
         <v>15</v>
       </c>
       <c r="C14" s="9">
-        <v>135</v>
+        <v>146</v>
       </c>
       <c r="D14" s="9"/>
       <c r="E14" s="9">
-        <v>226</v>
+        <v>247</v>
       </c>
       <c r="F14" s="9"/>
       <c r="G14" s="9">
-        <v>600</v>
+        <v>669</v>
       </c>
       <c r="H14" s="9"/>
       <c r="I14" s="9">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="J14" s="9"/>
       <c r="K14" s="9">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="L14" s="9"/>
-      <c r="M14" s="9"/>
+      <c r="M14" s="9">
+        <v>1</v>
+      </c>
       <c r="N14" s="9"/>
       <c r="O14" s="9">
-        <v>198</v>
+        <v>219</v>
       </c>
       <c r="P14" s="9"/>
       <c r="Q14" s="9">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="R14" s="9"/>
       <c r="S14" s="9">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="T14" s="9"/>
       <c r="U14" s="10">
-        <v>1331</v>
+        <v>1473</v>
       </c>
       <c r="V14" s="10"/>
     </row>
     <row r="15" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A15" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="8" t="s">
         <v>15</v>
       </c>
       <c r="C15" s="9">
-        <v>97</v>
+        <v>111</v>
       </c>
       <c r="D15" s="9"/>
       <c r="E15" s="9">
-        <v>182</v>
+        <v>203</v>
       </c>
       <c r="F15" s="9"/>
       <c r="G15" s="9">
-        <v>563</v>
+        <v>626</v>
       </c>
       <c r="H15" s="9"/>
       <c r="I15" s="9">
-        <v>92</v>
+        <v>107</v>
       </c>
       <c r="J15" s="9"/>
       <c r="K15" s="9">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="L15" s="9"/>
       <c r="M15" s="9">
         <v>2</v>
       </c>
       <c r="N15" s="9"/>
       <c r="O15" s="9">
-        <v>262</v>
+        <v>291</v>
       </c>
       <c r="P15" s="9"/>
       <c r="Q15" s="9">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="R15" s="9"/>
       <c r="S15" s="9"/>
       <c r="T15" s="9"/>
       <c r="U15" s="10">
-        <v>1280</v>
+        <v>1432</v>
       </c>
       <c r="V15" s="10"/>
     </row>
     <row r="16" s="1" customFormat="1" ht="2.6665" customHeight="1"/>
     <row r="17" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A17" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C17" s="9">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="D17" s="9"/>
       <c r="E17" s="9">
-        <v>63</v>
+        <v>71</v>
       </c>
       <c r="F17" s="9"/>
       <c r="G17" s="9">
-        <v>240</v>
+        <v>260</v>
       </c>
       <c r="H17" s="9"/>
       <c r="I17" s="9">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="J17" s="9"/>
       <c r="K17" s="9">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="L17" s="9"/>
-      <c r="M17" s="9"/>
+      <c r="M17" s="9">
+        <v>1</v>
+      </c>
       <c r="N17" s="9"/>
       <c r="O17" s="9">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="P17" s="9"/>
       <c r="Q17" s="9">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="R17" s="9"/>
       <c r="S17" s="9">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="T17" s="9"/>
       <c r="U17" s="10">
-        <v>530</v>
+        <v>580</v>
       </c>
       <c r="V17" s="10"/>
     </row>
     <row r="18" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A18" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B18" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C18" s="9">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="D18" s="9"/>
       <c r="E18" s="9">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="F18" s="9"/>
       <c r="G18" s="9">
-        <v>239</v>
+        <v>268</v>
       </c>
       <c r="H18" s="9"/>
       <c r="I18" s="9">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="J18" s="9"/>
       <c r="K18" s="9">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L18" s="9"/>
       <c r="M18" s="9">
         <v>1</v>
       </c>
       <c r="N18" s="9"/>
       <c r="O18" s="9">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="P18" s="9"/>
       <c r="Q18" s="9">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="R18" s="9"/>
       <c r="S18" s="9">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="T18" s="9"/>
       <c r="U18" s="10">
-        <v>531</v>
+        <v>591</v>
       </c>
       <c r="V18" s="10"/>
     </row>
     <row r="19" s="1" customFormat="1" ht="2.6665" customHeight="1"/>
     <row r="20" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A20" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B20" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C20" s="9">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="D20" s="9"/>
       <c r="E20" s="9">
-        <v>106</v>
+        <v>119</v>
       </c>
       <c r="F20" s="9"/>
       <c r="G20" s="9">
-        <v>223</v>
+        <v>249</v>
       </c>
       <c r="H20" s="9"/>
       <c r="I20" s="9">
         <v>21</v>
       </c>
       <c r="J20" s="9"/>
       <c r="K20" s="9">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="L20" s="9"/>
       <c r="M20" s="9"/>
       <c r="N20" s="9"/>
       <c r="O20" s="9">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="P20" s="9"/>
       <c r="Q20" s="9">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="R20" s="9"/>
       <c r="S20" s="9">
         <v>18</v>
       </c>
       <c r="T20" s="9"/>
       <c r="U20" s="10">
-        <v>527</v>
+        <v>587</v>
       </c>
       <c r="V20" s="10"/>
     </row>
     <row r="21" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A21" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B21" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C21" s="9">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="D21" s="9"/>
       <c r="E21" s="9">
-        <v>79</v>
+        <v>92</v>
       </c>
       <c r="F21" s="9"/>
       <c r="G21" s="9">
-        <v>205</v>
+        <v>228</v>
       </c>
       <c r="H21" s="9"/>
       <c r="I21" s="9">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="J21" s="9"/>
       <c r="K21" s="9">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="L21" s="9"/>
       <c r="M21" s="9"/>
       <c r="N21" s="9"/>
       <c r="O21" s="9">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="P21" s="9"/>
       <c r="Q21" s="9">
         <v>13</v>
       </c>
       <c r="R21" s="9"/>
       <c r="S21" s="9">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="T21" s="9"/>
       <c r="U21" s="10">
-        <v>512</v>
+        <v>565</v>
       </c>
       <c r="V21" s="10"/>
     </row>
     <row r="22" s="1" customFormat="1" ht="2.6665" customHeight="1"/>
     <row r="23" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A23" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B23" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C23" s="9">
-        <v>116</v>
+        <v>129</v>
       </c>
       <c r="D23" s="9"/>
       <c r="E23" s="9">
-        <v>276</v>
+        <v>307</v>
       </c>
       <c r="F23" s="9"/>
       <c r="G23" s="9">
-        <v>609</v>
+        <v>677</v>
       </c>
       <c r="H23" s="9"/>
       <c r="I23" s="9">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="J23" s="9"/>
       <c r="K23" s="9">
-        <v>69</v>
+        <v>81</v>
       </c>
       <c r="L23" s="9"/>
       <c r="M23" s="9">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="N23" s="9"/>
       <c r="O23" s="9">
-        <v>149</v>
+        <v>166</v>
       </c>
       <c r="P23" s="9"/>
       <c r="Q23" s="9">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="R23" s="9"/>
       <c r="S23" s="9">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="T23" s="9"/>
       <c r="U23" s="10">
-        <v>1326</v>
+        <v>1483</v>
       </c>
       <c r="V23" s="10"/>
     </row>
     <row r="24" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A24" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B24" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C24" s="9">
-        <v>91</v>
+        <v>105</v>
       </c>
       <c r="D24" s="9"/>
       <c r="E24" s="9">
-        <v>247</v>
+        <v>269</v>
       </c>
       <c r="F24" s="9"/>
       <c r="G24" s="9">
-        <v>580</v>
+        <v>641</v>
       </c>
       <c r="H24" s="9"/>
       <c r="I24" s="9">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="J24" s="9"/>
       <c r="K24" s="9">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="L24" s="9"/>
       <c r="M24" s="9">
         <v>4</v>
       </c>
       <c r="N24" s="9"/>
       <c r="O24" s="9">
-        <v>184</v>
+        <v>206</v>
       </c>
       <c r="P24" s="9"/>
       <c r="Q24" s="9">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="R24" s="9"/>
       <c r="S24" s="9">
         <v>5</v>
       </c>
       <c r="T24" s="9"/>
       <c r="U24" s="10">
-        <v>1279</v>
+        <v>1416</v>
       </c>
       <c r="V24" s="10"/>
     </row>
     <row r="25" s="1" customFormat="1" ht="2.6665" customHeight="1"/>
     <row r="26" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A26" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B26" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C26" s="9">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D26" s="9"/>
       <c r="E26" s="9">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F26" s="9"/>
       <c r="G26" s="9">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="H26" s="9"/>
       <c r="I26" s="9">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="J26" s="9"/>
       <c r="K26" s="9">
         <v>2</v>
       </c>
       <c r="L26" s="9"/>
       <c r="M26" s="9"/>
       <c r="N26" s="9"/>
       <c r="O26" s="9">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="P26" s="9"/>
       <c r="Q26" s="9">
         <v>2</v>
       </c>
       <c r="R26" s="9"/>
       <c r="S26" s="9">
         <v>1</v>
       </c>
       <c r="T26" s="9"/>
       <c r="U26" s="10">
-        <v>125</v>
+        <v>137</v>
       </c>
       <c r="V26" s="10"/>
     </row>
     <row r="27" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A27" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B27" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C27" s="9">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D27" s="9"/>
       <c r="E27" s="9">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F27" s="9"/>
       <c r="G27" s="9">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="H27" s="9"/>
       <c r="I27" s="9">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="J27" s="9"/>
       <c r="K27" s="9">
         <v>2</v>
       </c>
       <c r="L27" s="9"/>
       <c r="M27" s="9"/>
       <c r="N27" s="9"/>
       <c r="O27" s="9">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="P27" s="9"/>
       <c r="Q27" s="9">
         <v>1</v>
       </c>
       <c r="R27" s="9"/>
       <c r="S27" s="9"/>
       <c r="T27" s="9"/>
       <c r="U27" s="10">
-        <v>120</v>
+        <v>131</v>
       </c>
       <c r="V27" s="10"/>
     </row>
     <row r="28" s="1" customFormat="1" ht="5.333" customHeight="1"/>
     <row r="29" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A29" s="18" t="s">
         <v>22</v>
       </c>
       <c r="B29" s="18"/>
       <c r="C29" s="18"/>
       <c r="D29" s="18"/>
       <c r="E29" s="18"/>
       <c r="F29" s="18"/>
       <c r="G29" s="18"/>
       <c r="H29" s="18"/>
       <c r="I29" s="18"/>
       <c r="J29" s="18"/>
       <c r="K29" s="18"/>
       <c r="L29" s="18"/>
       <c r="M29" s="18"/>
       <c r="N29" s="18"/>
       <c r="O29" s="18"/>
       <c r="P29" s="18"/>
       <c r="Q29" s="18"/>
       <c r="R29" s="18"/>
@@ -1416,612 +1424,616 @@
       <c r="I34" s="14"/>
       <c r="J34" s="14"/>
       <c r="K34" s="14"/>
       <c r="L34" s="14"/>
       <c r="M34" s="14"/>
       <c r="N34" s="14"/>
       <c r="O34" s="14"/>
       <c r="P34" s="14"/>
       <c r="Q34" s="14"/>
       <c r="R34" s="14"/>
       <c r="S34" s="14"/>
       <c r="T34" s="14"/>
       <c r="U34" s="14"/>
       <c r="V34" s="14"/>
       <c r="W34" s="14"/>
     </row>
     <row r="35" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A35" s="15" t="s">
         <v>10</v>
       </c>
       <c r="B35" s="8" t="s">
         <v>15</v>
       </c>
       <c r="C35" s="8"/>
       <c r="D35" s="9">
-        <v>251</v>
+        <v>272</v>
       </c>
       <c r="E35" s="9"/>
       <c r="F35" s="9">
-        <v>411</v>
+        <v>450</v>
       </c>
       <c r="G35" s="9"/>
       <c r="H35" s="9">
-        <v>1125</v>
+        <v>1252</v>
       </c>
       <c r="I35" s="9"/>
       <c r="J35" s="9">
-        <v>171</v>
+        <v>183</v>
       </c>
       <c r="K35" s="9"/>
       <c r="L35" s="9">
-        <v>97</v>
+        <v>113</v>
       </c>
       <c r="M35" s="9"/>
-      <c r="N35" s="9"/>
+      <c r="N35" s="9">
+        <v>1</v>
+      </c>
       <c r="O35" s="9"/>
       <c r="P35" s="9">
-        <v>378</v>
+        <v>419</v>
       </c>
       <c r="Q35" s="9"/>
       <c r="R35" s="9">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="S35" s="9"/>
       <c r="T35" s="9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U35" s="9"/>
       <c r="V35" s="10">
-        <v>2479</v>
+        <v>2745</v>
       </c>
       <c r="W35" s="10"/>
     </row>
     <row r="36" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A36" s="15" t="s">
         <v>12</v>
       </c>
       <c r="B36" s="8" t="s">
         <v>15</v>
       </c>
       <c r="C36" s="8"/>
       <c r="D36" s="9">
-        <v>182</v>
+        <v>208</v>
       </c>
       <c r="E36" s="9"/>
       <c r="F36" s="9">
-        <v>344</v>
+        <v>382</v>
       </c>
       <c r="G36" s="9"/>
       <c r="H36" s="9">
-        <v>1075</v>
+        <v>1190</v>
       </c>
       <c r="I36" s="9"/>
       <c r="J36" s="9">
-        <v>175</v>
+        <v>205</v>
       </c>
       <c r="K36" s="9"/>
       <c r="L36" s="9">
-        <v>101</v>
+        <v>116</v>
       </c>
       <c r="M36" s="9"/>
       <c r="N36" s="9">
         <v>4</v>
       </c>
       <c r="O36" s="9"/>
       <c r="P36" s="9">
-        <v>494</v>
+        <v>546</v>
       </c>
       <c r="Q36" s="9"/>
       <c r="R36" s="9">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="S36" s="9"/>
       <c r="T36" s="9"/>
       <c r="U36" s="9"/>
       <c r="V36" s="10">
-        <v>2424</v>
+        <v>2703</v>
       </c>
       <c r="W36" s="10"/>
     </row>
     <row r="37" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A37" s="16"/>
       <c r="B37" s="16"/>
       <c r="C37" s="16"/>
       <c r="D37" s="16"/>
       <c r="E37" s="16"/>
       <c r="F37" s="16"/>
       <c r="G37" s="16"/>
       <c r="H37" s="16"/>
       <c r="I37" s="16"/>
       <c r="J37" s="16"/>
       <c r="K37" s="16"/>
       <c r="L37" s="16"/>
       <c r="M37" s="16"/>
       <c r="N37" s="16"/>
       <c r="O37" s="16"/>
       <c r="P37" s="16"/>
       <c r="Q37" s="16"/>
       <c r="R37" s="16"/>
       <c r="S37" s="16"/>
       <c r="T37" s="16"/>
       <c r="U37" s="16"/>
       <c r="V37" s="16"/>
       <c r="W37" s="16"/>
     </row>
     <row r="38" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A38" s="15" t="s">
         <v>10</v>
       </c>
       <c r="B38" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C38" s="8"/>
       <c r="D38" s="9">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="E38" s="9"/>
       <c r="F38" s="9">
-        <v>63</v>
+        <v>71</v>
       </c>
       <c r="G38" s="9"/>
       <c r="H38" s="9">
-        <v>240</v>
+        <v>260</v>
       </c>
       <c r="I38" s="9"/>
       <c r="J38" s="9">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="K38" s="9"/>
       <c r="L38" s="9">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="M38" s="9"/>
-      <c r="N38" s="9"/>
+      <c r="N38" s="9">
+        <v>1</v>
+      </c>
       <c r="O38" s="9"/>
       <c r="P38" s="9">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="Q38" s="9"/>
       <c r="R38" s="9">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="S38" s="9"/>
       <c r="T38" s="9">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="U38" s="9"/>
       <c r="V38" s="10">
-        <v>530</v>
+        <v>580</v>
       </c>
       <c r="W38" s="10"/>
     </row>
     <row r="39" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A39" s="15" t="s">
         <v>12</v>
       </c>
       <c r="B39" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C39" s="8"/>
       <c r="D39" s="9">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="E39" s="9"/>
       <c r="F39" s="9">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="G39" s="9"/>
       <c r="H39" s="9">
-        <v>239</v>
+        <v>268</v>
       </c>
       <c r="I39" s="9"/>
       <c r="J39" s="9">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="K39" s="9"/>
       <c r="L39" s="9">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="M39" s="9"/>
       <c r="N39" s="9">
         <v>1</v>
       </c>
       <c r="O39" s="9"/>
       <c r="P39" s="9">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="Q39" s="9"/>
       <c r="R39" s="9">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="S39" s="9"/>
       <c r="T39" s="9">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="U39" s="9"/>
       <c r="V39" s="10">
-        <v>531</v>
+        <v>591</v>
       </c>
       <c r="W39" s="10"/>
     </row>
     <row r="40" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A40" s="16"/>
       <c r="B40" s="16"/>
       <c r="C40" s="16"/>
       <c r="D40" s="16"/>
       <c r="E40" s="16"/>
       <c r="F40" s="16"/>
       <c r="G40" s="16"/>
       <c r="H40" s="16"/>
       <c r="I40" s="16"/>
       <c r="J40" s="16"/>
       <c r="K40" s="16"/>
       <c r="L40" s="16"/>
       <c r="M40" s="16"/>
       <c r="N40" s="16"/>
       <c r="O40" s="16"/>
       <c r="P40" s="16"/>
       <c r="Q40" s="16"/>
       <c r="R40" s="16"/>
       <c r="S40" s="16"/>
       <c r="T40" s="16"/>
       <c r="U40" s="16"/>
       <c r="V40" s="16"/>
       <c r="W40" s="16"/>
     </row>
     <row r="41" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A41" s="15" t="s">
         <v>10</v>
       </c>
       <c r="B41" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C41" s="8"/>
       <c r="D41" s="9">
-        <v>108</v>
+        <v>120</v>
       </c>
       <c r="E41" s="9"/>
       <c r="F41" s="9">
-        <v>211</v>
+        <v>237</v>
       </c>
       <c r="G41" s="9"/>
       <c r="H41" s="9">
-        <v>441</v>
+        <v>493</v>
       </c>
       <c r="I41" s="9"/>
       <c r="J41" s="9">
         <v>42</v>
       </c>
       <c r="K41" s="9"/>
       <c r="L41" s="9">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="M41" s="9"/>
       <c r="N41" s="9"/>
       <c r="O41" s="9"/>
       <c r="P41" s="9">
-        <v>162</v>
+        <v>182</v>
       </c>
       <c r="Q41" s="9"/>
       <c r="R41" s="9">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="S41" s="9"/>
       <c r="T41" s="9">
         <v>35</v>
       </c>
       <c r="U41" s="9"/>
       <c r="V41" s="10">
-        <v>1045</v>
+        <v>1165</v>
       </c>
       <c r="W41" s="10"/>
     </row>
     <row r="42" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A42" s="15" t="s">
         <v>12</v>
       </c>
       <c r="B42" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C42" s="8"/>
       <c r="D42" s="9">
-        <v>98</v>
+        <v>110</v>
       </c>
       <c r="E42" s="9"/>
       <c r="F42" s="9">
-        <v>156</v>
+        <v>182</v>
       </c>
       <c r="G42" s="9"/>
       <c r="H42" s="9">
-        <v>401</v>
+        <v>445</v>
       </c>
       <c r="I42" s="9"/>
       <c r="J42" s="9">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="K42" s="9"/>
       <c r="L42" s="9">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M42" s="9"/>
       <c r="N42" s="9"/>
       <c r="O42" s="9"/>
       <c r="P42" s="9">
-        <v>210</v>
+        <v>224</v>
       </c>
       <c r="Q42" s="9"/>
       <c r="R42" s="9">
         <v>26</v>
       </c>
       <c r="S42" s="9"/>
       <c r="T42" s="9">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="U42" s="9"/>
       <c r="V42" s="10">
-        <v>1007</v>
+        <v>1111</v>
       </c>
       <c r="W42" s="10"/>
     </row>
     <row r="43" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A43" s="16"/>
       <c r="B43" s="16"/>
       <c r="C43" s="16"/>
       <c r="D43" s="16"/>
       <c r="E43" s="16"/>
       <c r="F43" s="16"/>
       <c r="G43" s="16"/>
       <c r="H43" s="16"/>
       <c r="I43" s="16"/>
       <c r="J43" s="16"/>
       <c r="K43" s="16"/>
       <c r="L43" s="16"/>
       <c r="M43" s="16"/>
       <c r="N43" s="16"/>
       <c r="O43" s="16"/>
       <c r="P43" s="16"/>
       <c r="Q43" s="16"/>
       <c r="R43" s="16"/>
       <c r="S43" s="16"/>
       <c r="T43" s="16"/>
       <c r="U43" s="16"/>
       <c r="V43" s="16"/>
       <c r="W43" s="16"/>
     </row>
     <row r="44" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A44" s="15" t="s">
         <v>10</v>
       </c>
       <c r="B44" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C44" s="8"/>
       <c r="D44" s="9">
-        <v>118</v>
+        <v>131</v>
       </c>
       <c r="E44" s="9"/>
       <c r="F44" s="9">
-        <v>283</v>
+        <v>315</v>
       </c>
       <c r="G44" s="9"/>
       <c r="H44" s="9">
-        <v>624</v>
+        <v>692</v>
       </c>
       <c r="I44" s="9"/>
       <c r="J44" s="9">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="K44" s="9"/>
       <c r="L44" s="9">
-        <v>69</v>
+        <v>81</v>
       </c>
       <c r="M44" s="9"/>
       <c r="N44" s="9">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O44" s="9"/>
       <c r="P44" s="9">
-        <v>151</v>
+        <v>168</v>
       </c>
       <c r="Q44" s="9"/>
       <c r="R44" s="9">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="S44" s="9"/>
       <c r="T44" s="9">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="U44" s="9"/>
       <c r="V44" s="10">
-        <v>1352</v>
+        <v>1510</v>
       </c>
       <c r="W44" s="10"/>
     </row>
     <row r="45" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A45" s="15" t="s">
         <v>12</v>
       </c>
       <c r="B45" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C45" s="8"/>
       <c r="D45" s="9">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="E45" s="9"/>
       <c r="F45" s="9">
-        <v>255</v>
+        <v>279</v>
       </c>
       <c r="G45" s="9"/>
       <c r="H45" s="9">
-        <v>594</v>
+        <v>655</v>
       </c>
       <c r="I45" s="9"/>
       <c r="J45" s="9">
-        <v>71</v>
+        <v>80</v>
       </c>
       <c r="K45" s="9"/>
       <c r="L45" s="9">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="M45" s="9"/>
       <c r="N45" s="9">
         <v>4</v>
       </c>
       <c r="O45" s="9"/>
       <c r="P45" s="9">
-        <v>185</v>
+        <v>207</v>
       </c>
       <c r="Q45" s="9"/>
       <c r="R45" s="9">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="S45" s="9"/>
       <c r="T45" s="9">
         <v>5</v>
       </c>
       <c r="U45" s="9"/>
       <c r="V45" s="10">
-        <v>1305</v>
+        <v>1446</v>
       </c>
       <c r="W45" s="10"/>
     </row>
     <row r="46" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A46" s="16"/>
       <c r="B46" s="16"/>
       <c r="C46" s="16"/>
       <c r="D46" s="16"/>
       <c r="E46" s="16"/>
       <c r="F46" s="16"/>
       <c r="G46" s="16"/>
       <c r="H46" s="16"/>
       <c r="I46" s="16"/>
       <c r="J46" s="16"/>
       <c r="K46" s="16"/>
       <c r="L46" s="16"/>
       <c r="M46" s="16"/>
       <c r="N46" s="16"/>
       <c r="O46" s="16"/>
       <c r="P46" s="16"/>
       <c r="Q46" s="16"/>
       <c r="R46" s="16"/>
       <c r="S46" s="16"/>
       <c r="T46" s="16"/>
       <c r="U46" s="16"/>
       <c r="V46" s="16"/>
       <c r="W46" s="16"/>
     </row>
     <row r="47" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A47" s="15" t="s">
         <v>10</v>
       </c>
       <c r="B47" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C47" s="8"/>
       <c r="D47" s="9">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="E47" s="9"/>
       <c r="F47" s="9">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G47" s="9"/>
       <c r="H47" s="9">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="I47" s="9"/>
       <c r="J47" s="9">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="K47" s="9"/>
       <c r="L47" s="9">
         <v>2</v>
       </c>
       <c r="M47" s="9"/>
       <c r="N47" s="9"/>
       <c r="O47" s="9"/>
       <c r="P47" s="9">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="Q47" s="9"/>
       <c r="R47" s="9">
         <v>2</v>
       </c>
       <c r="S47" s="9"/>
       <c r="T47" s="9">
         <v>1</v>
       </c>
       <c r="U47" s="9"/>
       <c r="V47" s="10">
-        <v>120</v>
+        <v>132</v>
       </c>
       <c r="W47" s="10"/>
     </row>
     <row r="48" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A48" s="15" t="s">
         <v>12</v>
       </c>
       <c r="B48" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C48" s="8"/>
       <c r="D48" s="9">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="E48" s="9"/>
       <c r="F48" s="9">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G48" s="9"/>
       <c r="H48" s="9">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="I48" s="9"/>
       <c r="J48" s="9">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="K48" s="9"/>
       <c r="L48" s="9">
         <v>2</v>
       </c>
       <c r="M48" s="9"/>
       <c r="N48" s="9"/>
       <c r="O48" s="9"/>
       <c r="P48" s="9">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="Q48" s="9"/>
       <c r="R48" s="9">
         <v>1</v>
       </c>
       <c r="S48" s="9"/>
       <c r="T48" s="9"/>
       <c r="U48" s="9"/>
       <c r="V48" s="10">
-        <v>107</v>
+        <v>118</v>
       </c>
       <c r="W48" s="10"/>
     </row>
     <row r="49" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A49" s="16"/>
       <c r="B49" s="16"/>
       <c r="C49" s="16"/>
       <c r="D49" s="16"/>
       <c r="E49" s="16"/>
       <c r="F49" s="16"/>
       <c r="G49" s="16"/>
       <c r="H49" s="16"/>
       <c r="I49" s="16"/>
       <c r="J49" s="16"/>
       <c r="K49" s="16"/>
       <c r="L49" s="16"/>
       <c r="M49" s="16"/>
       <c r="N49" s="16"/>
       <c r="O49" s="16"/>
       <c r="P49" s="16"/>
       <c r="Q49" s="16"/>
       <c r="R49" s="16"/>
       <c r="S49" s="16"/>
       <c r="T49" s="16"/>
       <c r="U49" s="16"/>
@@ -2549,51 +2561,51 @@
     <mergeCell ref="V39:W39"/>
     <mergeCell ref="V4:W4"/>
     <mergeCell ref="V40:W40"/>
     <mergeCell ref="V41:W41"/>
     <mergeCell ref="V42:W42"/>
     <mergeCell ref="V43:W43"/>
     <mergeCell ref="V44:W44"/>
     <mergeCell ref="V45:W45"/>
     <mergeCell ref="V46:W46"/>
     <mergeCell ref="V47:W47"/>
     <mergeCell ref="V48:W48"/>
     <mergeCell ref="V49:W49"/>
     <mergeCell ref="V5:W5"/>
     <mergeCell ref="V50:W50"/>
     <mergeCell ref="V51:W51"/>
     <mergeCell ref="V52:W52"/>
     <mergeCell ref="V6:W6"/>
   </mergeCells>
   <pageSetup paperSize="9" scale="100" orientation="portrait"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:X64"/>
+  <dimension ref="A1:X65"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="6.293812" customWidth="1"/>
     <col min="2" max="2" width="18.9376786666667" customWidth="1"/>
     <col min="3" max="3" width="37808e-6" customWidth="1"/>
     <col min="4" max="4" width="6.22916666666667" customWidth="1"/>
     <col min="5" max="5" width="24464e-6" customWidth="1"/>
     <col min="6" max="6" width="6.25198266666667" customWidth="1"/>
     <col min="7" max="7" width="11120e-6" customWidth="1"/>
     <col min="8" max="8" width="6.270996" customWidth="1"/>
     <col min="9" max="9" width="2224e-6" customWidth="1"/>
     <col min="10" max="10" width="6.26719333333333" customWidth="1"/>
     <col min="11" max="11" width="15568e-6" customWidth="1"/>
     <col min="12" max="12" width="6.24437733333333" customWidth="1"/>
     <col min="13" max="13" width="28912e-6" customWidth="1"/>
     <col min="14" max="14" width="6.22156133333333" customWidth="1"/>
     <col min="15" max="15" width="42256e-6" customWidth="1"/>
     <col min="16" max="16" width="6.19874533333333" customWidth="1"/>
     <col min="17" max="17" width="55600e-6" customWidth="1"/>
     <col min="18" max="18" width="6.17592933333333" customWidth="1"/>
     <col min="19" max="19" width="68944e-6" customWidth="1"/>
     <col min="20" max="20" width="6.15311333333333" customWidth="1"/>
     <col min="21" max="21" width="82288e-6" customWidth="1"/>
@@ -2689,129 +2701,129 @@
       <c r="I4" s="14"/>
       <c r="J4" s="14"/>
       <c r="K4" s="14"/>
       <c r="L4" s="14"/>
       <c r="M4" s="14"/>
       <c r="N4" s="14"/>
       <c r="O4" s="14"/>
       <c r="P4" s="14"/>
       <c r="Q4" s="14"/>
       <c r="R4" s="14"/>
       <c r="S4" s="14"/>
       <c r="T4" s="14"/>
       <c r="U4" s="14"/>
       <c r="V4" s="14"/>
       <c r="W4" s="14"/>
     </row>
     <row r="5" s="1" customFormat="1" ht="15.4657" customHeight="1">
       <c r="A5" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="20" t="s">
         <v>26</v>
       </c>
       <c r="C5" s="20"/>
       <c r="D5" s="9">
-        <v>229</v>
+        <v>245</v>
       </c>
       <c r="E5" s="9"/>
       <c r="F5" s="9">
-        <v>328</v>
+        <v>357</v>
       </c>
       <c r="G5" s="9">
-        <v>1120</v>
+        <v>1254</v>
       </c>
       <c r="H5" s="9"/>
       <c r="I5" s="9">
-        <v>142</v>
+        <v>154</v>
       </c>
       <c r="J5" s="9"/>
       <c r="K5" s="9">
-        <v>77</v>
+        <v>94</v>
       </c>
       <c r="L5" s="9"/>
       <c r="M5" s="9"/>
       <c r="N5" s="9"/>
       <c r="O5" s="9">
-        <v>386</v>
+        <v>432</v>
       </c>
       <c r="P5" s="9"/>
       <c r="Q5" s="9"/>
       <c r="R5" s="9"/>
       <c r="S5" s="9">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="T5" s="9"/>
       <c r="U5" s="10">
-        <v>2314</v>
+        <v>2575</v>
       </c>
       <c r="V5" s="10"/>
       <c r="W5" s="10"/>
     </row>
     <row r="6" s="1" customFormat="1" ht="15.4657" customHeight="1">
       <c r="A6" s="19" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="20" t="s">
         <v>26</v>
       </c>
       <c r="C6" s="20"/>
       <c r="D6" s="9">
-        <v>185</v>
+        <v>203</v>
       </c>
       <c r="E6" s="9"/>
       <c r="F6" s="9">
-        <v>294</v>
+        <v>323</v>
       </c>
       <c r="G6" s="9">
-        <v>1055</v>
+        <v>1165</v>
       </c>
       <c r="H6" s="9"/>
       <c r="I6" s="9">
-        <v>140</v>
+        <v>172</v>
       </c>
       <c r="J6" s="9"/>
       <c r="K6" s="9">
-        <v>87</v>
+        <v>101</v>
       </c>
       <c r="L6" s="9"/>
       <c r="M6" s="9"/>
       <c r="N6" s="9"/>
       <c r="O6" s="9">
-        <v>465</v>
+        <v>520</v>
       </c>
       <c r="P6" s="9"/>
       <c r="Q6" s="9">
         <v>2</v>
       </c>
       <c r="R6" s="9"/>
       <c r="S6" s="9">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="T6" s="9"/>
       <c r="U6" s="10">
-        <v>2261</v>
+        <v>2523</v>
       </c>
       <c r="V6" s="10"/>
       <c r="W6" s="10"/>
     </row>
     <row r="7" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A7" s="16"/>
       <c r="B7" s="16"/>
       <c r="C7" s="16"/>
       <c r="D7" s="16"/>
       <c r="E7" s="16"/>
       <c r="F7" s="16"/>
       <c r="G7" s="16"/>
       <c r="H7" s="16"/>
       <c r="I7" s="16"/>
       <c r="J7" s="16"/>
       <c r="K7" s="16"/>
       <c r="L7" s="16"/>
       <c r="M7" s="16"/>
       <c r="N7" s="16"/>
       <c r="O7" s="16"/>
       <c r="P7" s="16"/>
       <c r="Q7" s="16"/>
       <c r="R7" s="16"/>
       <c r="S7" s="16"/>
       <c r="T7" s="16"/>
@@ -2942,183 +2954,183 @@
       <c r="O11" s="9">
         <v>3</v>
       </c>
       <c r="P11" s="9"/>
       <c r="Q11" s="9"/>
       <c r="R11" s="9"/>
       <c r="S11" s="9"/>
       <c r="T11" s="9"/>
       <c r="U11" s="10">
         <v>5</v>
       </c>
       <c r="V11" s="10"/>
       <c r="W11" s="10"/>
     </row>
     <row r="12" s="1" customFormat="1" ht="15.4657" customHeight="1">
       <c r="A12" s="19" t="s">
         <v>12</v>
       </c>
       <c r="B12" s="20" t="s">
         <v>28</v>
       </c>
       <c r="C12" s="20"/>
       <c r="D12" s="9"/>
       <c r="E12" s="9"/>
       <c r="F12" s="9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G12" s="9"/>
       <c r="H12" s="9"/>
       <c r="I12" s="9"/>
       <c r="J12" s="9"/>
       <c r="K12" s="9"/>
       <c r="L12" s="9"/>
       <c r="M12" s="9"/>
       <c r="N12" s="9"/>
       <c r="O12" s="9">
         <v>10</v>
       </c>
       <c r="P12" s="9"/>
       <c r="Q12" s="9"/>
       <c r="R12" s="9"/>
       <c r="S12" s="9"/>
       <c r="T12" s="9"/>
       <c r="U12" s="10">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="V12" s="10"/>
       <c r="W12" s="10"/>
     </row>
     <row r="13" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A13" s="16"/>
       <c r="B13" s="16"/>
       <c r="C13" s="16"/>
       <c r="D13" s="16"/>
       <c r="E13" s="16"/>
       <c r="F13" s="16"/>
       <c r="G13" s="16"/>
       <c r="H13" s="16"/>
       <c r="I13" s="16"/>
       <c r="J13" s="16"/>
       <c r="K13" s="16"/>
       <c r="L13" s="16"/>
       <c r="M13" s="16"/>
       <c r="N13" s="16"/>
       <c r="O13" s="16"/>
       <c r="P13" s="16"/>
       <c r="Q13" s="16"/>
       <c r="R13" s="16"/>
       <c r="S13" s="16"/>
       <c r="T13" s="16"/>
       <c r="U13" s="16"/>
       <c r="V13" s="16"/>
       <c r="W13" s="16"/>
     </row>
     <row r="14" s="1" customFormat="1" ht="15.4657" customHeight="1">
       <c r="A14" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="20" t="s">
         <v>29</v>
       </c>
       <c r="C14" s="20"/>
       <c r="D14" s="9">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E14" s="9"/>
       <c r="F14" s="9">
         <v>4</v>
       </c>
       <c r="G14" s="9">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="H14" s="9"/>
       <c r="I14" s="9">
         <v>7</v>
       </c>
       <c r="J14" s="9"/>
       <c r="K14" s="9">
         <v>2</v>
       </c>
       <c r="L14" s="9"/>
       <c r="M14" s="9"/>
       <c r="N14" s="9"/>
       <c r="O14" s="9">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="P14" s="9"/>
       <c r="Q14" s="9"/>
       <c r="R14" s="9"/>
       <c r="S14" s="9">
         <v>2</v>
       </c>
       <c r="T14" s="9"/>
       <c r="U14" s="10">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="V14" s="10"/>
       <c r="W14" s="10"/>
     </row>
     <row r="15" s="1" customFormat="1" ht="15.4657" customHeight="1">
       <c r="A15" s="19" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="20" t="s">
         <v>29</v>
       </c>
       <c r="C15" s="20"/>
       <c r="D15" s="9">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E15" s="9"/>
       <c r="F15" s="9">
         <v>5</v>
       </c>
       <c r="G15" s="9">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="H15" s="9"/>
       <c r="I15" s="9">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="J15" s="9"/>
       <c r="K15" s="9">
         <v>1</v>
       </c>
       <c r="L15" s="9"/>
       <c r="M15" s="9"/>
       <c r="N15" s="9"/>
       <c r="O15" s="9">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="P15" s="9"/>
       <c r="Q15" s="9"/>
       <c r="R15" s="9"/>
       <c r="S15" s="9"/>
       <c r="T15" s="9"/>
       <c r="U15" s="10">
-        <v>89</v>
+        <v>100</v>
       </c>
       <c r="V15" s="10"/>
       <c r="W15" s="10"/>
     </row>
     <row r="16" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A16" s="16"/>
       <c r="B16" s="16"/>
       <c r="C16" s="16"/>
       <c r="D16" s="16"/>
       <c r="E16" s="16"/>
       <c r="F16" s="16"/>
       <c r="G16" s="16"/>
       <c r="H16" s="16"/>
       <c r="I16" s="16"/>
       <c r="J16" s="16"/>
       <c r="K16" s="16"/>
       <c r="L16" s="16"/>
       <c r="M16" s="16"/>
       <c r="N16" s="16"/>
       <c r="O16" s="16"/>
       <c r="P16" s="16"/>
       <c r="Q16" s="16"/>
       <c r="R16" s="16"/>
       <c r="S16" s="16"/>
       <c r="T16" s="16"/>
@@ -3187,134 +3199,134 @@
       <c r="I19" s="14"/>
       <c r="J19" s="14"/>
       <c r="K19" s="14"/>
       <c r="L19" s="14"/>
       <c r="M19" s="14"/>
       <c r="N19" s="14"/>
       <c r="O19" s="14"/>
       <c r="P19" s="14"/>
       <c r="Q19" s="14"/>
       <c r="R19" s="14"/>
       <c r="S19" s="14"/>
       <c r="T19" s="14"/>
       <c r="U19" s="14"/>
       <c r="V19" s="14"/>
       <c r="W19" s="14"/>
       <c r="X19" s="14"/>
     </row>
     <row r="20" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A20" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B20" s="20" t="s">
         <v>31</v>
       </c>
       <c r="C20" s="9">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="D20" s="9"/>
       <c r="E20" s="9">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="F20" s="9"/>
       <c r="G20" s="9">
-        <v>271</v>
+        <v>301</v>
       </c>
       <c r="H20" s="9"/>
       <c r="I20" s="9">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="J20" s="9"/>
       <c r="K20" s="9">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="L20" s="9"/>
       <c r="M20" s="9"/>
       <c r="N20" s="9"/>
       <c r="O20" s="9"/>
       <c r="P20" s="9">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="Q20" s="9"/>
       <c r="R20" s="9">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S20" s="9"/>
       <c r="T20" s="9">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="U20" s="9"/>
       <c r="V20" s="10">
-        <v>515</v>
+        <v>568</v>
       </c>
       <c r="W20" s="10"/>
       <c r="X20" s="10"/>
     </row>
     <row r="21" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A21" s="19" t="s">
         <v>12</v>
       </c>
       <c r="B21" s="20" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="9">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="D21" s="9"/>
       <c r="E21" s="9">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F21" s="9"/>
       <c r="G21" s="9">
-        <v>271</v>
+        <v>302</v>
       </c>
       <c r="H21" s="9"/>
       <c r="I21" s="9">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="J21" s="9"/>
       <c r="K21" s="9">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L21" s="9"/>
       <c r="M21" s="9"/>
       <c r="N21" s="9"/>
       <c r="O21" s="9"/>
       <c r="P21" s="9">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="Q21" s="9"/>
       <c r="R21" s="9">
         <v>2</v>
       </c>
       <c r="S21" s="9"/>
       <c r="T21" s="9">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="U21" s="9"/>
       <c r="V21" s="10">
-        <v>522</v>
+        <v>580</v>
       </c>
       <c r="W21" s="10"/>
       <c r="X21" s="10"/>
     </row>
     <row r="22" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A22" s="16"/>
       <c r="B22" s="16"/>
       <c r="C22" s="16"/>
       <c r="D22" s="16"/>
       <c r="E22" s="16"/>
       <c r="F22" s="16"/>
       <c r="G22" s="16"/>
       <c r="H22" s="16"/>
       <c r="I22" s="16"/>
       <c r="J22" s="16"/>
       <c r="K22" s="16"/>
       <c r="L22" s="16"/>
       <c r="M22" s="16"/>
       <c r="N22" s="16"/>
       <c r="O22" s="16"/>
       <c r="P22" s="16"/>
       <c r="Q22" s="16"/>
       <c r="R22" s="16"/>
       <c r="S22" s="16"/>
       <c r="T22" s="16"/>
@@ -3359,194 +3371,194 @@
       <c r="S23" s="9"/>
       <c r="T23" s="9"/>
       <c r="U23" s="9"/>
       <c r="V23" s="10">
         <v>21</v>
       </c>
       <c r="W23" s="10"/>
       <c r="X23" s="10"/>
     </row>
     <row r="24" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A24" s="19" t="s">
         <v>12</v>
       </c>
       <c r="B24" s="20" t="s">
         <v>32</v>
       </c>
       <c r="C24" s="9">
         <v>6</v>
       </c>
       <c r="D24" s="9"/>
       <c r="E24" s="9">
         <v>2</v>
       </c>
       <c r="F24" s="9"/>
       <c r="G24" s="9">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H24" s="9"/>
       <c r="I24" s="9"/>
       <c r="J24" s="9"/>
       <c r="K24" s="9"/>
       <c r="L24" s="9"/>
       <c r="M24" s="9"/>
       <c r="N24" s="9"/>
       <c r="O24" s="9"/>
       <c r="P24" s="9">
         <v>1</v>
       </c>
       <c r="Q24" s="9"/>
       <c r="R24" s="9">
         <v>1</v>
       </c>
       <c r="S24" s="9"/>
       <c r="T24" s="9"/>
       <c r="U24" s="9"/>
       <c r="V24" s="10">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="W24" s="10"/>
       <c r="X24" s="10"/>
     </row>
     <row r="25" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A25" s="16"/>
       <c r="B25" s="16"/>
       <c r="C25" s="16"/>
       <c r="D25" s="16"/>
       <c r="E25" s="16"/>
       <c r="F25" s="16"/>
       <c r="G25" s="16"/>
       <c r="H25" s="16"/>
       <c r="I25" s="16"/>
       <c r="J25" s="16"/>
       <c r="K25" s="16"/>
       <c r="L25" s="16"/>
       <c r="M25" s="16"/>
       <c r="N25" s="16"/>
       <c r="O25" s="16"/>
       <c r="P25" s="16"/>
       <c r="Q25" s="16"/>
       <c r="R25" s="16"/>
       <c r="S25" s="16"/>
       <c r="T25" s="16"/>
       <c r="U25" s="16"/>
       <c r="V25" s="16"/>
       <c r="W25" s="16"/>
       <c r="X25" s="16"/>
     </row>
     <row r="26" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A26" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B26" s="20" t="s">
         <v>33</v>
       </c>
       <c r="C26" s="9">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="D26" s="9"/>
       <c r="E26" s="9">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F26" s="9"/>
       <c r="G26" s="9">
-        <v>228</v>
+        <v>259</v>
       </c>
       <c r="H26" s="9"/>
       <c r="I26" s="9">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="J26" s="9"/>
       <c r="K26" s="9">
         <v>4</v>
       </c>
       <c r="L26" s="9"/>
       <c r="M26" s="9"/>
       <c r="N26" s="9"/>
       <c r="O26" s="9"/>
       <c r="P26" s="9">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="Q26" s="9"/>
       <c r="R26" s="9">
         <v>2</v>
       </c>
       <c r="S26" s="9"/>
       <c r="T26" s="9">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="U26" s="9"/>
       <c r="V26" s="10">
-        <v>506</v>
+        <v>566</v>
       </c>
       <c r="W26" s="10"/>
       <c r="X26" s="10"/>
     </row>
     <row r="27" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A27" s="19" t="s">
         <v>12</v>
       </c>
       <c r="B27" s="20" t="s">
         <v>33</v>
       </c>
       <c r="C27" s="9">
-        <v>72</v>
+        <v>85</v>
       </c>
       <c r="D27" s="9"/>
       <c r="E27" s="9">
-        <v>71</v>
+        <v>85</v>
       </c>
       <c r="F27" s="9"/>
       <c r="G27" s="9">
-        <v>216</v>
+        <v>234</v>
       </c>
       <c r="H27" s="9"/>
       <c r="I27" s="9">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="J27" s="9"/>
       <c r="K27" s="9">
         <v>3</v>
       </c>
       <c r="L27" s="9"/>
       <c r="M27" s="9"/>
       <c r="N27" s="9"/>
       <c r="O27" s="9"/>
       <c r="P27" s="9">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="Q27" s="9"/>
       <c r="R27" s="9">
         <v>2</v>
       </c>
       <c r="S27" s="9"/>
       <c r="T27" s="9">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="U27" s="9"/>
       <c r="V27" s="10">
-        <v>484</v>
+        <v>536</v>
       </c>
       <c r="W27" s="10"/>
       <c r="X27" s="10"/>
     </row>
     <row r="28" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A28" s="16"/>
       <c r="B28" s="16"/>
       <c r="C28" s="16"/>
       <c r="D28" s="16"/>
       <c r="E28" s="16"/>
       <c r="F28" s="16"/>
       <c r="G28" s="16"/>
       <c r="H28" s="16"/>
       <c r="I28" s="16"/>
       <c r="J28" s="16"/>
       <c r="K28" s="16"/>
       <c r="L28" s="16"/>
       <c r="M28" s="16"/>
       <c r="N28" s="16"/>
       <c r="O28" s="16"/>
       <c r="P28" s="16"/>
       <c r="Q28" s="16"/>
       <c r="R28" s="16"/>
       <c r="S28" s="16"/>
       <c r="T28" s="16"/>
@@ -3591,58 +3603,60 @@
       <c r="W29" s="10"/>
       <c r="X29" s="10"/>
     </row>
     <row r="30" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A30" s="19" t="s">
         <v>12</v>
       </c>
       <c r="B30" s="20" t="s">
         <v>34</v>
       </c>
       <c r="C30" s="9"/>
       <c r="D30" s="9"/>
       <c r="E30" s="9"/>
       <c r="F30" s="9"/>
       <c r="G30" s="9">
         <v>2</v>
       </c>
       <c r="H30" s="9"/>
       <c r="I30" s="9"/>
       <c r="J30" s="9"/>
       <c r="K30" s="9"/>
       <c r="L30" s="9"/>
       <c r="M30" s="9"/>
       <c r="N30" s="9"/>
       <c r="O30" s="9"/>
-      <c r="P30" s="9"/>
+      <c r="P30" s="9">
+        <v>1</v>
+      </c>
       <c r="Q30" s="9"/>
       <c r="R30" s="9"/>
       <c r="S30" s="9"/>
       <c r="T30" s="9"/>
       <c r="U30" s="9"/>
       <c r="V30" s="10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W30" s="10"/>
       <c r="X30" s="10"/>
     </row>
     <row r="31" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A31" s="16"/>
       <c r="B31" s="16"/>
       <c r="C31" s="16"/>
       <c r="D31" s="16"/>
       <c r="E31" s="16"/>
       <c r="F31" s="16"/>
       <c r="G31" s="16"/>
       <c r="H31" s="16"/>
       <c r="I31" s="16"/>
       <c r="J31" s="16"/>
       <c r="K31" s="16"/>
       <c r="L31" s="16"/>
       <c r="M31" s="16"/>
       <c r="N31" s="16"/>
       <c r="O31" s="16"/>
       <c r="P31" s="16"/>
       <c r="Q31" s="16"/>
       <c r="R31" s="16"/>
       <c r="S31" s="16"/>
       <c r="T31" s="16"/>
@@ -3775,76 +3789,76 @@
       <c r="K35" s="9"/>
       <c r="L35" s="9"/>
       <c r="M35" s="9"/>
       <c r="N35" s="9"/>
       <c r="O35" s="9"/>
       <c r="P35" s="9"/>
       <c r="Q35" s="9"/>
       <c r="R35" s="9"/>
       <c r="S35" s="9"/>
       <c r="T35" s="9"/>
       <c r="U35" s="9"/>
       <c r="V35" s="10">
         <v>3</v>
       </c>
       <c r="W35" s="10"/>
       <c r="X35" s="10"/>
     </row>
     <row r="36" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A36" s="19" t="s">
         <v>12</v>
       </c>
       <c r="B36" s="20" t="s">
         <v>36</v>
       </c>
       <c r="C36" s="9">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D36" s="9"/>
       <c r="E36" s="9">
         <v>3</v>
       </c>
       <c r="F36" s="9"/>
       <c r="G36" s="9"/>
       <c r="H36" s="9"/>
       <c r="I36" s="9"/>
       <c r="J36" s="9"/>
       <c r="K36" s="9">
         <v>2</v>
       </c>
       <c r="L36" s="9"/>
       <c r="M36" s="9"/>
       <c r="N36" s="9"/>
       <c r="O36" s="9"/>
       <c r="P36" s="9"/>
       <c r="Q36" s="9"/>
       <c r="R36" s="9"/>
       <c r="S36" s="9"/>
       <c r="T36" s="9"/>
       <c r="U36" s="9"/>
       <c r="V36" s="10">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="W36" s="10"/>
       <c r="X36" s="10"/>
     </row>
     <row r="37" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A37" s="16"/>
       <c r="B37" s="16"/>
       <c r="C37" s="16"/>
       <c r="D37" s="16"/>
       <c r="E37" s="16"/>
       <c r="F37" s="16"/>
       <c r="G37" s="16"/>
       <c r="H37" s="16"/>
       <c r="I37" s="16"/>
       <c r="J37" s="16"/>
       <c r="K37" s="16"/>
       <c r="L37" s="16"/>
       <c r="M37" s="16"/>
       <c r="N37" s="16"/>
       <c r="O37" s="16"/>
       <c r="P37" s="16"/>
       <c r="Q37" s="16"/>
       <c r="R37" s="16"/>
       <c r="S37" s="16"/>
       <c r="T37" s="16"/>
@@ -4034,302 +4048,306 @@
       <c r="I44" s="14"/>
       <c r="J44" s="14"/>
       <c r="K44" s="14"/>
       <c r="L44" s="14"/>
       <c r="M44" s="14"/>
       <c r="N44" s="14"/>
       <c r="O44" s="14"/>
       <c r="P44" s="14"/>
       <c r="Q44" s="14"/>
       <c r="R44" s="14"/>
       <c r="S44" s="14"/>
       <c r="T44" s="14"/>
       <c r="U44" s="14"/>
       <c r="V44" s="14"/>
       <c r="W44" s="14"/>
       <c r="X44" s="14"/>
     </row>
     <row r="45" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A45" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B45" s="20" t="s">
         <v>40</v>
       </c>
       <c r="C45" s="9">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="D45" s="9"/>
       <c r="E45" s="9">
-        <v>239</v>
+        <v>264</v>
       </c>
       <c r="F45" s="9"/>
       <c r="G45" s="9">
-        <v>600</v>
+        <v>676</v>
       </c>
       <c r="H45" s="9"/>
       <c r="I45" s="9">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="J45" s="9"/>
       <c r="K45" s="9">
-        <v>81</v>
+        <v>95</v>
       </c>
       <c r="L45" s="9"/>
       <c r="M45" s="9"/>
       <c r="N45" s="9"/>
       <c r="O45" s="9"/>
       <c r="P45" s="9">
-        <v>151</v>
+        <v>167</v>
       </c>
       <c r="Q45" s="9"/>
       <c r="R45" s="9">
         <v>2</v>
       </c>
       <c r="S45" s="9"/>
       <c r="T45" s="9">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="U45" s="9"/>
       <c r="V45" s="10">
-        <v>1259</v>
+        <v>1408</v>
       </c>
       <c r="W45" s="10"/>
       <c r="X45" s="10"/>
     </row>
     <row r="46" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A46" s="19" t="s">
         <v>12</v>
       </c>
       <c r="B46" s="20" t="s">
         <v>40</v>
       </c>
       <c r="C46" s="9">
-        <v>94</v>
+        <v>105</v>
       </c>
       <c r="D46" s="9"/>
       <c r="E46" s="9">
-        <v>222</v>
+        <v>242</v>
       </c>
       <c r="F46" s="9"/>
       <c r="G46" s="9">
-        <v>573</v>
+        <v>641</v>
       </c>
       <c r="H46" s="9"/>
       <c r="I46" s="9">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="J46" s="9"/>
       <c r="K46" s="9">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="L46" s="9"/>
       <c r="M46" s="9"/>
       <c r="N46" s="9"/>
       <c r="O46" s="9"/>
       <c r="P46" s="9">
-        <v>166</v>
+        <v>185</v>
       </c>
       <c r="Q46" s="9"/>
       <c r="R46" s="9"/>
       <c r="S46" s="9"/>
       <c r="T46" s="9">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="U46" s="9"/>
       <c r="V46" s="10">
-        <v>1207</v>
+        <v>1338</v>
       </c>
       <c r="W46" s="10"/>
       <c r="X46" s="10"/>
     </row>
     <row r="47" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A47" s="16"/>
       <c r="B47" s="16"/>
       <c r="C47" s="16"/>
       <c r="D47" s="16"/>
       <c r="E47" s="16"/>
       <c r="F47" s="16"/>
       <c r="G47" s="16"/>
       <c r="H47" s="16"/>
       <c r="I47" s="16"/>
       <c r="J47" s="16"/>
       <c r="K47" s="16"/>
       <c r="L47" s="16"/>
       <c r="M47" s="16"/>
       <c r="N47" s="16"/>
       <c r="O47" s="16"/>
       <c r="P47" s="16"/>
       <c r="Q47" s="16"/>
       <c r="R47" s="16"/>
       <c r="S47" s="16"/>
       <c r="T47" s="16"/>
       <c r="U47" s="16"/>
       <c r="V47" s="16"/>
       <c r="W47" s="16"/>
       <c r="X47" s="16"/>
     </row>
     <row r="48" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A48" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B48" s="20" t="s">
         <v>41</v>
       </c>
       <c r="C48" s="9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D48" s="9"/>
       <c r="E48" s="9">
         <v>9</v>
       </c>
       <c r="F48" s="9"/>
       <c r="G48" s="9">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="H48" s="9"/>
       <c r="I48" s="9"/>
       <c r="J48" s="9"/>
       <c r="K48" s="9"/>
       <c r="L48" s="9"/>
       <c r="M48" s="9"/>
       <c r="N48" s="9"/>
       <c r="O48" s="9"/>
-      <c r="P48" s="9"/>
+      <c r="P48" s="9">
+        <v>1</v>
+      </c>
       <c r="Q48" s="9"/>
       <c r="R48" s="9"/>
       <c r="S48" s="9"/>
       <c r="T48" s="9"/>
       <c r="U48" s="9"/>
       <c r="V48" s="10">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="W48" s="10"/>
       <c r="X48" s="10"/>
     </row>
     <row r="49" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A49" s="19" t="s">
         <v>12</v>
       </c>
       <c r="B49" s="20" t="s">
         <v>41</v>
       </c>
-      <c r="C49" s="9"/>
+      <c r="C49" s="9">
+        <v>2</v>
+      </c>
       <c r="D49" s="9"/>
       <c r="E49" s="9">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F49" s="9"/>
       <c r="G49" s="9">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="H49" s="9"/>
       <c r="I49" s="9">
         <v>2</v>
       </c>
       <c r="J49" s="9"/>
       <c r="K49" s="9">
         <v>2</v>
       </c>
       <c r="L49" s="9"/>
       <c r="M49" s="9"/>
       <c r="N49" s="9"/>
       <c r="O49" s="9"/>
       <c r="P49" s="9">
         <v>2</v>
       </c>
       <c r="Q49" s="9"/>
       <c r="R49" s="9"/>
       <c r="S49" s="9"/>
       <c r="T49" s="9"/>
       <c r="U49" s="9"/>
       <c r="V49" s="10">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="W49" s="10"/>
       <c r="X49" s="10"/>
     </row>
     <row r="50" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A50" s="16"/>
       <c r="B50" s="16"/>
       <c r="C50" s="16"/>
       <c r="D50" s="16"/>
       <c r="E50" s="16"/>
       <c r="F50" s="16"/>
       <c r="G50" s="16"/>
       <c r="H50" s="16"/>
       <c r="I50" s="16"/>
       <c r="J50" s="16"/>
       <c r="K50" s="16"/>
       <c r="L50" s="16"/>
       <c r="M50" s="16"/>
       <c r="N50" s="16"/>
       <c r="O50" s="16"/>
       <c r="P50" s="16"/>
       <c r="Q50" s="16"/>
       <c r="R50" s="16"/>
       <c r="S50" s="16"/>
       <c r="T50" s="16"/>
       <c r="U50" s="16"/>
       <c r="V50" s="16"/>
       <c r="W50" s="16"/>
       <c r="X50" s="16"/>
     </row>
     <row r="51" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A51" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B51" s="20" t="s">
         <v>42</v>
       </c>
       <c r="C51" s="9"/>
       <c r="D51" s="9"/>
       <c r="E51" s="9">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F51" s="9"/>
       <c r="G51" s="9">
         <v>3</v>
       </c>
       <c r="H51" s="9"/>
       <c r="I51" s="9"/>
       <c r="J51" s="9"/>
       <c r="K51" s="9">
         <v>1</v>
       </c>
       <c r="L51" s="9"/>
       <c r="M51" s="9"/>
       <c r="N51" s="9"/>
       <c r="O51" s="9"/>
       <c r="P51" s="9"/>
       <c r="Q51" s="9"/>
       <c r="R51" s="9"/>
       <c r="S51" s="9"/>
       <c r="T51" s="9"/>
       <c r="U51" s="9"/>
       <c r="V51" s="10">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="W51" s="10"/>
       <c r="X51" s="10"/>
     </row>
     <row r="52" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A52" s="19" t="s">
         <v>12</v>
       </c>
       <c r="B52" s="20" t="s">
         <v>42</v>
       </c>
       <c r="C52" s="9"/>
       <c r="D52" s="9"/>
       <c r="E52" s="9">
         <v>1</v>
       </c>
       <c r="F52" s="9"/>
       <c r="G52" s="9">
         <v>1</v>
       </c>
       <c r="H52" s="9"/>
       <c r="I52" s="9"/>
       <c r="J52" s="9"/>
       <c r="K52" s="9">
         <v>2</v>
@@ -4458,122 +4476,124 @@
       <c r="I56" s="16"/>
       <c r="J56" s="16"/>
       <c r="K56" s="16"/>
       <c r="L56" s="16"/>
       <c r="M56" s="16"/>
       <c r="N56" s="16"/>
       <c r="O56" s="16"/>
       <c r="P56" s="16"/>
       <c r="Q56" s="16"/>
       <c r="R56" s="16"/>
       <c r="S56" s="16"/>
       <c r="T56" s="16"/>
       <c r="U56" s="16"/>
       <c r="V56" s="16"/>
       <c r="W56" s="16"/>
       <c r="X56" s="16"/>
     </row>
     <row r="57" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A57" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B57" s="20" t="s">
         <v>44</v>
       </c>
       <c r="C57" s="9">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D57" s="9"/>
       <c r="E57" s="9">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F57" s="9"/>
       <c r="G57" s="9">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="H57" s="9"/>
       <c r="I57" s="9"/>
       <c r="J57" s="9"/>
       <c r="K57" s="9">
         <v>2</v>
       </c>
       <c r="L57" s="9"/>
       <c r="M57" s="9"/>
       <c r="N57" s="9"/>
       <c r="O57" s="9"/>
       <c r="P57" s="9">
         <v>1</v>
       </c>
       <c r="Q57" s="9"/>
       <c r="R57" s="9"/>
       <c r="S57" s="9"/>
       <c r="T57" s="9"/>
       <c r="U57" s="9"/>
       <c r="V57" s="10">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="W57" s="10"/>
       <c r="X57" s="10"/>
     </row>
     <row r="58" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A58" s="19" t="s">
         <v>12</v>
       </c>
       <c r="B58" s="20" t="s">
         <v>44</v>
       </c>
       <c r="C58" s="9">
         <v>3</v>
       </c>
       <c r="D58" s="9"/>
       <c r="E58" s="9">
         <v>12</v>
       </c>
       <c r="F58" s="9"/>
       <c r="G58" s="9">
         <v>13</v>
       </c>
       <c r="H58" s="9"/>
       <c r="I58" s="9"/>
       <c r="J58" s="9"/>
       <c r="K58" s="9">
         <v>1</v>
       </c>
       <c r="L58" s="9"/>
       <c r="M58" s="9"/>
       <c r="N58" s="9"/>
       <c r="O58" s="9"/>
       <c r="P58" s="9">
         <v>4</v>
       </c>
       <c r="Q58" s="9"/>
       <c r="R58" s="9"/>
       <c r="S58" s="9"/>
-      <c r="T58" s="9"/>
+      <c r="T58" s="9">
+        <v>1</v>
+      </c>
       <c r="U58" s="9"/>
       <c r="V58" s="10">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="W58" s="10"/>
       <c r="X58" s="10"/>
     </row>
     <row r="59" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A59" s="16"/>
       <c r="B59" s="16"/>
       <c r="C59" s="16"/>
       <c r="D59" s="16"/>
       <c r="E59" s="16"/>
       <c r="F59" s="16"/>
       <c r="G59" s="16"/>
       <c r="H59" s="16"/>
       <c r="I59" s="16"/>
       <c r="J59" s="16"/>
       <c r="K59" s="16"/>
       <c r="L59" s="16"/>
       <c r="M59" s="16"/>
       <c r="N59" s="16"/>
       <c r="O59" s="16"/>
       <c r="P59" s="16"/>
       <c r="Q59" s="16"/>
       <c r="R59" s="16"/>
       <c r="S59" s="16"/>
       <c r="T59" s="16"/>
@@ -4596,111 +4616,145 @@
       </c>
       <c r="F60" s="9"/>
       <c r="G60" s="9">
         <v>1</v>
       </c>
       <c r="H60" s="9"/>
       <c r="I60" s="9"/>
       <c r="J60" s="9"/>
       <c r="K60" s="9"/>
       <c r="L60" s="9"/>
       <c r="M60" s="9"/>
       <c r="N60" s="9"/>
       <c r="O60" s="9"/>
       <c r="P60" s="9"/>
       <c r="Q60" s="9"/>
       <c r="R60" s="9"/>
       <c r="S60" s="9"/>
       <c r="T60" s="9"/>
       <c r="U60" s="9"/>
       <c r="V60" s="10">
         <v>2</v>
       </c>
       <c r="W60" s="10"/>
       <c r="X60" s="10"/>
     </row>
-    <row r="61" s="1" customFormat="1" ht="2.6665" customHeight="1">
-[...27 lines deleted...]
-      <c r="A63" s="18" t="s">
+    <row r="61" s="1" customFormat="1" ht="17.0656" customHeight="1">
+      <c r="A61" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="B61" s="20" t="s">
+        <v>45</v>
+      </c>
+      <c r="C61" s="9"/>
+      <c r="D61" s="9"/>
+      <c r="E61" s="9">
+        <v>1</v>
+      </c>
+      <c r="F61" s="9"/>
+      <c r="G61" s="9"/>
+      <c r="H61" s="9"/>
+      <c r="I61" s="9"/>
+      <c r="J61" s="9"/>
+      <c r="K61" s="9"/>
+      <c r="L61" s="9"/>
+      <c r="M61" s="9"/>
+      <c r="N61" s="9"/>
+      <c r="O61" s="9"/>
+      <c r="P61" s="9"/>
+      <c r="Q61" s="9"/>
+      <c r="R61" s="9"/>
+      <c r="S61" s="9"/>
+      <c r="T61" s="9"/>
+      <c r="U61" s="9"/>
+      <c r="V61" s="10">
+        <v>1</v>
+      </c>
+      <c r="W61" s="10"/>
+      <c r="X61" s="10"/>
+    </row>
+    <row r="62" s="1" customFormat="1" ht="2.6665" customHeight="1">
+      <c r="A62" s="16"/>
+      <c r="B62" s="16"/>
+      <c r="C62" s="16"/>
+      <c r="D62" s="16"/>
+      <c r="E62" s="16"/>
+      <c r="F62" s="16"/>
+      <c r="G62" s="16"/>
+      <c r="H62" s="16"/>
+      <c r="I62" s="16"/>
+      <c r="J62" s="16"/>
+      <c r="K62" s="16"/>
+      <c r="L62" s="16"/>
+      <c r="M62" s="16"/>
+      <c r="N62" s="16"/>
+      <c r="O62" s="16"/>
+      <c r="P62" s="16"/>
+      <c r="Q62" s="16"/>
+      <c r="R62" s="16"/>
+      <c r="S62" s="16"/>
+      <c r="T62" s="16"/>
+      <c r="U62" s="16"/>
+      <c r="V62" s="16"/>
+      <c r="W62" s="16"/>
+      <c r="X62" s="16"/>
+    </row>
+    <row r="63" s="1" customFormat="1" ht="2.6665" customHeight="1"/>
+    <row r="64" s="1" customFormat="1" ht="14.3991" customHeight="1">
+      <c r="A64" s="18" t="s">
         <v>47</v>
       </c>
-      <c r="B63" s="18"/>
-[...21 lines deleted...]
-    <row r="64" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
+      <c r="B64" s="18"/>
+      <c r="C64" s="18"/>
+      <c r="D64" s="18"/>
+      <c r="E64" s="18"/>
+      <c r="F64" s="18"/>
+      <c r="G64" s="18"/>
+      <c r="H64" s="18"/>
+      <c r="I64" s="18"/>
+      <c r="J64" s="18"/>
+      <c r="K64" s="18"/>
+      <c r="L64" s="18"/>
+      <c r="M64" s="18"/>
+      <c r="N64" s="18"/>
+      <c r="O64" s="18"/>
+      <c r="P64" s="18"/>
+      <c r="Q64" s="18"/>
+      <c r="R64" s="18"/>
+      <c r="S64" s="18"/>
+      <c r="T64" s="18"/>
+      <c r="U64" s="18"/>
+      <c r="V64" s="18"/>
+    </row>
+    <row r="65" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
-  <mergeCells count="574">
+  <mergeCells count="584">
     <mergeCell ref="A1:V1"/>
     <mergeCell ref="A18:B18"/>
     <mergeCell ref="A3:C3"/>
     <mergeCell ref="A43:B43"/>
-    <mergeCell ref="A63:V63"/>
+    <mergeCell ref="A64:V64"/>
     <mergeCell ref="B10:C10"/>
     <mergeCell ref="B11:C11"/>
     <mergeCell ref="B12:C12"/>
     <mergeCell ref="B13:C13"/>
     <mergeCell ref="B14:C14"/>
     <mergeCell ref="B15:C15"/>
     <mergeCell ref="B16:C16"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="B6:C6"/>
     <mergeCell ref="B7:C7"/>
     <mergeCell ref="B8:C8"/>
     <mergeCell ref="B9:C9"/>
     <mergeCell ref="C18:D18"/>
     <mergeCell ref="C19:D19"/>
     <mergeCell ref="C20:D20"/>
     <mergeCell ref="C21:D21"/>
     <mergeCell ref="C22:D22"/>
     <mergeCell ref="C23:D23"/>
     <mergeCell ref="C24:D24"/>
     <mergeCell ref="C25:D25"/>
     <mergeCell ref="C26:D26"/>
     <mergeCell ref="C27:D27"/>
     <mergeCell ref="C28:D28"/>
     <mergeCell ref="C29:D29"/>
@@ -4713,50 +4767,51 @@
     <mergeCell ref="C36:D36"/>
     <mergeCell ref="C37:D37"/>
     <mergeCell ref="C38:D38"/>
     <mergeCell ref="C39:D39"/>
     <mergeCell ref="C40:D40"/>
     <mergeCell ref="C41:D41"/>
     <mergeCell ref="C43:D43"/>
     <mergeCell ref="C44:D44"/>
     <mergeCell ref="C45:D45"/>
     <mergeCell ref="C46:D46"/>
     <mergeCell ref="C47:D47"/>
     <mergeCell ref="C48:D48"/>
     <mergeCell ref="C49:D49"/>
     <mergeCell ref="C50:D50"/>
     <mergeCell ref="C51:D51"/>
     <mergeCell ref="C52:D52"/>
     <mergeCell ref="C53:D53"/>
     <mergeCell ref="C54:D54"/>
     <mergeCell ref="C55:D55"/>
     <mergeCell ref="C56:D56"/>
     <mergeCell ref="C57:D57"/>
     <mergeCell ref="C58:D58"/>
     <mergeCell ref="C59:D59"/>
     <mergeCell ref="C60:D60"/>
     <mergeCell ref="C61:D61"/>
+    <mergeCell ref="C62:D62"/>
     <mergeCell ref="D10:E10"/>
     <mergeCell ref="D11:E11"/>
     <mergeCell ref="D12:E12"/>
     <mergeCell ref="D13:E13"/>
     <mergeCell ref="D14:E14"/>
     <mergeCell ref="D15:E15"/>
     <mergeCell ref="D16:E16"/>
     <mergeCell ref="D3:E3"/>
     <mergeCell ref="D4:E4"/>
     <mergeCell ref="D5:E5"/>
     <mergeCell ref="D6:E6"/>
     <mergeCell ref="D7:E7"/>
     <mergeCell ref="D8:E8"/>
     <mergeCell ref="D9:E9"/>
     <mergeCell ref="E18:F18"/>
     <mergeCell ref="E19:F19"/>
     <mergeCell ref="E20:F20"/>
     <mergeCell ref="E21:F21"/>
     <mergeCell ref="E22:F22"/>
     <mergeCell ref="E23:F23"/>
     <mergeCell ref="E24:F24"/>
     <mergeCell ref="E25:F25"/>
     <mergeCell ref="E26:F26"/>
     <mergeCell ref="E27:F27"/>
     <mergeCell ref="E28:F28"/>
@@ -4770,50 +4825,51 @@
     <mergeCell ref="E36:F36"/>
     <mergeCell ref="E37:F37"/>
     <mergeCell ref="E38:F38"/>
     <mergeCell ref="E39:F39"/>
     <mergeCell ref="E40:F40"/>
     <mergeCell ref="E41:F41"/>
     <mergeCell ref="E43:F43"/>
     <mergeCell ref="E44:F44"/>
     <mergeCell ref="E45:F45"/>
     <mergeCell ref="E46:F46"/>
     <mergeCell ref="E47:F47"/>
     <mergeCell ref="E48:F48"/>
     <mergeCell ref="E49:F49"/>
     <mergeCell ref="E50:F50"/>
     <mergeCell ref="E51:F51"/>
     <mergeCell ref="E52:F52"/>
     <mergeCell ref="E53:F53"/>
     <mergeCell ref="E54:F54"/>
     <mergeCell ref="E55:F55"/>
     <mergeCell ref="E56:F56"/>
     <mergeCell ref="E57:F57"/>
     <mergeCell ref="E58:F58"/>
     <mergeCell ref="E59:F59"/>
     <mergeCell ref="E60:F60"/>
     <mergeCell ref="E61:F61"/>
+    <mergeCell ref="E62:F62"/>
     <mergeCell ref="G10:H10"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="G12:H12"/>
     <mergeCell ref="G13:H13"/>
     <mergeCell ref="G14:H14"/>
     <mergeCell ref="G15:H15"/>
     <mergeCell ref="G16:H16"/>
     <mergeCell ref="G18:H18"/>
     <mergeCell ref="G19:H19"/>
     <mergeCell ref="G20:H20"/>
     <mergeCell ref="G21:H21"/>
     <mergeCell ref="G22:H22"/>
     <mergeCell ref="G23:H23"/>
     <mergeCell ref="G24:H24"/>
     <mergeCell ref="G25:H25"/>
     <mergeCell ref="G26:H26"/>
     <mergeCell ref="G27:H27"/>
     <mergeCell ref="G28:H28"/>
     <mergeCell ref="G29:H29"/>
     <mergeCell ref="G3:H3"/>
     <mergeCell ref="G30:H30"/>
     <mergeCell ref="G31:H31"/>
     <mergeCell ref="G32:H32"/>
     <mergeCell ref="G33:H33"/>
     <mergeCell ref="G34:H34"/>
@@ -4824,50 +4880,51 @@
     <mergeCell ref="G39:H39"/>
     <mergeCell ref="G4:H4"/>
     <mergeCell ref="G40:H40"/>
     <mergeCell ref="G41:H41"/>
     <mergeCell ref="G43:H43"/>
     <mergeCell ref="G44:H44"/>
     <mergeCell ref="G45:H45"/>
     <mergeCell ref="G46:H46"/>
     <mergeCell ref="G47:H47"/>
     <mergeCell ref="G48:H48"/>
     <mergeCell ref="G49:H49"/>
     <mergeCell ref="G5:H5"/>
     <mergeCell ref="G50:H50"/>
     <mergeCell ref="G51:H51"/>
     <mergeCell ref="G52:H52"/>
     <mergeCell ref="G53:H53"/>
     <mergeCell ref="G54:H54"/>
     <mergeCell ref="G55:H55"/>
     <mergeCell ref="G56:H56"/>
     <mergeCell ref="G57:H57"/>
     <mergeCell ref="G58:H58"/>
     <mergeCell ref="G59:H59"/>
     <mergeCell ref="G6:H6"/>
     <mergeCell ref="G60:H60"/>
     <mergeCell ref="G61:H61"/>
+    <mergeCell ref="G62:H62"/>
     <mergeCell ref="G7:H7"/>
     <mergeCell ref="G8:H8"/>
     <mergeCell ref="G9:H9"/>
     <mergeCell ref="I10:J10"/>
     <mergeCell ref="I11:J11"/>
     <mergeCell ref="I12:J12"/>
     <mergeCell ref="I13:J13"/>
     <mergeCell ref="I14:J14"/>
     <mergeCell ref="I15:J15"/>
     <mergeCell ref="I16:J16"/>
     <mergeCell ref="I18:J18"/>
     <mergeCell ref="I19:J19"/>
     <mergeCell ref="I20:J20"/>
     <mergeCell ref="I21:J21"/>
     <mergeCell ref="I22:J22"/>
     <mergeCell ref="I23:J23"/>
     <mergeCell ref="I24:J24"/>
     <mergeCell ref="I25:J25"/>
     <mergeCell ref="I26:J26"/>
     <mergeCell ref="I27:J27"/>
     <mergeCell ref="I28:J28"/>
     <mergeCell ref="I29:J29"/>
     <mergeCell ref="I3:J3"/>
     <mergeCell ref="I30:J30"/>
     <mergeCell ref="I31:J31"/>
@@ -4881,50 +4938,51 @@
     <mergeCell ref="I39:J39"/>
     <mergeCell ref="I4:J4"/>
     <mergeCell ref="I40:J40"/>
     <mergeCell ref="I41:J41"/>
     <mergeCell ref="I43:J43"/>
     <mergeCell ref="I44:J44"/>
     <mergeCell ref="I45:J45"/>
     <mergeCell ref="I46:J46"/>
     <mergeCell ref="I47:J47"/>
     <mergeCell ref="I48:J48"/>
     <mergeCell ref="I49:J49"/>
     <mergeCell ref="I5:J5"/>
     <mergeCell ref="I50:J50"/>
     <mergeCell ref="I51:J51"/>
     <mergeCell ref="I52:J52"/>
     <mergeCell ref="I53:J53"/>
     <mergeCell ref="I54:J54"/>
     <mergeCell ref="I55:J55"/>
     <mergeCell ref="I56:J56"/>
     <mergeCell ref="I57:J57"/>
     <mergeCell ref="I58:J58"/>
     <mergeCell ref="I59:J59"/>
     <mergeCell ref="I6:J6"/>
     <mergeCell ref="I60:J60"/>
     <mergeCell ref="I61:J61"/>
+    <mergeCell ref="I62:J62"/>
     <mergeCell ref="I7:J7"/>
     <mergeCell ref="I8:J8"/>
     <mergeCell ref="I9:J9"/>
     <mergeCell ref="K10:L10"/>
     <mergeCell ref="K11:L11"/>
     <mergeCell ref="K12:L12"/>
     <mergeCell ref="K13:L13"/>
     <mergeCell ref="K14:L14"/>
     <mergeCell ref="K15:L15"/>
     <mergeCell ref="K16:L16"/>
     <mergeCell ref="K18:M18"/>
     <mergeCell ref="K19:M19"/>
     <mergeCell ref="K20:M20"/>
     <mergeCell ref="K21:M21"/>
     <mergeCell ref="K22:M22"/>
     <mergeCell ref="K23:M23"/>
     <mergeCell ref="K24:M24"/>
     <mergeCell ref="K25:M25"/>
     <mergeCell ref="K26:M26"/>
     <mergeCell ref="K27:M27"/>
     <mergeCell ref="K28:M28"/>
     <mergeCell ref="K29:M29"/>
     <mergeCell ref="K3:L3"/>
     <mergeCell ref="K30:M30"/>
     <mergeCell ref="K31:M31"/>
@@ -4938,50 +4996,51 @@
     <mergeCell ref="K39:M39"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="K40:M40"/>
     <mergeCell ref="K41:M41"/>
     <mergeCell ref="K43:M43"/>
     <mergeCell ref="K44:M44"/>
     <mergeCell ref="K45:M45"/>
     <mergeCell ref="K46:M46"/>
     <mergeCell ref="K47:M47"/>
     <mergeCell ref="K48:M48"/>
     <mergeCell ref="K49:M49"/>
     <mergeCell ref="K5:L5"/>
     <mergeCell ref="K50:M50"/>
     <mergeCell ref="K51:M51"/>
     <mergeCell ref="K52:M52"/>
     <mergeCell ref="K53:M53"/>
     <mergeCell ref="K54:M54"/>
     <mergeCell ref="K55:M55"/>
     <mergeCell ref="K56:M56"/>
     <mergeCell ref="K57:M57"/>
     <mergeCell ref="K58:M58"/>
     <mergeCell ref="K59:M59"/>
     <mergeCell ref="K6:L6"/>
     <mergeCell ref="K60:M60"/>
     <mergeCell ref="K61:M61"/>
+    <mergeCell ref="K62:M62"/>
     <mergeCell ref="K7:L7"/>
     <mergeCell ref="K8:L8"/>
     <mergeCell ref="K9:L9"/>
     <mergeCell ref="M10:N10"/>
     <mergeCell ref="M11:N11"/>
     <mergeCell ref="M12:N12"/>
     <mergeCell ref="M13:N13"/>
     <mergeCell ref="M14:N14"/>
     <mergeCell ref="M15:N15"/>
     <mergeCell ref="M16:N16"/>
     <mergeCell ref="M3:N3"/>
     <mergeCell ref="M4:N4"/>
     <mergeCell ref="M5:N5"/>
     <mergeCell ref="M6:N6"/>
     <mergeCell ref="M7:N7"/>
     <mergeCell ref="M8:N8"/>
     <mergeCell ref="M9:N9"/>
     <mergeCell ref="N18:O18"/>
     <mergeCell ref="N19:O19"/>
     <mergeCell ref="N20:O20"/>
     <mergeCell ref="N21:O21"/>
     <mergeCell ref="N22:O22"/>
     <mergeCell ref="N23:O23"/>
     <mergeCell ref="N24:O24"/>
     <mergeCell ref="N25:O25"/>
@@ -4998,50 +5057,51 @@
     <mergeCell ref="N36:O36"/>
     <mergeCell ref="N37:O37"/>
     <mergeCell ref="N38:O38"/>
     <mergeCell ref="N39:O39"/>
     <mergeCell ref="N40:O40"/>
     <mergeCell ref="N41:O41"/>
     <mergeCell ref="N43:O43"/>
     <mergeCell ref="N44:O44"/>
     <mergeCell ref="N45:O45"/>
     <mergeCell ref="N46:O46"/>
     <mergeCell ref="N47:O47"/>
     <mergeCell ref="N48:O48"/>
     <mergeCell ref="N49:O49"/>
     <mergeCell ref="N50:O50"/>
     <mergeCell ref="N51:O51"/>
     <mergeCell ref="N52:O52"/>
     <mergeCell ref="N53:O53"/>
     <mergeCell ref="N54:O54"/>
     <mergeCell ref="N55:O55"/>
     <mergeCell ref="N56:O56"/>
     <mergeCell ref="N57:O57"/>
     <mergeCell ref="N58:O58"/>
     <mergeCell ref="N59:O59"/>
     <mergeCell ref="N60:O60"/>
     <mergeCell ref="N61:O61"/>
+    <mergeCell ref="N62:O62"/>
     <mergeCell ref="O10:P10"/>
     <mergeCell ref="O11:P11"/>
     <mergeCell ref="O12:P12"/>
     <mergeCell ref="O13:P13"/>
     <mergeCell ref="O14:P14"/>
     <mergeCell ref="O15:P15"/>
     <mergeCell ref="O16:P16"/>
     <mergeCell ref="O3:P3"/>
     <mergeCell ref="O4:P4"/>
     <mergeCell ref="O5:P5"/>
     <mergeCell ref="O6:P6"/>
     <mergeCell ref="O7:P7"/>
     <mergeCell ref="O8:P8"/>
     <mergeCell ref="O9:P9"/>
     <mergeCell ref="P18:Q18"/>
     <mergeCell ref="P19:Q19"/>
     <mergeCell ref="P20:Q20"/>
     <mergeCell ref="P21:Q21"/>
     <mergeCell ref="P22:Q22"/>
     <mergeCell ref="P23:Q23"/>
     <mergeCell ref="P24:Q24"/>
     <mergeCell ref="P25:Q25"/>
     <mergeCell ref="P26:Q26"/>
     <mergeCell ref="P27:Q27"/>
     <mergeCell ref="P28:Q28"/>
@@ -5055,50 +5115,51 @@
     <mergeCell ref="P36:Q36"/>
     <mergeCell ref="P37:Q37"/>
     <mergeCell ref="P38:Q38"/>
     <mergeCell ref="P39:Q39"/>
     <mergeCell ref="P40:Q40"/>
     <mergeCell ref="P41:Q41"/>
     <mergeCell ref="P43:Q43"/>
     <mergeCell ref="P44:Q44"/>
     <mergeCell ref="P45:Q45"/>
     <mergeCell ref="P46:Q46"/>
     <mergeCell ref="P47:Q47"/>
     <mergeCell ref="P48:Q48"/>
     <mergeCell ref="P49:Q49"/>
     <mergeCell ref="P50:Q50"/>
     <mergeCell ref="P51:Q51"/>
     <mergeCell ref="P52:Q52"/>
     <mergeCell ref="P53:Q53"/>
     <mergeCell ref="P54:Q54"/>
     <mergeCell ref="P55:Q55"/>
     <mergeCell ref="P56:Q56"/>
     <mergeCell ref="P57:Q57"/>
     <mergeCell ref="P58:Q58"/>
     <mergeCell ref="P59:Q59"/>
     <mergeCell ref="P60:Q60"/>
     <mergeCell ref="P61:Q61"/>
+    <mergeCell ref="P62:Q62"/>
     <mergeCell ref="Q10:R10"/>
     <mergeCell ref="Q11:R11"/>
     <mergeCell ref="Q12:R12"/>
     <mergeCell ref="Q13:R13"/>
     <mergeCell ref="Q14:R14"/>
     <mergeCell ref="Q15:R15"/>
     <mergeCell ref="Q16:R16"/>
     <mergeCell ref="Q3:R3"/>
     <mergeCell ref="Q4:R4"/>
     <mergeCell ref="Q5:R5"/>
     <mergeCell ref="Q6:R6"/>
     <mergeCell ref="Q7:R7"/>
     <mergeCell ref="Q8:R8"/>
     <mergeCell ref="Q9:R9"/>
     <mergeCell ref="R18:S18"/>
     <mergeCell ref="R19:S19"/>
     <mergeCell ref="R20:S20"/>
     <mergeCell ref="R21:S21"/>
     <mergeCell ref="R22:S22"/>
     <mergeCell ref="R23:S23"/>
     <mergeCell ref="R24:S24"/>
     <mergeCell ref="R25:S25"/>
     <mergeCell ref="R26:S26"/>
     <mergeCell ref="R27:S27"/>
     <mergeCell ref="R28:S28"/>
@@ -5112,50 +5173,51 @@
     <mergeCell ref="R36:S36"/>
     <mergeCell ref="R37:S37"/>
     <mergeCell ref="R38:S38"/>
     <mergeCell ref="R39:S39"/>
     <mergeCell ref="R40:S40"/>
     <mergeCell ref="R41:S41"/>
     <mergeCell ref="R43:S43"/>
     <mergeCell ref="R44:S44"/>
     <mergeCell ref="R45:S45"/>
     <mergeCell ref="R46:S46"/>
     <mergeCell ref="R47:S47"/>
     <mergeCell ref="R48:S48"/>
     <mergeCell ref="R49:S49"/>
     <mergeCell ref="R50:S50"/>
     <mergeCell ref="R51:S51"/>
     <mergeCell ref="R52:S52"/>
     <mergeCell ref="R53:S53"/>
     <mergeCell ref="R54:S54"/>
     <mergeCell ref="R55:S55"/>
     <mergeCell ref="R56:S56"/>
     <mergeCell ref="R57:S57"/>
     <mergeCell ref="R58:S58"/>
     <mergeCell ref="R59:S59"/>
     <mergeCell ref="R60:S60"/>
     <mergeCell ref="R61:S61"/>
+    <mergeCell ref="R62:S62"/>
     <mergeCell ref="S10:T10"/>
     <mergeCell ref="S11:T11"/>
     <mergeCell ref="S12:T12"/>
     <mergeCell ref="S13:T13"/>
     <mergeCell ref="S14:T14"/>
     <mergeCell ref="S15:T15"/>
     <mergeCell ref="S16:T16"/>
     <mergeCell ref="S3:T3"/>
     <mergeCell ref="S4:T4"/>
     <mergeCell ref="S5:T5"/>
     <mergeCell ref="S6:T6"/>
     <mergeCell ref="S7:T7"/>
     <mergeCell ref="S8:T8"/>
     <mergeCell ref="S9:T9"/>
     <mergeCell ref="T18:U18"/>
     <mergeCell ref="T19:U19"/>
     <mergeCell ref="T20:U20"/>
     <mergeCell ref="T21:U21"/>
     <mergeCell ref="T22:U22"/>
     <mergeCell ref="T23:U23"/>
     <mergeCell ref="T24:U24"/>
     <mergeCell ref="T25:U25"/>
     <mergeCell ref="T26:U26"/>
     <mergeCell ref="T27:U27"/>
     <mergeCell ref="T28:U28"/>
@@ -5169,50 +5231,51 @@
     <mergeCell ref="T36:U36"/>
     <mergeCell ref="T37:U37"/>
     <mergeCell ref="T38:U38"/>
     <mergeCell ref="T39:U39"/>
     <mergeCell ref="T40:U40"/>
     <mergeCell ref="T41:U41"/>
     <mergeCell ref="T43:U43"/>
     <mergeCell ref="T44:U44"/>
     <mergeCell ref="T45:U45"/>
     <mergeCell ref="T46:U46"/>
     <mergeCell ref="T47:U47"/>
     <mergeCell ref="T48:U48"/>
     <mergeCell ref="T49:U49"/>
     <mergeCell ref="T50:U50"/>
     <mergeCell ref="T51:U51"/>
     <mergeCell ref="T52:U52"/>
     <mergeCell ref="T53:U53"/>
     <mergeCell ref="T54:U54"/>
     <mergeCell ref="T55:U55"/>
     <mergeCell ref="T56:U56"/>
     <mergeCell ref="T57:U57"/>
     <mergeCell ref="T58:U58"/>
     <mergeCell ref="T59:U59"/>
     <mergeCell ref="T60:U60"/>
     <mergeCell ref="T61:U61"/>
+    <mergeCell ref="T62:U62"/>
     <mergeCell ref="U10:W10"/>
     <mergeCell ref="U11:W11"/>
     <mergeCell ref="U12:W12"/>
     <mergeCell ref="U13:W13"/>
     <mergeCell ref="U14:W14"/>
     <mergeCell ref="U15:W15"/>
     <mergeCell ref="U16:W16"/>
     <mergeCell ref="U3:W3"/>
     <mergeCell ref="U4:W4"/>
     <mergeCell ref="U5:W5"/>
     <mergeCell ref="U6:W6"/>
     <mergeCell ref="U7:W7"/>
     <mergeCell ref="U8:W8"/>
     <mergeCell ref="U9:W9"/>
     <mergeCell ref="V18:X18"/>
     <mergeCell ref="V19:X19"/>
     <mergeCell ref="V20:X20"/>
     <mergeCell ref="V21:X21"/>
     <mergeCell ref="V22:X22"/>
     <mergeCell ref="V23:X23"/>
     <mergeCell ref="V24:X24"/>
     <mergeCell ref="V25:X25"/>
     <mergeCell ref="V26:X26"/>
     <mergeCell ref="V27:X27"/>
     <mergeCell ref="V28:X28"/>
@@ -5226,50 +5289,51 @@
     <mergeCell ref="V36:X36"/>
     <mergeCell ref="V37:X37"/>
     <mergeCell ref="V38:X38"/>
     <mergeCell ref="V39:X39"/>
     <mergeCell ref="V40:X40"/>
     <mergeCell ref="V41:X41"/>
     <mergeCell ref="V43:X43"/>
     <mergeCell ref="V44:X44"/>
     <mergeCell ref="V45:X45"/>
     <mergeCell ref="V46:X46"/>
     <mergeCell ref="V47:X47"/>
     <mergeCell ref="V48:X48"/>
     <mergeCell ref="V49:X49"/>
     <mergeCell ref="V50:X50"/>
     <mergeCell ref="V51:X51"/>
     <mergeCell ref="V52:X52"/>
     <mergeCell ref="V53:X53"/>
     <mergeCell ref="V54:X54"/>
     <mergeCell ref="V55:X55"/>
     <mergeCell ref="V56:X56"/>
     <mergeCell ref="V57:X57"/>
     <mergeCell ref="V58:X58"/>
     <mergeCell ref="V59:X59"/>
     <mergeCell ref="V60:X60"/>
     <mergeCell ref="V61:X61"/>
+    <mergeCell ref="V62:X62"/>
   </mergeCells>
   <pageSetup paperSize="9" scale="100" orientation="portrait"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:L44"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="6.293812" customWidth="1"/>
     <col min="2" max="2" width="27.3149533333333" customWidth="1"/>
     <col min="3" max="10" width="6.293812" customWidth="1"/>
     <col min="11" max="11" width="166800e-6" customWidth="1"/>
     <col min="12" max="12" width="6.008612" customWidth="1"/>
     <col min="13" max="13" width="4.67767866666667" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="1" ht="28.7982" customHeight="1">
       <c r="A1" s="17" t="s">
         <v>51</v>
       </c>
@@ -5317,505 +5381,507 @@
       </c>
       <c r="L3" s="4"/>
     </row>
     <row r="4" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A4" s="14"/>
       <c r="B4" s="14"/>
       <c r="C4" s="14"/>
       <c r="D4" s="14"/>
       <c r="E4" s="14"/>
       <c r="F4" s="14"/>
       <c r="G4" s="14"/>
       <c r="H4" s="14"/>
       <c r="I4" s="14"/>
       <c r="J4" s="14"/>
       <c r="K4" s="14"/>
       <c r="L4" s="14"/>
     </row>
     <row r="5" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A5" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="20" t="s">
         <v>26</v>
       </c>
       <c r="C5" s="9">
-        <v>608</v>
+        <v>597</v>
       </c>
       <c r="D5" s="9">
-        <v>1151</v>
+        <v>1187</v>
       </c>
       <c r="E5" s="9">
-        <v>5856</v>
+        <v>5828</v>
       </c>
       <c r="F5" s="9">
-        <v>739</v>
+        <v>754</v>
       </c>
       <c r="G5" s="9">
-        <v>269</v>
+        <v>256</v>
       </c>
       <c r="H5" s="9">
-        <v>1154</v>
+        <v>1177</v>
       </c>
       <c r="I5" s="9"/>
       <c r="J5" s="9">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="K5" s="10">
-        <v>9849</v>
+        <v>9867</v>
       </c>
       <c r="L5" s="10"/>
     </row>
     <row r="6" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A6" s="19" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="20" t="s">
         <v>26</v>
       </c>
       <c r="C6" s="9">
-        <v>637</v>
+        <v>635</v>
       </c>
       <c r="D6" s="9">
-        <v>1173</v>
+        <v>1195</v>
       </c>
       <c r="E6" s="9">
-        <v>6073</v>
+        <v>6109</v>
       </c>
       <c r="F6" s="9">
-        <v>759</v>
+        <v>734</v>
       </c>
       <c r="G6" s="9">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="H6" s="9">
-        <v>1032</v>
+        <v>1027</v>
       </c>
       <c r="I6" s="9"/>
       <c r="J6" s="9">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="K6" s="10">
-        <v>9980</v>
+        <v>10018</v>
       </c>
       <c r="L6" s="10"/>
     </row>
     <row r="7" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A7" s="16"/>
       <c r="B7" s="16"/>
       <c r="C7" s="16"/>
       <c r="D7" s="16"/>
       <c r="E7" s="16"/>
       <c r="F7" s="16"/>
       <c r="G7" s="16"/>
       <c r="H7" s="16"/>
       <c r="I7" s="16"/>
       <c r="J7" s="16"/>
       <c r="K7" s="16"/>
       <c r="L7" s="16"/>
     </row>
     <row r="8" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A8" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B8" s="20" t="s">
         <v>31</v>
       </c>
       <c r="C8" s="9">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="D8" s="9">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E8" s="9">
-        <v>730</v>
+        <v>712</v>
       </c>
       <c r="F8" s="9">
+        <v>28</v>
+      </c>
+      <c r="G8" s="9">
         <v>25</v>
       </c>
-      <c r="G8" s="9">
-[...1 lines deleted...]
-      </c>
       <c r="H8" s="9">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="I8" s="9"/>
       <c r="J8" s="9">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="K8" s="10">
-        <v>1077</v>
+        <v>1060</v>
       </c>
       <c r="L8" s="10"/>
     </row>
     <row r="9" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A9" s="19" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="20" t="s">
         <v>31</v>
       </c>
       <c r="C9" s="9">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="D9" s="9">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="E9" s="9">
-        <v>653</v>
+        <v>644</v>
       </c>
       <c r="F9" s="9">
         <v>29</v>
       </c>
       <c r="G9" s="9">
         <v>26</v>
       </c>
       <c r="H9" s="9">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="I9" s="9"/>
       <c r="J9" s="9">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="K9" s="10">
-        <v>991</v>
+        <v>989</v>
       </c>
       <c r="L9" s="10"/>
     </row>
     <row r="10" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A10" s="16"/>
       <c r="B10" s="16"/>
       <c r="C10" s="16"/>
       <c r="D10" s="16"/>
       <c r="E10" s="16"/>
       <c r="F10" s="16"/>
       <c r="G10" s="16"/>
       <c r="H10" s="16"/>
       <c r="I10" s="16"/>
       <c r="J10" s="16"/>
       <c r="K10" s="16"/>
       <c r="L10" s="16"/>
     </row>
     <row r="11" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A11" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B11" s="20" t="s">
         <v>32</v>
       </c>
       <c r="C11" s="9">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="D11" s="9">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E11" s="9">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="F11" s="9">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G11" s="9">
         <v>8</v>
       </c>
       <c r="H11" s="9">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="I11" s="9"/>
       <c r="J11" s="9">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="K11" s="10">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="L11" s="10"/>
     </row>
     <row r="12" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A12" s="19" t="s">
         <v>12</v>
       </c>
       <c r="B12" s="20" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="9">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D12" s="9">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E12" s="9">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="F12" s="9">
         <v>10</v>
       </c>
       <c r="G12" s="9">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="H12" s="9">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="I12" s="9"/>
       <c r="J12" s="9">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="K12" s="10">
-        <v>586</v>
+        <v>583</v>
       </c>
       <c r="L12" s="10"/>
     </row>
     <row r="13" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A13" s="16"/>
       <c r="B13" s="16"/>
       <c r="C13" s="16"/>
       <c r="D13" s="16"/>
       <c r="E13" s="16"/>
       <c r="F13" s="16"/>
       <c r="G13" s="16"/>
       <c r="H13" s="16"/>
       <c r="I13" s="16"/>
       <c r="J13" s="16"/>
       <c r="K13" s="16"/>
       <c r="L13" s="16"/>
     </row>
     <row r="14" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A14" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="20" t="s">
         <v>40</v>
       </c>
       <c r="C14" s="9">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="D14" s="9">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="E14" s="9">
-        <v>919</v>
+        <v>907</v>
       </c>
       <c r="F14" s="9">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="G14" s="9">
-        <v>310</v>
+        <v>321</v>
       </c>
       <c r="H14" s="9">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="I14" s="9">
         <v>1</v>
       </c>
       <c r="J14" s="9">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="K14" s="10">
-        <v>1567</v>
+        <v>1562</v>
       </c>
       <c r="L14" s="10"/>
     </row>
     <row r="15" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A15" s="19" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="20" t="s">
         <v>40</v>
       </c>
       <c r="C15" s="9">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="D15" s="9">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="E15" s="9">
-        <v>873</v>
+        <v>868</v>
       </c>
       <c r="F15" s="9">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="G15" s="9">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="H15" s="9">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="I15" s="9">
         <v>1</v>
       </c>
       <c r="J15" s="9">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="K15" s="10">
-        <v>1477</v>
+        <v>1507</v>
       </c>
       <c r="L15" s="10"/>
     </row>
     <row r="16" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A16" s="16"/>
       <c r="B16" s="16"/>
       <c r="C16" s="16"/>
       <c r="D16" s="16"/>
       <c r="E16" s="16"/>
       <c r="F16" s="16"/>
       <c r="G16" s="16"/>
       <c r="H16" s="16"/>
       <c r="I16" s="16"/>
       <c r="J16" s="16"/>
       <c r="K16" s="16"/>
       <c r="L16" s="16"/>
     </row>
     <row r="17" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A17" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="20" t="s">
         <v>27</v>
       </c>
       <c r="C17" s="9"/>
       <c r="D17" s="9">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E17" s="9">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F17" s="9"/>
       <c r="G17" s="9"/>
       <c r="H17" s="9">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I17" s="9"/>
       <c r="J17" s="9">
         <v>1</v>
       </c>
       <c r="K17" s="10">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="L17" s="10"/>
     </row>
     <row r="18" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A18" s="19" t="s">
         <v>12</v>
       </c>
       <c r="B18" s="20" t="s">
         <v>27</v>
       </c>
       <c r="C18" s="9"/>
       <c r="D18" s="9">
         <v>15</v>
       </c>
       <c r="E18" s="9">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="F18" s="9"/>
+        <v>20</v>
+      </c>
+      <c r="F18" s="9">
+        <v>1</v>
+      </c>
       <c r="G18" s="9"/>
       <c r="H18" s="9">
         <v>16</v>
       </c>
       <c r="I18" s="9"/>
       <c r="J18" s="9"/>
       <c r="K18" s="10">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="L18" s="10"/>
     </row>
     <row r="19" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A19" s="16"/>
       <c r="B19" s="16"/>
       <c r="C19" s="16"/>
       <c r="D19" s="16"/>
       <c r="E19" s="16"/>
       <c r="F19" s="16"/>
       <c r="G19" s="16"/>
       <c r="H19" s="16"/>
       <c r="I19" s="16"/>
       <c r="J19" s="16"/>
       <c r="K19" s="16"/>
       <c r="L19" s="16"/>
     </row>
     <row r="20" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A20" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B20" s="20" t="s">
         <v>29</v>
       </c>
       <c r="C20" s="9">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="D20" s="9">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="E20" s="9">
-        <v>273</v>
+        <v>280</v>
       </c>
       <c r="F20" s="9">
         <v>10</v>
       </c>
       <c r="G20" s="9">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H20" s="9">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="I20" s="9"/>
       <c r="J20" s="9"/>
       <c r="K20" s="10">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="L20" s="10"/>
     </row>
     <row r="21" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A21" s="19" t="s">
         <v>12</v>
       </c>
       <c r="B21" s="20" t="s">
         <v>29</v>
       </c>
       <c r="C21" s="9">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D21" s="9">
         <v>11</v>
       </c>
       <c r="E21" s="9">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="F21" s="9">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="G21" s="9">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="H21" s="9">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="I21" s="9"/>
       <c r="J21" s="9">
         <v>2</v>
       </c>
       <c r="K21" s="10">
-        <v>363</v>
+        <v>378</v>
       </c>
       <c r="L21" s="10"/>
     </row>
     <row r="22" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A22" s="16"/>
       <c r="B22" s="16"/>
       <c r="C22" s="16"/>
       <c r="D22" s="16"/>
       <c r="E22" s="16"/>
       <c r="F22" s="16"/>
       <c r="G22" s="16"/>
       <c r="H22" s="16"/>
       <c r="I22" s="16"/>
       <c r="J22" s="16"/>
       <c r="K22" s="16"/>
       <c r="L22" s="16"/>
     </row>
     <row r="23" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A23" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B23" s="20" t="s">
         <v>48</v>
       </c>
       <c r="C23" s="9">
@@ -5825,56 +5891,56 @@
       <c r="E23" s="9">
         <v>4</v>
       </c>
       <c r="F23" s="9"/>
       <c r="G23" s="9"/>
       <c r="H23" s="9"/>
       <c r="I23" s="9"/>
       <c r="J23" s="9"/>
       <c r="K23" s="10">
         <v>5</v>
       </c>
       <c r="L23" s="10"/>
     </row>
     <row r="24" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A24" s="19" t="s">
         <v>12</v>
       </c>
       <c r="B24" s="20" t="s">
         <v>48</v>
       </c>
       <c r="C24" s="9">
         <v>1</v>
       </c>
       <c r="D24" s="9"/>
       <c r="E24" s="9">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F24" s="9"/>
       <c r="G24" s="9"/>
       <c r="H24" s="9">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I24" s="9"/>
       <c r="J24" s="9"/>
       <c r="K24" s="10">
         <v>7</v>
       </c>
       <c r="L24" s="10"/>
     </row>
     <row r="25" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A25" s="16"/>
       <c r="B25" s="16"/>
       <c r="C25" s="16"/>
       <c r="D25" s="16"/>
       <c r="E25" s="16"/>
       <c r="F25" s="16"/>
       <c r="G25" s="16"/>
       <c r="H25" s="16"/>
       <c r="I25" s="16"/>
       <c r="J25" s="16"/>
       <c r="K25" s="16"/>
       <c r="L25" s="16"/>
     </row>
     <row r="26" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A26" s="19" t="s">
         <v>10</v>
@@ -5887,133 +5953,133 @@
       <c r="E26" s="9">
         <v>2</v>
       </c>
       <c r="F26" s="9"/>
       <c r="G26" s="9"/>
       <c r="H26" s="9">
         <v>2</v>
       </c>
       <c r="I26" s="9"/>
       <c r="J26" s="9"/>
       <c r="K26" s="10">
         <v>4</v>
       </c>
       <c r="L26" s="10"/>
     </row>
     <row r="27" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A27" s="19" t="s">
         <v>12</v>
       </c>
       <c r="B27" s="20" t="s">
         <v>35</v>
       </c>
       <c r="C27" s="9">
         <v>1</v>
       </c>
-      <c r="D27" s="9">
-[...1 lines deleted...]
-      </c>
+      <c r="D27" s="9"/>
       <c r="E27" s="9">
         <v>2</v>
       </c>
       <c r="F27" s="9"/>
-      <c r="G27" s="9"/>
+      <c r="G27" s="9">
+        <v>1</v>
+      </c>
       <c r="H27" s="9">
         <v>1</v>
       </c>
       <c r="I27" s="9"/>
       <c r="J27" s="9"/>
       <c r="K27" s="10">
         <v>5</v>
       </c>
       <c r="L27" s="10"/>
     </row>
     <row r="28" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A28" s="16"/>
       <c r="B28" s="16"/>
       <c r="C28" s="16"/>
       <c r="D28" s="16"/>
       <c r="E28" s="16"/>
       <c r="F28" s="16"/>
       <c r="G28" s="16"/>
       <c r="H28" s="16"/>
       <c r="I28" s="16"/>
       <c r="J28" s="16"/>
       <c r="K28" s="16"/>
       <c r="L28" s="16"/>
     </row>
     <row r="29" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A29" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B29" s="20" t="s">
         <v>36</v>
       </c>
       <c r="C29" s="9">
         <v>1</v>
       </c>
       <c r="D29" s="9">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="E29" s="9">
         <v>1</v>
       </c>
       <c r="F29" s="9"/>
       <c r="G29" s="9">
         <v>1</v>
       </c>
       <c r="H29" s="9"/>
       <c r="I29" s="9"/>
       <c r="J29" s="9"/>
       <c r="K29" s="10">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="L29" s="10"/>
     </row>
     <row r="30" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A30" s="19" t="s">
         <v>12</v>
       </c>
       <c r="B30" s="20" t="s">
         <v>36</v>
       </c>
       <c r="C30" s="9">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D30" s="9">
         <v>3</v>
       </c>
       <c r="E30" s="9"/>
       <c r="F30" s="9"/>
       <c r="G30" s="9">
         <v>1</v>
       </c>
       <c r="H30" s="9"/>
       <c r="I30" s="9"/>
       <c r="J30" s="9"/>
       <c r="K30" s="10">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="L30" s="10"/>
     </row>
     <row r="31" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A31" s="16"/>
       <c r="B31" s="16"/>
       <c r="C31" s="16"/>
       <c r="D31" s="16"/>
       <c r="E31" s="16"/>
       <c r="F31" s="16"/>
       <c r="G31" s="16"/>
       <c r="H31" s="16"/>
       <c r="I31" s="16"/>
       <c r="J31" s="16"/>
       <c r="K31" s="16"/>
       <c r="L31" s="16"/>
     </row>
     <row r="32" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A32" s="19" t="s">
         <v>12</v>
       </c>
       <c r="B32" s="20" t="s">
         <v>49</v>
       </c>
       <c r="C32" s="9"/>
@@ -6032,170 +6098,172 @@
       <c r="L32" s="10"/>
     </row>
     <row r="33" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A33" s="16"/>
       <c r="B33" s="16"/>
       <c r="C33" s="16"/>
       <c r="D33" s="16"/>
       <c r="E33" s="16"/>
       <c r="F33" s="16"/>
       <c r="G33" s="16"/>
       <c r="H33" s="16"/>
       <c r="I33" s="16"/>
       <c r="J33" s="16"/>
       <c r="K33" s="16"/>
       <c r="L33" s="16"/>
     </row>
     <row r="34" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A34" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B34" s="20" t="s">
         <v>42</v>
       </c>
       <c r="C34" s="9"/>
       <c r="D34" s="9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E34" s="9">
         <v>2</v>
       </c>
       <c r="F34" s="9"/>
       <c r="G34" s="9">
         <v>1</v>
       </c>
       <c r="H34" s="9"/>
       <c r="I34" s="9"/>
       <c r="J34" s="9"/>
       <c r="K34" s="10">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="L34" s="10"/>
     </row>
     <row r="35" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A35" s="19" t="s">
         <v>12</v>
       </c>
       <c r="B35" s="20" t="s">
         <v>42</v>
       </c>
       <c r="C35" s="9"/>
       <c r="D35" s="9">
         <v>5</v>
       </c>
       <c r="E35" s="9">
         <v>4</v>
       </c>
-      <c r="F35" s="9"/>
+      <c r="F35" s="9">
+        <v>1</v>
+      </c>
       <c r="G35" s="9">
         <v>1</v>
       </c>
       <c r="H35" s="9"/>
       <c r="I35" s="9"/>
       <c r="J35" s="9"/>
       <c r="K35" s="10">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="L35" s="10"/>
     </row>
     <row r="36" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A36" s="16"/>
       <c r="B36" s="16"/>
       <c r="C36" s="16"/>
       <c r="D36" s="16"/>
       <c r="E36" s="16"/>
       <c r="F36" s="16"/>
       <c r="G36" s="16"/>
       <c r="H36" s="16"/>
       <c r="I36" s="16"/>
       <c r="J36" s="16"/>
       <c r="K36" s="16"/>
       <c r="L36" s="16"/>
     </row>
     <row r="37" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A37" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B37" s="20" t="s">
         <v>44</v>
       </c>
       <c r="C37" s="9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D37" s="9">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E37" s="9">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F37" s="9">
         <v>5</v>
       </c>
       <c r="G37" s="9">
         <v>3</v>
       </c>
       <c r="H37" s="9">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I37" s="9"/>
       <c r="J37" s="9">
         <v>1</v>
       </c>
       <c r="K37" s="10">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="L37" s="10"/>
     </row>
     <row r="38" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A38" s="19" t="s">
         <v>12</v>
       </c>
       <c r="B38" s="20" t="s">
         <v>44</v>
       </c>
       <c r="C38" s="9">
         <v>1</v>
       </c>
       <c r="D38" s="9">
         <v>19</v>
       </c>
       <c r="E38" s="9">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F38" s="9">
         <v>2</v>
       </c>
       <c r="G38" s="9">
         <v>2</v>
       </c>
       <c r="H38" s="9">
         <v>1</v>
       </c>
       <c r="I38" s="9"/>
       <c r="J38" s="9"/>
       <c r="K38" s="10">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="L38" s="10"/>
     </row>
     <row r="39" s="1" customFormat="1" ht="2.6665" customHeight="1">
       <c r="A39" s="16"/>
       <c r="B39" s="16"/>
       <c r="C39" s="16"/>
       <c r="D39" s="16"/>
       <c r="E39" s="16"/>
       <c r="F39" s="16"/>
       <c r="G39" s="16"/>
       <c r="H39" s="16"/>
       <c r="I39" s="16"/>
       <c r="J39" s="16"/>
       <c r="K39" s="16"/>
       <c r="L39" s="16"/>
     </row>
     <row r="40" s="1" customFormat="1" ht="17.0656" customHeight="1">
       <c r="A40" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B40" s="20" t="s">
         <v>50</v>
       </c>
       <c r="C40" s="9">