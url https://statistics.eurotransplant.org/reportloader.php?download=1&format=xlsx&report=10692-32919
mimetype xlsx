--- v0 (2025-12-08)
+++ v1 (2026-03-10)
@@ -66,51 +66,51 @@
   <si>
     <t>Living</t>
   </si>
   <si>
     <t>Deceased donor type</t>
   </si>
   <si>
     <t>DBD</t>
   </si>
   <si>
     <t>DCD</t>
   </si>
   <si>
     <t>Living donor type</t>
   </si>
   <si>
     <t>Non Related</t>
   </si>
   <si>
     <t>Related</t>
   </si>
   <si>
     <t>Donors used in 2024, by donor country, by donor type</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 1093P_2024 : 10.02.2025</t>
+    <t>statistics.eurotransplant.org : 1093P_2024 : 12.02.2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -564,103 +564,103 @@
       </c>
       <c r="F13" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H13" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J13" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A14" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="5">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="C14" s="5">
         <v>33</v>
       </c>
       <c r="D14" s="5">
         <v>304</v>
       </c>
       <c r="E14" s="5">
         <v>24</v>
       </c>
       <c r="F14" s="5"/>
       <c r="G14" s="5"/>
       <c r="H14" s="5">
         <v>296</v>
       </c>
       <c r="I14" s="5">
         <v>1</v>
       </c>
       <c r="J14" s="5"/>
       <c r="K14" s="6">
-        <v>694</v>
+        <v>692</v>
       </c>
     </row>
     <row r="15" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A15" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="5">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C15" s="5">
         <v>73</v>
       </c>
       <c r="D15" s="5">
         <v>384</v>
       </c>
       <c r="E15" s="5">
         <v>28</v>
       </c>
       <c r="F15" s="5">
         <v>4</v>
       </c>
       <c r="G15" s="5"/>
       <c r="H15" s="5">
         <v>226</v>
       </c>
       <c r="I15" s="5">
         <v>1</v>
       </c>
       <c r="J15" s="5"/>
       <c r="K15" s="6">
-        <v>742</v>
+        <v>744</v>
       </c>
     </row>
     <row r="16" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A16" s="4" t="s">
         <v>10</v>
       </c>
       <c r="B16" s="6">
         <v>62</v>
       </c>
       <c r="C16" s="6">
         <v>106</v>
       </c>
       <c r="D16" s="6">
         <v>688</v>
       </c>
       <c r="E16" s="6">
         <v>52</v>
       </c>
       <c r="F16" s="6">
         <v>4</v>
       </c>
       <c r="G16" s="6"/>
       <c r="H16" s="6">
         <v>522</v>
       </c>