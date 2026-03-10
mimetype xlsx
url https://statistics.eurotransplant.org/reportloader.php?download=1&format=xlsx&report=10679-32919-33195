--- v0 (2025-10-20)
+++ v1 (2026-03-10)
@@ -4,51 +4,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="transplants" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="165" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="167" uniqueCount="54">
   <si>
     <t>HLA A,B,DR mismatches</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>B</t>
   </si>
   <si>
     <t>D</t>
   </si>
   <si>
     <t>H</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>SLO</t>
   </si>
   <si>
@@ -144,69 +144,72 @@
   <si>
     <t>56-64</t>
   </si>
   <si>
     <t>65+</t>
   </si>
   <si>
     <t>Allocation type</t>
   </si>
   <si>
     <t>Rescue</t>
   </si>
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Allocation program (all donors)</t>
   </si>
   <si>
     <t>ETKAS</t>
   </si>
   <si>
     <t>ESP</t>
   </si>
   <si>
+    <t>AM</t>
+  </si>
+  <si>
     <t>Allocation program (donors 65+)</t>
   </si>
   <si>
     <t>Urgency at transplant</t>
   </si>
   <si>
     <t>Elective</t>
   </si>
   <si>
     <t>High Urgency</t>
   </si>
   <si>
     <t>Immunized</t>
   </si>
   <si>
     <t>Kidney-only transplants (deceased donor) in 2024, by country, by characteristic</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 2073P_2024_kidney : 10.02.2025 :  excluding organ combinations</t>
+    <t>statistics.eurotransplant.org : 2073P_2024_kidney : 12.02.2026 :  excluding organ combinations</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -342,64 +345,64 @@
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="3" borderId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1" horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="3" borderId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="3" borderId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1" horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:K90"/>
+  <dimension ref="A1:K92"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="20.6793" customWidth="1"/>
     <col min="2" max="10" width="6.27479866666667" customWidth="1"/>
     <col min="11" max="11" width="6.38127333333333" customWidth="1"/>
     <col min="12" max="12" width="4.67767866666667" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="1" ht="28.7982" customHeight="1">
       <c r="A1" s="11" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B1" s="11"/>
       <c r="C1" s="11"/>
       <c r="D1" s="11"/>
       <c r="E1" s="11"/>
       <c r="F1" s="11"/>
       <c r="G1" s="11"/>
       <c r="H1" s="11"/>
       <c r="I1" s="11"/>
       <c r="J1" s="11"/>
       <c r="K1" s="11"/>
     </row>
     <row r="2" s="1" customFormat="1" ht="7.9995" customHeight="1"/>
     <row r="3" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>3</v>
@@ -1877,105 +1880,105 @@
       </c>
       <c r="E62" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F62" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G62" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H62" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I62" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J62" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="63" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A63" s="5" t="s">
         <v>41</v>
       </c>
       <c r="B63" s="6">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="C63" s="6">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D63" s="6">
-        <v>221</v>
+        <v>230</v>
       </c>
       <c r="E63" s="6">
         <v>9</v>
       </c>
       <c r="F63" s="6">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="G63" s="6">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="H63" s="6">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="I63" s="6">
         <v>2</v>
       </c>
       <c r="J63" s="7">
-        <v>370</v>
+        <v>390</v>
       </c>
     </row>
     <row r="64" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A64" s="5" t="s">
         <v>42</v>
       </c>
       <c r="B64" s="6">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="C64" s="6">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="D64" s="6">
-        <v>1144</v>
+        <v>1135</v>
       </c>
       <c r="E64" s="6">
         <v>197</v>
       </c>
       <c r="F64" s="6">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="G64" s="6">
-        <v>557</v>
+        <v>556</v>
       </c>
       <c r="H64" s="6">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="I64" s="6"/>
       <c r="J64" s="7">
-        <v>2647</v>
+        <v>2627</v>
       </c>
     </row>
     <row r="65" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A65" s="4" t="s">
         <v>9</v>
       </c>
       <c r="B65" s="7">
         <v>243</v>
       </c>
       <c r="C65" s="7">
         <v>413</v>
       </c>
       <c r="D65" s="7">
         <v>1365</v>
       </c>
       <c r="E65" s="7">
         <v>206</v>
       </c>
       <c r="F65" s="7">
         <v>135</v>
       </c>
       <c r="G65" s="7">
         <v>613</v>
       </c>
       <c r="H65" s="7">
@@ -2016,514 +2019,558 @@
       </c>
       <c r="E68" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F68" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G68" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H68" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I68" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J68" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="69" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A69" s="5" t="s">
         <v>44</v>
       </c>
       <c r="B69" s="6">
-        <v>182</v>
+        <v>170</v>
       </c>
       <c r="C69" s="6">
-        <v>349</v>
+        <v>336</v>
       </c>
       <c r="D69" s="6">
-        <v>839</v>
+        <v>782</v>
       </c>
       <c r="E69" s="6">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="F69" s="6">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="G69" s="6">
-        <v>388</v>
+        <v>359</v>
       </c>
       <c r="H69" s="6">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="I69" s="6"/>
       <c r="J69" s="7">
-        <v>2064</v>
+        <v>1945</v>
       </c>
     </row>
     <row r="70" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A70" s="5" t="s">
         <v>45</v>
       </c>
       <c r="B70" s="6">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="C70" s="6">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="D70" s="6">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="E70" s="6">
         <v>16</v>
       </c>
       <c r="F70" s="6">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="G70" s="6">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="H70" s="6">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I70" s="6"/>
       <c r="J70" s="7">
-        <v>583</v>
+        <v>568</v>
       </c>
     </row>
     <row r="71" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A71" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B71" s="6">
+        <v>12</v>
+      </c>
+      <c r="C71" s="6">
+        <v>13</v>
+      </c>
+      <c r="D71" s="6">
+        <v>52</v>
+      </c>
+      <c r="E71" s="6">
+        <v>5</v>
+      </c>
+      <c r="F71" s="6">
+        <v>2</v>
+      </c>
+      <c r="G71" s="6">
+        <v>29</v>
+      </c>
+      <c r="H71" s="6">
+        <v>1</v>
+      </c>
+      <c r="I71" s="6"/>
+      <c r="J71" s="7">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="72" s="1" customFormat="1" ht="17.5989" customHeight="1">
+      <c r="A72" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="B71" s="6">
-[...8 lines deleted...]
-      <c r="E71" s="6">
+      <c r="B72" s="6">
+        <v>34</v>
+      </c>
+      <c r="C72" s="6">
+        <v>18</v>
+      </c>
+      <c r="D72" s="6">
+        <v>230</v>
+      </c>
+      <c r="E72" s="6">
         <v>9</v>
       </c>
-      <c r="F71" s="6">
-[...16 lines deleted...]
-      <c r="A72" s="4" t="s">
+      <c r="F72" s="6">
+        <v>29</v>
+      </c>
+      <c r="G72" s="6">
+        <v>57</v>
+      </c>
+      <c r="H72" s="6">
+        <v>11</v>
+      </c>
+      <c r="I72" s="6">
+        <v>2</v>
+      </c>
+      <c r="J72" s="7">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="73" s="1" customFormat="1" ht="17.5989" customHeight="1">
+      <c r="A73" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="B72" s="7">
+      <c r="B73" s="7">
         <v>243</v>
       </c>
-      <c r="C72" s="7">
+      <c r="C73" s="7">
         <v>413</v>
       </c>
-      <c r="D72" s="7">
+      <c r="D73" s="7">
         <v>1365</v>
       </c>
-      <c r="E72" s="7">
+      <c r="E73" s="7">
         <v>206</v>
       </c>
-      <c r="F72" s="7">
+      <c r="F73" s="7">
         <v>135</v>
       </c>
-      <c r="G72" s="7">
+      <c r="G73" s="7">
         <v>613</v>
       </c>
-      <c r="H72" s="7">
+      <c r="H73" s="7">
         <v>40</v>
       </c>
-      <c r="I72" s="7">
-[...2 lines deleted...]
-      <c r="J72" s="7">
+      <c r="I73" s="7">
+        <v>2</v>
+      </c>
+      <c r="J73" s="7">
         <v>3017</v>
       </c>
     </row>
-    <row r="73" s="1" customFormat="1" ht="7.9995" customHeight="1">
-[...16 lines deleted...]
-      <c r="B75" s="3" t="s">
+    <row r="74" s="1" customFormat="1" ht="7.9995" customHeight="1">
+      <c r="A74" s="8"/>
+      <c r="B74" s="9"/>
+      <c r="C74" s="9"/>
+      <c r="D74" s="9"/>
+      <c r="E74" s="9"/>
+      <c r="F74" s="9"/>
+      <c r="G74" s="9"/>
+      <c r="H74" s="9"/>
+      <c r="I74" s="9"/>
+      <c r="J74" s="9"/>
+    </row>
+    <row r="75" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
+    <row r="76" s="1" customFormat="1" ht="26.1317" customHeight="1">
+      <c r="A76" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B76" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="C75" s="3" t="s">
-[...2 lines deleted...]
-      <c r="D75" s="3" t="s">
+      <c r="C76" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="D76" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="E75" s="3" t="s">
+      <c r="E76" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="F75" s="3" t="s">
+      <c r="F76" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="G75" s="3" t="s">
+      <c r="G76" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="H75" s="3" t="s">
+      <c r="H76" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="I75" s="3" t="s">
+      <c r="I76" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="J75" s="4" t="s">
+      <c r="J76" s="4" t="s">
         <v>9</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      <c r="J76" s="7"/>
     </row>
     <row r="77" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A77" s="5" t="s">
-        <v>45</v>
-[...21 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="B77" s="6"/>
+      <c r="C77" s="6"/>
+      <c r="D77" s="6"/>
+      <c r="E77" s="6"/>
+      <c r="F77" s="6"/>
+      <c r="G77" s="6"/>
+      <c r="H77" s="6"/>
       <c r="I77" s="6"/>
-      <c r="J77" s="7">
-[...1 lines deleted...]
-      </c>
+      <c r="J77" s="7"/>
     </row>
     <row r="78" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A78" s="5" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="B78" s="6">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="C78" s="6">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D78" s="6">
-        <v>110</v>
+        <v>301</v>
       </c>
       <c r="E78" s="6">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="F78" s="6">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="G78" s="6">
-        <v>26</v>
+        <v>168</v>
       </c>
       <c r="H78" s="6">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I78" s="6"/>
       <c r="J78" s="7">
-        <v>187</v>
+        <v>568</v>
       </c>
     </row>
     <row r="79" s="1" customFormat="1" ht="17.5989" customHeight="1">
-      <c r="A79" s="4" t="s">
+      <c r="A79" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B79" s="6"/>
+      <c r="C79" s="6"/>
+      <c r="D79" s="6"/>
+      <c r="E79" s="6"/>
+      <c r="F79" s="6"/>
+      <c r="G79" s="6"/>
+      <c r="H79" s="6"/>
+      <c r="I79" s="6"/>
+      <c r="J79" s="7"/>
+    </row>
+    <row r="80" s="1" customFormat="1" ht="17.5989" customHeight="1">
+      <c r="A80" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B80" s="6">
+        <v>23</v>
+      </c>
+      <c r="C80" s="6">
+        <v>10</v>
+      </c>
+      <c r="D80" s="6">
+        <v>114</v>
+      </c>
+      <c r="E80" s="6">
+        <v>5</v>
+      </c>
+      <c r="F80" s="6">
+        <v>16</v>
+      </c>
+      <c r="G80" s="6">
+        <v>27</v>
+      </c>
+      <c r="H80" s="6">
+        <v>7</v>
+      </c>
+      <c r="I80" s="6"/>
+      <c r="J80" s="7">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="81" s="1" customFormat="1" ht="17.5989" customHeight="1">
+      <c r="A81" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="B79" s="7">
+      <c r="B81" s="7">
         <v>50</v>
       </c>
-      <c r="C79" s="7">
+      <c r="C81" s="7">
         <v>56</v>
       </c>
-      <c r="D79" s="7">
+      <c r="D81" s="7">
         <v>415</v>
       </c>
-      <c r="E79" s="7">
+      <c r="E81" s="7">
         <v>21</v>
       </c>
-      <c r="F79" s="7">
+      <c r="F81" s="7">
         <v>25</v>
       </c>
-      <c r="G79" s="7">
+      <c r="G81" s="7">
         <v>195</v>
       </c>
-      <c r="H79" s="7">
+      <c r="H81" s="7">
         <v>8</v>
       </c>
-      <c r="I79" s="7"/>
-      <c r="J79" s="7">
+      <c r="I81" s="7"/>
+      <c r="J81" s="7">
         <v>3017</v>
       </c>
     </row>
-    <row r="80" s="1" customFormat="1" ht="7.9995" customHeight="1">
-[...16 lines deleted...]
-      <c r="B82" s="3" t="s">
+    <row r="82" s="1" customFormat="1" ht="7.9995" customHeight="1">
+      <c r="A82" s="8"/>
+      <c r="B82" s="9"/>
+      <c r="C82" s="9"/>
+      <c r="D82" s="9"/>
+      <c r="E82" s="9"/>
+      <c r="F82" s="9"/>
+      <c r="G82" s="9"/>
+      <c r="H82" s="9"/>
+      <c r="I82" s="9"/>
+      <c r="J82" s="9"/>
+    </row>
+    <row r="83" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
+    <row r="84" s="1" customFormat="1" ht="17.5989" customHeight="1">
+      <c r="A84" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="B84" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="C82" s="3" t="s">
-[...2 lines deleted...]
-      <c r="D82" s="3" t="s">
+      <c r="C84" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="D84" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="E82" s="3" t="s">
+      <c r="E84" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="F82" s="3" t="s">
+      <c r="F84" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="G82" s="3" t="s">
+      <c r="G84" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="H82" s="3" t="s">
+      <c r="H84" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="I82" s="3" t="s">
+      <c r="I84" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="J82" s="4" t="s">
+      <c r="J84" s="4" t="s">
         <v>9</v>
-      </c>
-[...54 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="85" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A85" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B85" s="6">
+        <v>188</v>
+      </c>
+      <c r="C85" s="6">
+        <v>291</v>
+      </c>
+      <c r="D85" s="6">
+        <v>930</v>
+      </c>
+      <c r="E85" s="6">
+        <v>165</v>
+      </c>
+      <c r="F85" s="6">
+        <v>83</v>
+      </c>
+      <c r="G85" s="6">
+        <v>444</v>
+      </c>
+      <c r="H85" s="6">
+        <v>23</v>
+      </c>
+      <c r="I85" s="6">
+        <v>2</v>
+      </c>
+      <c r="J85" s="7">
+        <v>2126</v>
+      </c>
+    </row>
+    <row r="86" s="1" customFormat="1" ht="17.5989" customHeight="1">
+      <c r="A86" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="B85" s="6">
+      <c r="B86" s="6"/>
+      <c r="C86" s="6">
+        <v>3</v>
+      </c>
+      <c r="D86" s="6">
+        <v>3</v>
+      </c>
+      <c r="E86" s="6">
+        <v>1</v>
+      </c>
+      <c r="F86" s="6"/>
+      <c r="G86" s="6">
+        <v>1</v>
+      </c>
+      <c r="H86" s="6"/>
+      <c r="I86" s="6"/>
+      <c r="J86" s="7">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="87" s="1" customFormat="1" ht="17.5989" customHeight="1">
+      <c r="A87" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B87" s="6">
         <v>55</v>
       </c>
-      <c r="C85" s="6">
+      <c r="C87" s="6">
         <v>119</v>
       </c>
-      <c r="D85" s="6">
+      <c r="D87" s="6">
         <v>432</v>
       </c>
-      <c r="E85" s="6">
+      <c r="E87" s="6">
         <v>40</v>
       </c>
-      <c r="F85" s="6">
+      <c r="F87" s="6">
         <v>52</v>
       </c>
-      <c r="G85" s="6">
+      <c r="G87" s="6">
         <v>168</v>
       </c>
-      <c r="H85" s="6">
+      <c r="H87" s="6">
         <v>17</v>
       </c>
-      <c r="I85" s="6"/>
-      <c r="J85" s="7">
+      <c r="I87" s="6"/>
+      <c r="J87" s="7">
         <v>883</v>
       </c>
     </row>
-    <row r="86" s="1" customFormat="1" ht="17.5989" customHeight="1">
-      <c r="A86" s="4" t="s">
+    <row r="88" s="1" customFormat="1" ht="17.5989" customHeight="1">
+      <c r="A88" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="B86" s="7">
+      <c r="B88" s="7">
         <v>243</v>
       </c>
-      <c r="C86" s="7">
+      <c r="C88" s="7">
         <v>413</v>
       </c>
-      <c r="D86" s="7">
+      <c r="D88" s="7">
         <v>1365</v>
       </c>
-      <c r="E86" s="7">
+      <c r="E88" s="7">
         <v>206</v>
       </c>
-      <c r="F86" s="7">
+      <c r="F88" s="7">
         <v>135</v>
       </c>
-      <c r="G86" s="7">
+      <c r="G88" s="7">
         <v>613</v>
       </c>
-      <c r="H86" s="7">
+      <c r="H88" s="7">
         <v>40</v>
       </c>
-      <c r="I86" s="7">
-[...2 lines deleted...]
-      <c r="J86" s="7">
+      <c r="I88" s="7">
+        <v>2</v>
+      </c>
+      <c r="J88" s="7">
         <v>3017</v>
       </c>
     </row>
-    <row r="87" s="1" customFormat="1" ht="7.9995" customHeight="1">
-[...27 lines deleted...]
-    <row r="90" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
+    <row r="89" s="1" customFormat="1" ht="7.9995" customHeight="1">
+      <c r="A89" s="8"/>
+      <c r="B89" s="9"/>
+      <c r="C89" s="9"/>
+      <c r="D89" s="9"/>
+      <c r="E89" s="9"/>
+      <c r="F89" s="9"/>
+      <c r="G89" s="9"/>
+      <c r="H89" s="9"/>
+      <c r="I89" s="9"/>
+      <c r="J89" s="9"/>
+    </row>
+    <row r="90" s="1" customFormat="1" ht="2.1332" customHeight="1"/>
+    <row r="91" s="1" customFormat="1" ht="14.3991" customHeight="1">
+      <c r="A91" s="12" t="s">
+        <v>53</v>
+      </c>
+      <c r="B91" s="12"/>
+      <c r="C91" s="12"/>
+      <c r="D91" s="12"/>
+      <c r="E91" s="12"/>
+      <c r="F91" s="12"/>
+      <c r="G91" s="12"/>
+      <c r="H91" s="12"/>
+      <c r="I91" s="12"/>
+      <c r="J91" s="12"/>
+      <c r="K91" s="12"/>
+    </row>
+    <row r="92" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:K1"/>
-    <mergeCell ref="A89:K89"/>
+    <mergeCell ref="A91:K91"/>
   </mergeCells>
   <pageSetup paperSize="9" scale="100" orientation="portrait"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>transplants</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>