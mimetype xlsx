--- v0 (2025-10-18)
+++ v1 (2026-03-10)
@@ -129,51 +129,51 @@
   <si>
     <t>Unknown</t>
   </si>
   <si>
     <t>06-10</t>
   </si>
   <si>
     <t>11-18</t>
   </si>
   <si>
     <t>19-24</t>
   </si>
   <si>
     <t>25-29</t>
   </si>
   <si>
     <t>30+</t>
   </si>
   <si>
     <t>High urgency</t>
   </si>
   <si>
     <t>Liver-only transplants (deceased donor) in 2024, by country, by characteristic</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 2073P_2024_liver : 10.02.2025 :  excluding organ combinations, including whole and split livers</t>
+    <t>statistics.eurotransplant.org : 2073P_2024_liver : 12.02.2026 :  excluding organ combinations, including whole and split livers</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -1134,97 +1134,97 @@
       </c>
       <c r="G34" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H34" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I34" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J34" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="35" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A35" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B35" s="6">
         <v>10</v>
       </c>
       <c r="C35" s="6">
         <v>17</v>
       </c>
       <c r="D35" s="6">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="E35" s="6">
         <v>2</v>
       </c>
       <c r="F35" s="6">
         <v>4</v>
       </c>
       <c r="G35" s="6">
         <v>28</v>
       </c>
       <c r="H35" s="6"/>
       <c r="I35" s="6">
         <v>1</v>
       </c>
       <c r="J35" s="7">
-        <v>333</v>
+        <v>336</v>
       </c>
     </row>
     <row r="36" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A36" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B36" s="6">
         <v>122</v>
       </c>
       <c r="C36" s="6">
         <v>292</v>
       </c>
       <c r="D36" s="6">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="E36" s="6">
         <v>79</v>
       </c>
       <c r="F36" s="6">
         <v>106</v>
       </c>
       <c r="G36" s="6">
         <v>183</v>
       </c>
       <c r="H36" s="6">
         <v>22</v>
       </c>
       <c r="I36" s="6"/>
       <c r="J36" s="7">
-        <v>1351</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="37" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A37" s="4" t="s">
         <v>9</v>
       </c>
       <c r="B37" s="7">
         <v>132</v>
       </c>
       <c r="C37" s="7">
         <v>309</v>
       </c>
       <c r="D37" s="7">
         <v>818</v>
       </c>
       <c r="E37" s="7">
         <v>81</v>
       </c>
       <c r="F37" s="7">
         <v>110</v>
       </c>
       <c r="G37" s="7">
         <v>211</v>
       </c>
       <c r="H37" s="7">