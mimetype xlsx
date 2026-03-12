--- v0 (2025-11-03)
+++ v1 (2026-03-12)
@@ -63,51 +63,51 @@
   <si>
     <t>Transplanted</t>
   </si>
   <si>
     <t>Recovered</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>Heart</t>
   </si>
   <si>
     <t>Lung</t>
   </si>
   <si>
     <t>Liver</t>
   </si>
   <si>
     <t>Pancreas</t>
   </si>
   <si>
     <t>Waiting list removals in 2020, by country, by organ, by reason</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 4503P_2020 : 10.02.2025 : Reported by year of death, year of transplant, or otherwise by year of removal event. Includes patients with active or non-active urgency at removal. Includes removals while waiting for living or deceased donor transplants. Repeated patient removals are counted each time.</t>
+    <t>statistics.eurotransplant.org : 4503P_2020 : 12.02.2026 : Reported by year of death, year of transplant, or otherwise by year of removal event. Includes patients with active or non-active urgency at removal. Includes removals while waiting for living or deceased donor transplants. Repeated patient removals are counted each time.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>