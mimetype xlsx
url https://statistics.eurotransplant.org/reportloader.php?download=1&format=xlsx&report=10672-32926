--- v0 (2025-11-05)
+++ v1 (2026-03-12)
@@ -63,51 +63,51 @@
   <si>
     <t>Transplanted</t>
   </si>
   <si>
     <t>Recovered</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>Heart</t>
   </si>
   <si>
     <t>Lung</t>
   </si>
   <si>
     <t>Liver</t>
   </si>
   <si>
     <t>Pancreas</t>
   </si>
   <si>
     <t>Waiting list removals in 2021, by country, by organ, by reason</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 4503P_2021 : 10.02.2025 : Reported by year of death, year of transplant, or otherwise by year of removal event. Includes patients with active or non-active urgency at removal. Includes removals while waiting for living or deceased donor transplants. Repeated patient removals are counted each time.</t>
+    <t>statistics.eurotransplant.org : 4503P_2021 : 12.02.2026 : Reported by year of death, year of transplant, or otherwise by year of removal event. Includes patients with active or non-active urgency at removal. Includes removals while waiting for living or deceased donor transplants. Repeated patient removals are counted each time.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -430,93 +430,93 @@
         <v>62</v>
       </c>
       <c r="E7" s="6"/>
       <c r="F7" s="6">
         <v>1</v>
       </c>
       <c r="G7" s="6">
         <v>25</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="7">
         <v>92</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A8" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="6">
         <v>6</v>
       </c>
       <c r="C8" s="6">
         <v>18</v>
       </c>
       <c r="D8" s="6">
-        <v>716</v>
+        <v>715</v>
       </c>
       <c r="E8" s="6">
         <v>15</v>
       </c>
       <c r="F8" s="6">
         <v>7</v>
       </c>
       <c r="G8" s="6">
         <v>141</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="7">
-        <v>903</v>
+        <v>902</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A9" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="7">
         <v>368</v>
       </c>
       <c r="C9" s="7">
         <v>488</v>
       </c>
       <c r="D9" s="7">
-        <v>3388</v>
+        <v>3387</v>
       </c>
       <c r="E9" s="7">
         <v>311</v>
       </c>
       <c r="F9" s="7">
         <v>167</v>
       </c>
       <c r="G9" s="7">
         <v>1353</v>
       </c>
       <c r="H9" s="7">
         <v>58</v>
       </c>
       <c r="I9" s="7">
-        <v>6133</v>
+        <v>6132</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="5.333" customHeight="1">
       <c r="A10" s="9"/>
       <c r="B10" s="9"/>
       <c r="C10" s="9"/>
       <c r="D10" s="9"/>
       <c r="E10" s="9"/>
       <c r="F10" s="9"/>
       <c r="G10" s="9"/>
       <c r="H10" s="9"/>
       <c r="I10" s="9"/>
     </row>
     <row r="11" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A11" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>3</v>
@@ -526,66 +526,66 @@
       </c>
       <c r="F11" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I11" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="12" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="6">
         <v>4</v>
       </c>
       <c r="C12" s="6">
         <v>9</v>
       </c>
       <c r="D12" s="6">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E12" s="6">
         <v>14</v>
       </c>
       <c r="F12" s="6">
         <v>5</v>
       </c>
       <c r="G12" s="6">
         <v>12</v>
       </c>
       <c r="H12" s="6">
         <v>2</v>
       </c>
       <c r="I12" s="7">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="13" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="6"/>
       <c r="C13" s="6">
         <v>3</v>
       </c>
       <c r="D13" s="6">
         <v>32</v>
       </c>
       <c r="E13" s="6">
         <v>1</v>
       </c>
       <c r="F13" s="6">
         <v>3</v>
       </c>
       <c r="G13" s="6">
         <v>6</v>
       </c>
       <c r="H13" s="6">
         <v>1</v>
       </c>
@@ -663,66 +663,66 @@
       <c r="E16" s="6"/>
       <c r="F16" s="6">
         <v>1</v>
       </c>
       <c r="G16" s="6">
         <v>2</v>
       </c>
       <c r="H16" s="6">
         <v>2</v>
       </c>
       <c r="I16" s="7">
         <v>35</v>
       </c>
     </row>
     <row r="17" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A17" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B17" s="7">
         <v>64</v>
       </c>
       <c r="C17" s="7">
         <v>69</v>
       </c>
       <c r="D17" s="7">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="E17" s="7">
         <v>49</v>
       </c>
       <c r="F17" s="7">
         <v>47</v>
       </c>
       <c r="G17" s="7">
         <v>66</v>
       </c>
       <c r="H17" s="7">
         <v>27</v>
       </c>
       <c r="I17" s="7">
-        <v>831</v>
+        <v>832</v>
       </c>
     </row>
     <row r="18" s="1" customFormat="1" ht="5.333" customHeight="1">
       <c r="A18" s="9"/>
       <c r="B18" s="9"/>
       <c r="C18" s="9"/>
       <c r="D18" s="9"/>
       <c r="E18" s="9"/>
       <c r="F18" s="9"/>
       <c r="G18" s="9"/>
       <c r="H18" s="9"/>
       <c r="I18" s="9"/>
     </row>
     <row r="19" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A19" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>3</v>