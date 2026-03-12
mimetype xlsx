--- v0 (2025-10-31)
+++ v1 (2026-03-12)
@@ -63,51 +63,51 @@
   <si>
     <t>Transplanted</t>
   </si>
   <si>
     <t>Recovered</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>Heart</t>
   </si>
   <si>
     <t>Lung</t>
   </si>
   <si>
     <t>Liver</t>
   </si>
   <si>
     <t>Pancreas</t>
   </si>
   <si>
     <t>Waiting list removals in 2022, by country, by organ, by reason</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 4503P_2022 : 10.02.2025 : Reported by year of death, year of transplant, or otherwise by year of removal event. Includes patients with active or non-active urgency at removal. Includes removals while waiting for living or deceased donor transplants. Repeated patient removals are counted each time.</t>
+    <t>statistics.eurotransplant.org : 4503P_2022 : 12.02.2026 : Reported by year of death, year of transplant, or otherwise by year of removal event. Includes patients with active or non-active urgency at removal. Includes removals while waiting for living or deceased donor transplants. Repeated patient removals are counted each time.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -318,66 +318,66 @@
       </c>
       <c r="F3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A4" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="6">
         <v>27</v>
       </c>
       <c r="C4" s="6">
         <v>45</v>
       </c>
       <c r="D4" s="6">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="E4" s="6">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F4" s="6">
         <v>19</v>
       </c>
       <c r="G4" s="6">
         <v>99</v>
       </c>
       <c r="H4" s="6">
         <v>3</v>
       </c>
       <c r="I4" s="7">
-        <v>612</v>
+        <v>614</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="6">
         <v>18</v>
       </c>
       <c r="C5" s="6">
         <v>17</v>
       </c>
       <c r="D5" s="6">
         <v>171</v>
       </c>
       <c r="E5" s="6">
         <v>13</v>
       </c>
       <c r="F5" s="6">
         <v>15</v>
       </c>
       <c r="G5" s="6">
         <v>143</v>
       </c>
       <c r="H5" s="6"/>
@@ -433,84 +433,84 @@
       <c r="H7" s="6"/>
       <c r="I7" s="7">
         <v>92</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A8" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="6">
         <v>7</v>
       </c>
       <c r="C8" s="6">
         <v>29</v>
       </c>
       <c r="D8" s="6">
         <v>277</v>
       </c>
       <c r="E8" s="6">
         <v>25</v>
       </c>
       <c r="F8" s="6">
         <v>9</v>
       </c>
       <c r="G8" s="6">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="7">
-        <v>601</v>
+        <v>602</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A9" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="7">
         <v>388</v>
       </c>
       <c r="C9" s="7">
         <v>578</v>
       </c>
       <c r="D9" s="7">
-        <v>2813</v>
+        <v>2814</v>
       </c>
       <c r="E9" s="7">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="F9" s="7">
         <v>155</v>
       </c>
       <c r="G9" s="7">
-        <v>1560</v>
+        <v>1561</v>
       </c>
       <c r="H9" s="7">
         <v>56</v>
       </c>
       <c r="I9" s="7">
-        <v>5882</v>
+        <v>5885</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="5.333" customHeight="1">
       <c r="A10" s="9"/>
       <c r="B10" s="9"/>
       <c r="C10" s="9"/>
       <c r="D10" s="9"/>
       <c r="E10" s="9"/>
       <c r="F10" s="9"/>
       <c r="G10" s="9"/>
       <c r="H10" s="9"/>
       <c r="I10" s="9"/>
     </row>
     <row r="11" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A11" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>3</v>
@@ -520,66 +520,66 @@
       </c>
       <c r="F11" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I11" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="12" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="6">
         <v>4</v>
       </c>
       <c r="C12" s="6">
         <v>7</v>
       </c>
       <c r="D12" s="6">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E12" s="6">
         <v>9</v>
       </c>
       <c r="F12" s="6">
         <v>7</v>
       </c>
       <c r="G12" s="6">
         <v>10</v>
       </c>
       <c r="H12" s="6">
         <v>4</v>
       </c>
       <c r="I12" s="7">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="13" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="6">
         <v>1</v>
       </c>
       <c r="C13" s="6">
         <v>4</v>
       </c>
       <c r="D13" s="6">
         <v>25</v>
       </c>
       <c r="E13" s="6">
         <v>7</v>
       </c>
       <c r="F13" s="6">
         <v>2</v>
       </c>
       <c r="G13" s="6">
         <v>5</v>
       </c>
       <c r="H13" s="6"/>
@@ -659,66 +659,66 @@
       <c r="E16" s="6">
         <v>8</v>
       </c>
       <c r="F16" s="6">
         <v>5</v>
       </c>
       <c r="G16" s="6">
         <v>2</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="7">
         <v>80</v>
       </c>
     </row>
     <row r="17" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A17" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B17" s="7">
         <v>69</v>
       </c>
       <c r="C17" s="7">
         <v>83</v>
       </c>
       <c r="D17" s="7">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="E17" s="7">
         <v>64</v>
       </c>
       <c r="F17" s="7">
         <v>54</v>
       </c>
       <c r="G17" s="7">
         <v>69</v>
       </c>
       <c r="H17" s="7">
         <v>34</v>
       </c>
       <c r="I17" s="7">
-        <v>916</v>
+        <v>917</v>
       </c>
     </row>
     <row r="18" s="1" customFormat="1" ht="5.333" customHeight="1">
       <c r="A18" s="9"/>
       <c r="B18" s="9"/>
       <c r="C18" s="9"/>
       <c r="D18" s="9"/>
       <c r="E18" s="9"/>
       <c r="F18" s="9"/>
       <c r="G18" s="9"/>
       <c r="H18" s="9"/>
       <c r="I18" s="9"/>
     </row>
     <row r="19" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A19" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>3</v>
@@ -920,66 +920,66 @@
       </c>
       <c r="F27" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H27" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I27" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="28" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A28" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B28" s="6">
         <v>26</v>
       </c>
       <c r="C28" s="6">
         <v>41</v>
       </c>
       <c r="D28" s="6">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="E28" s="6">
         <v>15</v>
       </c>
       <c r="F28" s="6">
         <v>28</v>
       </c>
       <c r="G28" s="6">
         <v>25</v>
       </c>
       <c r="H28" s="6">
         <v>4</v>
       </c>
       <c r="I28" s="7">
-        <v>425</v>
+        <v>426</v>
       </c>
     </row>
     <row r="29" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A29" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B29" s="6">
         <v>4</v>
       </c>
       <c r="C29" s="6">
         <v>14</v>
       </c>
       <c r="D29" s="6">
         <v>74</v>
       </c>
       <c r="E29" s="6">
         <v>2</v>
       </c>
       <c r="F29" s="6">
         <v>6</v>
       </c>
       <c r="G29" s="6">
         <v>7</v>
       </c>
       <c r="H29" s="6">
@@ -1063,66 +1063,66 @@
       </c>
       <c r="F32" s="6">
         <v>15</v>
       </c>
       <c r="G32" s="6">
         <v>26</v>
       </c>
       <c r="H32" s="6">
         <v>1</v>
       </c>
       <c r="I32" s="7">
         <v>209</v>
       </c>
     </row>
     <row r="33" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A33" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B33" s="7">
         <v>263</v>
       </c>
       <c r="C33" s="7">
         <v>379</v>
       </c>
       <c r="D33" s="7">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="E33" s="7">
         <v>87</v>
       </c>
       <c r="F33" s="7">
         <v>139</v>
       </c>
       <c r="G33" s="7">
         <v>282</v>
       </c>
       <c r="H33" s="7">
         <v>27</v>
       </c>
       <c r="I33" s="7">
-        <v>2478</v>
+        <v>2479</v>
       </c>
     </row>
     <row r="34" s="1" customFormat="1" ht="5.333" customHeight="1">
       <c r="A34" s="9"/>
       <c r="B34" s="9"/>
       <c r="C34" s="9"/>
       <c r="D34" s="9"/>
       <c r="E34" s="9"/>
       <c r="F34" s="9"/>
       <c r="G34" s="9"/>
       <c r="H34" s="9"/>
       <c r="I34" s="9"/>
     </row>
     <row r="35" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A35" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D35" s="3" t="s">
         <v>3</v>