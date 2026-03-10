--- v0 (2025-11-02)
+++ v1 (2026-03-10)
@@ -63,51 +63,51 @@
   <si>
     <t>Transplanted</t>
   </si>
   <si>
     <t>Recovered</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>Heart</t>
   </si>
   <si>
     <t>Lung</t>
   </si>
   <si>
     <t>Liver</t>
   </si>
   <si>
     <t>Pancreas</t>
   </si>
   <si>
     <t>Waiting list removals in 2024, by country, by organ, by reason</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 4503P_2024 : 10.02.2025 : Reported by year of death, year of transplant, or otherwise by year of removal event. Includes patients with active or non-active urgency at removal. Includes removals while waiting for living or deceased donor transplants. Repeated patient removals are counted each time.</t>
+    <t>statistics.eurotransplant.org : 4503P_2024 : 12.02.2026 : Reported by year of death, year of transplant, or otherwise by year of removal event. Includes patients with active or non-active urgency at removal. Includes removals while waiting for living or deceased donor transplants. Repeated patient removals are counted each time.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -315,69 +315,69 @@
       </c>
       <c r="E3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A4" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="6">
         <v>33</v>
       </c>
       <c r="C4" s="6">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D4" s="6">
-        <v>253</v>
+        <v>284</v>
       </c>
       <c r="E4" s="6">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F4" s="6">
         <v>18</v>
       </c>
       <c r="G4" s="6">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="H4" s="6">
         <v>4</v>
       </c>
       <c r="I4" s="7">
-        <v>465</v>
+        <v>503</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="6">
         <v>25</v>
       </c>
       <c r="C5" s="6">
         <v>19</v>
       </c>
       <c r="D5" s="6">
         <v>168</v>
       </c>
       <c r="E5" s="6">
         <v>15</v>
       </c>
       <c r="F5" s="6">
         <v>7</v>
       </c>
       <c r="G5" s="6">
         <v>106</v>
       </c>
       <c r="H5" s="6">
@@ -439,155 +439,155 @@
       <c r="H7" s="6"/>
       <c r="I7" s="7">
         <v>60</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A8" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="6">
         <v>17</v>
       </c>
       <c r="C8" s="6">
         <v>26</v>
       </c>
       <c r="D8" s="6">
         <v>269</v>
       </c>
       <c r="E8" s="6">
         <v>17</v>
       </c>
       <c r="F8" s="6">
         <v>4</v>
       </c>
       <c r="G8" s="6">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="H8" s="6">
         <v>2</v>
       </c>
       <c r="I8" s="7">
-        <v>548</v>
+        <v>547</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A9" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="7">
         <v>399</v>
       </c>
       <c r="C9" s="7">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="D9" s="7">
-        <v>2784</v>
+        <v>2815</v>
       </c>
       <c r="E9" s="7">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="F9" s="7">
         <v>172</v>
       </c>
       <c r="G9" s="7">
-        <v>1568</v>
+        <v>1571</v>
       </c>
       <c r="H9" s="7">
         <v>54</v>
       </c>
       <c r="I9" s="7">
-        <v>5923</v>
+        <v>5960</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="5.333" customHeight="1">
       <c r="A10" s="9"/>
       <c r="B10" s="9"/>
       <c r="C10" s="9"/>
       <c r="D10" s="9"/>
       <c r="E10" s="9"/>
       <c r="F10" s="9"/>
       <c r="G10" s="9"/>
       <c r="H10" s="9"/>
       <c r="I10" s="9"/>
     </row>
     <row r="11" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A11" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I11" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="12" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="6">
         <v>6</v>
       </c>
       <c r="C12" s="6">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D12" s="6">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="E12" s="6">
         <v>17</v>
       </c>
       <c r="F12" s="6">
         <v>7</v>
       </c>
       <c r="G12" s="6">
         <v>3</v>
       </c>
       <c r="H12" s="6">
         <v>4</v>
       </c>
       <c r="I12" s="7">
-        <v>122</v>
+        <v>127</v>
       </c>
     </row>
     <row r="13" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="6">
         <v>1</v>
       </c>
       <c r="C13" s="6">
         <v>2</v>
       </c>
       <c r="D13" s="6">
         <v>29</v>
       </c>
       <c r="E13" s="6"/>
       <c r="F13" s="6">
         <v>1</v>
       </c>
       <c r="G13" s="6">
         <v>3</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="7">
         <v>36</v>
@@ -656,132 +656,132 @@
       </c>
       <c r="E16" s="6">
         <v>6</v>
       </c>
       <c r="F16" s="6">
         <v>5</v>
       </c>
       <c r="G16" s="6">
         <v>2</v>
       </c>
       <c r="H16" s="6">
         <v>1</v>
       </c>
       <c r="I16" s="7">
         <v>89</v>
       </c>
     </row>
     <row r="17" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A17" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B17" s="7">
         <v>66</v>
       </c>
       <c r="C17" s="7">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D17" s="7">
-        <v>541</v>
+        <v>545</v>
       </c>
       <c r="E17" s="7">
         <v>79</v>
       </c>
       <c r="F17" s="7">
         <v>53</v>
       </c>
       <c r="G17" s="7">
         <v>89</v>
       </c>
       <c r="H17" s="7">
         <v>31</v>
       </c>
       <c r="I17" s="7">
-        <v>962</v>
+        <v>967</v>
       </c>
     </row>
     <row r="18" s="1" customFormat="1" ht="5.333" customHeight="1">
       <c r="A18" s="9"/>
       <c r="B18" s="9"/>
       <c r="C18" s="9"/>
       <c r="D18" s="9"/>
       <c r="E18" s="9"/>
       <c r="F18" s="9"/>
       <c r="G18" s="9"/>
       <c r="H18" s="9"/>
       <c r="I18" s="9"/>
     </row>
     <row r="19" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A19" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I19" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="20" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A20" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B20" s="6">
         <v>1</v>
       </c>
       <c r="C20" s="6">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D20" s="6">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="E20" s="6"/>
       <c r="F20" s="6"/>
       <c r="G20" s="6">
         <v>11</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="7">
-        <v>69</v>
+        <v>73</v>
       </c>
     </row>
     <row r="21" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A21" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B21" s="6"/>
       <c r="C21" s="6">
         <v>3</v>
       </c>
       <c r="D21" s="6">
         <v>5</v>
       </c>
       <c r="E21" s="6"/>
       <c r="F21" s="6"/>
       <c r="G21" s="6">
         <v>6</v>
       </c>
       <c r="H21" s="6"/>
       <c r="I21" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="22" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A22" s="5" t="s">
@@ -834,136 +834,136 @@
       <c r="B24" s="6"/>
       <c r="C24" s="6">
         <v>3</v>
       </c>
       <c r="D24" s="6">
         <v>17</v>
       </c>
       <c r="E24" s="6"/>
       <c r="F24" s="6"/>
       <c r="G24" s="6">
         <v>4</v>
       </c>
       <c r="H24" s="6"/>
       <c r="I24" s="7">
         <v>24</v>
       </c>
     </row>
     <row r="25" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A25" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B25" s="7">
         <v>125</v>
       </c>
       <c r="C25" s="7">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D25" s="7">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="E25" s="7"/>
       <c r="F25" s="7">
         <v>6</v>
       </c>
       <c r="G25" s="7">
         <v>146</v>
       </c>
       <c r="H25" s="7">
         <v>11</v>
       </c>
       <c r="I25" s="7">
-        <v>792</v>
+        <v>796</v>
       </c>
     </row>
     <row r="26" s="1" customFormat="1" ht="5.333" customHeight="1">
       <c r="A26" s="9"/>
       <c r="B26" s="9"/>
       <c r="C26" s="9"/>
       <c r="D26" s="9"/>
       <c r="E26" s="9"/>
       <c r="F26" s="9"/>
       <c r="G26" s="9"/>
       <c r="H26" s="9"/>
       <c r="I26" s="9"/>
     </row>
     <row r="27" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A27" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C27" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D27" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H27" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I27" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="28" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A28" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B28" s="6">
         <v>31</v>
       </c>
       <c r="C28" s="6">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D28" s="6">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="E28" s="6">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F28" s="6">
         <v>48</v>
       </c>
       <c r="G28" s="6">
         <v>28</v>
       </c>
       <c r="H28" s="6">
         <v>4</v>
       </c>
       <c r="I28" s="7">
-        <v>425</v>
+        <v>431</v>
       </c>
     </row>
     <row r="29" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A29" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B29" s="6">
         <v>7</v>
       </c>
       <c r="C29" s="6">
         <v>8</v>
       </c>
       <c r="D29" s="6">
         <v>51</v>
       </c>
       <c r="E29" s="6">
         <v>5</v>
       </c>
       <c r="F29" s="6">
         <v>4</v>
       </c>
       <c r="G29" s="6">
         <v>10</v>
       </c>
       <c r="H29" s="6"/>
@@ -1038,69 +1038,69 @@
       <c r="D32" s="6">
         <v>119</v>
       </c>
       <c r="E32" s="6">
         <v>3</v>
       </c>
       <c r="F32" s="6">
         <v>2</v>
       </c>
       <c r="G32" s="6">
         <v>4</v>
       </c>
       <c r="H32" s="6"/>
       <c r="I32" s="7">
         <v>142</v>
       </c>
     </row>
     <row r="33" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A33" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B33" s="7">
         <v>190</v>
       </c>
       <c r="C33" s="7">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="D33" s="7">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="E33" s="7">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F33" s="7">
         <v>170</v>
       </c>
       <c r="G33" s="7">
         <v>300</v>
       </c>
       <c r="H33" s="7">
         <v>27</v>
       </c>
       <c r="I33" s="7">
-        <v>2573</v>
+        <v>2579</v>
       </c>
     </row>
     <row r="34" s="1" customFormat="1" ht="5.333" customHeight="1">
       <c r="A34" s="9"/>
       <c r="B34" s="9"/>
       <c r="C34" s="9"/>
       <c r="D34" s="9"/>
       <c r="E34" s="9"/>
       <c r="F34" s="9"/>
       <c r="G34" s="9"/>
       <c r="H34" s="9"/>
       <c r="I34" s="9"/>
     </row>
     <row r="35" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A35" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D35" s="3" t="s">
         <v>3</v>
@@ -1108,62 +1108,62 @@
       <c r="E35" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H35" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I35" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="36" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A36" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B36" s="6">
         <v>1</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="6">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="E36" s="6">
         <v>4</v>
       </c>
       <c r="F36" s="6"/>
       <c r="G36" s="6">
         <v>1</v>
       </c>
       <c r="H36" s="6"/>
       <c r="I36" s="7">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="37" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A37" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B37" s="6"/>
       <c r="C37" s="6">
         <v>1</v>
       </c>
       <c r="D37" s="6">
         <v>14</v>
       </c>
       <c r="E37" s="6">
         <v>3</v>
       </c>
       <c r="F37" s="6"/>
       <c r="G37" s="6"/>
       <c r="H37" s="6"/>
       <c r="I37" s="7">
         <v>18</v>
       </c>
     </row>
     <row r="38" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A38" s="5" t="s">
@@ -1223,64 +1223,64 @@
         <v>39</v>
       </c>
       <c r="E40" s="6">
         <v>1</v>
       </c>
       <c r="F40" s="6"/>
       <c r="G40" s="6">
         <v>5</v>
       </c>
       <c r="H40" s="6"/>
       <c r="I40" s="7">
         <v>53</v>
       </c>
     </row>
     <row r="41" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A41" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B41" s="7">
         <v>18</v>
       </c>
       <c r="C41" s="7">
         <v>18</v>
       </c>
       <c r="D41" s="7">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="E41" s="7">
         <v>24</v>
       </c>
       <c r="F41" s="7">
         <v>4</v>
       </c>
       <c r="G41" s="7">
         <v>42</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7">
-        <v>248</v>
+        <v>251</v>
       </c>
     </row>
     <row r="42" s="1" customFormat="1" ht="5.333" customHeight="1">
       <c r="A42" s="9"/>
       <c r="B42" s="9"/>
       <c r="C42" s="9"/>
       <c r="D42" s="9"/>
       <c r="E42" s="9"/>
       <c r="F42" s="9"/>
       <c r="G42" s="9"/>
       <c r="H42" s="9"/>
       <c r="I42" s="9"/>
     </row>
     <row r="43" s="1" customFormat="1" ht="35.1978" customHeight="1">
       <c r="A43" s="11" t="s">
         <v>19</v>
       </c>
       <c r="B43" s="11"/>
       <c r="C43" s="11"/>
       <c r="D43" s="11"/>
       <c r="E43" s="11"/>
       <c r="F43" s="11"/>
       <c r="G43" s="11"/>
       <c r="H43" s="11"/>
       <c r="I43" s="11"/>