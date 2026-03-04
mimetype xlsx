--- v0 (2025-10-18)
+++ v1 (2026-03-04)
@@ -57,54 +57,54 @@
   <si>
     <t>Non-ET</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>kidney</t>
   </si>
   <si>
     <t>heart</t>
   </si>
   <si>
     <t>lung</t>
   </si>
   <si>
     <t>liver</t>
   </si>
   <si>
     <t>pancreas</t>
   </si>
   <si>
     <t>Any organ</t>
   </si>
   <si>
-    <t>Deceased donors reported in 2024, by donor country, by organ</t>
-[...2 lines deleted...]
-    <t>statistics.eurotransplant.org : 1053P_2024 : 10.02.2025 :  donors are counted for each organ type separately</t>
+    <t>Deceased donors reported in 2025, by donor country, by organ</t>
+  </si>
+  <si>
+    <t>statistics.eurotransplant.org : 1053P_2025 : 12.02.2026 :  donors are counted for each organ type separately</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -290,253 +290,251 @@
       </c>
       <c r="F3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="5">
-        <v>181</v>
+        <v>218</v>
       </c>
       <c r="C4" s="5">
-        <v>308</v>
+        <v>342</v>
       </c>
       <c r="D4" s="5">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="E4" s="5">
-        <v>143</v>
+        <v>130</v>
       </c>
       <c r="F4" s="5">
-        <v>110</v>
+        <v>96</v>
       </c>
       <c r="G4" s="5">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="H4" s="5">
-        <v>406</v>
+        <v>342</v>
       </c>
       <c r="I4" s="5">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="J4" s="5">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="K4" s="6">
-        <v>2130</v>
+        <v>2129</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="5">
-        <v>93</v>
+        <v>105</v>
       </c>
       <c r="C5" s="5">
-        <v>132</v>
+        <v>124</v>
       </c>
       <c r="D5" s="5">
-        <v>399</v>
+        <v>389</v>
       </c>
       <c r="E5" s="5">
-        <v>83</v>
+        <v>76</v>
       </c>
       <c r="F5" s="5">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="G5" s="5">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H5" s="5">
-        <v>133</v>
+        <v>104</v>
       </c>
       <c r="I5" s="5">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="J5" s="5">
-        <v>125</v>
+        <v>113</v>
       </c>
       <c r="K5" s="6">
-        <v>1038</v>
+        <v>984</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="5">
-        <v>127</v>
+        <v>148</v>
       </c>
       <c r="C6" s="5">
-        <v>191</v>
+        <v>246</v>
       </c>
       <c r="D6" s="5">
-        <v>512</v>
+        <v>531</v>
       </c>
       <c r="E6" s="5">
-        <v>62</v>
+        <v>44</v>
       </c>
       <c r="F6" s="5">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G6" s="5">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H6" s="5">
-        <v>231</v>
+        <v>194</v>
       </c>
       <c r="I6" s="5">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="J6" s="5">
-        <v>101</v>
+        <v>131</v>
       </c>
       <c r="K6" s="6">
-        <v>1281</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="5">
-        <v>184</v>
+        <v>208</v>
       </c>
       <c r="C7" s="5">
-        <v>405</v>
+        <v>460</v>
       </c>
       <c r="D7" s="5">
-        <v>984</v>
+        <v>990</v>
       </c>
       <c r="E7" s="5">
-        <v>128</v>
+        <v>119</v>
       </c>
       <c r="F7" s="5">
-        <v>117</v>
+        <v>103</v>
       </c>
       <c r="G7" s="5">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="H7" s="5">
-        <v>412</v>
+        <v>367</v>
       </c>
       <c r="I7" s="5">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="J7" s="5">
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="K7" s="6">
-        <v>2333</v>
+        <v>2364</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="5">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C8" s="5">
-        <v>135</v>
+        <v>114</v>
       </c>
       <c r="D8" s="5">
-        <v>182</v>
+        <v>157</v>
       </c>
       <c r="E8" s="5">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="F8" s="5">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="G8" s="5"/>
       <c r="H8" s="5">
-        <v>340</v>
+        <v>279</v>
       </c>
       <c r="I8" s="5">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="J8" s="5">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="K8" s="6">
-        <v>770</v>
+        <v>664</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A9" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="6">
-        <v>191</v>
+        <v>226</v>
       </c>
       <c r="C9" s="6">
-        <v>419</v>
+        <v>479</v>
       </c>
       <c r="D9" s="6">
-        <v>1015</v>
+        <v>1026</v>
       </c>
       <c r="E9" s="6">
-        <v>167</v>
+        <v>159</v>
       </c>
       <c r="F9" s="6">
-        <v>123</v>
+        <v>110</v>
       </c>
       <c r="G9" s="6">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="H9" s="6">
-        <v>439</v>
+        <v>378</v>
       </c>
       <c r="I9" s="6">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="J9" s="6">
-        <v>223</v>
+        <v>250</v>
       </c>
       <c r="K9" s="6">
-        <v>2633</v>
+        <v>2685</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="5.333" customHeight="1"/>
     <row r="11" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A11" s="8" t="s">
         <v>18</v>
       </c>
       <c r="B11" s="8"/>
       <c r="C11" s="8"/>
       <c r="D11" s="8"/>
       <c r="E11" s="8"/>
       <c r="F11" s="8"/>
       <c r="G11" s="8"/>
       <c r="H11" s="8"/>
       <c r="I11" s="8"/>
       <c r="J11" s="8"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
     </row>
     <row r="12" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A11:L11"/>
   </mergeCells>