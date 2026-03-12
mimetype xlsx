--- v0 (2025-12-20)
+++ v1 (2026-03-12)
@@ -51,54 +51,54 @@
   <si>
     <t>liver</t>
   </si>
   <si>
     <t>split liver</t>
   </si>
   <si>
     <t>pancreas</t>
   </si>
   <si>
     <t>pancreatic islets</t>
   </si>
   <si>
     <t>Organ transplants</t>
   </si>
   <si>
     <t>Recipient transplants (one or more organs)</t>
   </si>
   <si>
     <t>Recipients (one or more transplants)</t>
   </si>
   <si>
     <t>Donors used (one or more organs)</t>
   </si>
   <si>
-    <t>Transplants in Germany, 1967 to 2025 (Nov), by donor type, by organ</t>
-[...2 lines deleted...]
-    <t>statistics.eurotransplant.org : 2280P_Germany : 08.12.2025 : counting for each organ type (double lung/kidney=1)</t>
+    <t>Transplants in Germany, 1967 to 2026 (Feb), by donor type, by organ</t>
+  </si>
+  <si>
+    <t>statistics.eurotransplant.org : 2280P_Germany : 09.03.2026 : counting for each organ type (double lung/kidney=1)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -258,214 +258,214 @@
       <c r="D1" s="7"/>
       <c r="E1" s="7"/>
       <c r="F1" s="7"/>
     </row>
     <row r="2" s="1" customFormat="1" ht="5.333" customHeight="1"/>
     <row r="3" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A3" s="2"/>
       <c r="B3" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A4" s="3" t="s">
         <v>4</v>
       </c>
       <c r="B4" s="5">
-        <v>82145</v>
+        <v>82579</v>
       </c>
       <c r="C4" s="5"/>
       <c r="D4" s="5">
-        <v>16685</v>
+        <v>16841</v>
       </c>
       <c r="E4" s="6">
-        <v>98830</v>
+        <v>99420</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A5" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B5" s="5">
-        <v>15454</v>
+        <v>15557</v>
       </c>
       <c r="C5" s="5">
         <v>6</v>
       </c>
       <c r="D5" s="5"/>
       <c r="E5" s="6">
-        <v>15460</v>
+        <v>15563</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A6" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B6" s="5">
-        <v>8370</v>
+        <v>8459</v>
       </c>
       <c r="C6" s="5"/>
       <c r="D6" s="5">
         <v>8</v>
       </c>
       <c r="E6" s="6">
-        <v>8378</v>
+        <v>8467</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A7" s="3" t="s">
         <v>7</v>
       </c>
       <c r="B7" s="5">
-        <v>26890</v>
+        <v>27106</v>
       </c>
       <c r="C7" s="5">
         <v>125</v>
       </c>
       <c r="D7" s="5"/>
       <c r="E7" s="6">
-        <v>27015</v>
+        <v>27231</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A8" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="5">
-        <v>2385</v>
+        <v>2405</v>
       </c>
       <c r="C8" s="5">
         <v>8</v>
       </c>
       <c r="D8" s="5">
-        <v>1830</v>
+        <v>1843</v>
       </c>
       <c r="E8" s="6">
-        <v>4223</v>
+        <v>4256</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A9" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B9" s="5">
-        <v>4444</v>
+        <v>4463</v>
       </c>
       <c r="C9" s="5"/>
       <c r="D9" s="5"/>
       <c r="E9" s="6">
-        <v>4444</v>
+        <v>4463</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A10" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B10" s="5">
         <v>120</v>
       </c>
       <c r="C10" s="5"/>
       <c r="D10" s="5"/>
       <c r="E10" s="6">
         <v>120</v>
       </c>
     </row>
     <row r="11" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A11" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B11" s="6">
-        <v>139808</v>
+        <v>140689</v>
       </c>
       <c r="C11" s="6">
         <v>139</v>
       </c>
       <c r="D11" s="6">
-        <v>18523</v>
+        <v>18692</v>
       </c>
       <c r="E11" s="6">
-        <v>158470</v>
+        <v>159520</v>
       </c>
     </row>
     <row r="12" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B12" s="6">
-        <v>134212</v>
+        <v>135069</v>
       </c>
       <c r="C12" s="6">
         <v>139</v>
       </c>
       <c r="D12" s="6">
-        <v>18519</v>
+        <v>18688</v>
       </c>
       <c r="E12" s="6">
-        <v>152870</v>
+        <v>153896</v>
       </c>
     </row>
     <row r="13" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="B13" s="6">
-        <v>118015</v>
+        <v>118807</v>
       </c>
       <c r="C13" s="6">
         <v>139</v>
       </c>
       <c r="D13" s="6">
-        <v>18046</v>
+        <v>18206</v>
       </c>
       <c r="E13" s="6">
-        <v>133649</v>
+        <v>134577</v>
       </c>
     </row>
     <row r="14" s="1" customFormat="1" ht="17.5989" customHeight="1">
       <c r="A14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="B14" s="6">
-        <v>60880</v>
+        <v>61222</v>
       </c>
       <c r="C14" s="6">
         <v>137</v>
       </c>
       <c r="D14" s="6">
-        <v>18519</v>
+        <v>18688</v>
       </c>
       <c r="E14" s="6">
-        <v>79536</v>
+        <v>80047</v>
       </c>
     </row>
     <row r="15" s="1" customFormat="1" ht="5.333" customHeight="1"/>
     <row r="16" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A16" s="8" t="s">
         <v>16</v>
       </c>
       <c r="B16" s="8"/>
       <c r="C16" s="8"/>
       <c r="D16" s="8"/>
       <c r="E16" s="8"/>
       <c r="F16" s="8"/>
     </row>
     <row r="17" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A16:F16"/>
   </mergeCells>
   <pageSetup paperSize="9" scale="100" orientation="portrait"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>