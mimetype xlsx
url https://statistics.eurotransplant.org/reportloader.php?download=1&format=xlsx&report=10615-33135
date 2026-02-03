--- v0 (2025-10-17)
+++ v1 (2026-02-03)
@@ -9,102 +9,102 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="donors reported" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="19">
   <si>
     <t>Donors reported</t>
   </si>
   <si>
-    <t>2015</t>
-[...1 lines deleted...]
-  <si>
     <t>2016</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
+    <t>2025</t>
+  </si>
+  <si>
     <t>kidney</t>
   </si>
   <si>
     <t>heart</t>
   </si>
   <si>
     <t>lung</t>
   </si>
   <si>
     <t>liver</t>
   </si>
   <si>
     <t>pancreas</t>
   </si>
   <si>
     <t>Any organ</t>
   </si>
   <si>
     <t>Deceased donors reported in All ET, by year, by organ</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 1052P_All ET : 10.02.2025 :  donors are counted for each organ type separately</t>
+    <t>statistics.eurotransplant.org : 1052P_All ET : 22.01.2026 :  donors are counted for each organ type separately</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -290,253 +290,253 @@
       </c>
       <c r="F3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K3" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="4">
-        <v>2106</v>
+        <v>2002</v>
       </c>
       <c r="C4" s="4">
-        <v>2002</v>
+        <v>1932</v>
       </c>
       <c r="D4" s="4">
-        <v>1932</v>
+        <v>2168</v>
       </c>
       <c r="E4" s="4">
-        <v>2168</v>
+        <v>2017</v>
       </c>
       <c r="F4" s="4">
-        <v>2017</v>
+        <v>1843</v>
       </c>
       <c r="G4" s="4">
-        <v>1843</v>
+        <v>1863</v>
       </c>
       <c r="H4" s="4">
-        <v>1863</v>
+        <v>1952</v>
       </c>
       <c r="I4" s="4">
-        <v>1952</v>
+        <v>2113</v>
       </c>
       <c r="J4" s="4">
-        <v>2113</v>
+        <v>2130</v>
       </c>
       <c r="K4" s="4">
-        <v>2130</v>
+        <v>2129</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="4">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="C5" s="4">
-        <v>878</v>
+        <v>817</v>
       </c>
       <c r="D5" s="4">
-        <v>817</v>
+        <v>896</v>
       </c>
       <c r="E5" s="4">
-        <v>896</v>
+        <v>911</v>
       </c>
       <c r="F5" s="4">
-        <v>911</v>
+        <v>788</v>
       </c>
       <c r="G5" s="4">
-        <v>788</v>
+        <v>796</v>
       </c>
       <c r="H5" s="4">
-        <v>796</v>
+        <v>932</v>
       </c>
       <c r="I5" s="4">
-        <v>932</v>
+        <v>954</v>
       </c>
       <c r="J5" s="4">
-        <v>954</v>
+        <v>1038</v>
       </c>
       <c r="K5" s="4">
-        <v>1038</v>
+        <v>984</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="4">
-        <v>1124</v>
+        <v>1122</v>
       </c>
       <c r="C6" s="4">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="D6" s="4">
-        <v>1125</v>
+        <v>1217</v>
       </c>
       <c r="E6" s="4">
-        <v>1217</v>
+        <v>1192</v>
       </c>
       <c r="F6" s="4">
-        <v>1192</v>
+        <v>1036</v>
       </c>
       <c r="G6" s="4">
-        <v>1036</v>
+        <v>1086</v>
       </c>
       <c r="H6" s="4">
-        <v>1086</v>
+        <v>1148</v>
       </c>
       <c r="I6" s="4">
-        <v>1148</v>
+        <v>1229</v>
       </c>
       <c r="J6" s="4">
-        <v>1229</v>
+        <v>1281</v>
       </c>
       <c r="K6" s="4">
-        <v>1281</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="4">
-        <v>2003</v>
+        <v>1978</v>
       </c>
       <c r="C7" s="4">
-        <v>1978</v>
+        <v>1939</v>
       </c>
       <c r="D7" s="4">
-        <v>1939</v>
+        <v>2168</v>
       </c>
       <c r="E7" s="4">
-        <v>2168</v>
+        <v>2093</v>
       </c>
       <c r="F7" s="4">
-        <v>2093</v>
+        <v>1935</v>
       </c>
       <c r="G7" s="4">
-        <v>1935</v>
+        <v>1955</v>
       </c>
       <c r="H7" s="4">
-        <v>1955</v>
+        <v>2080</v>
       </c>
       <c r="I7" s="4">
-        <v>2080</v>
+        <v>2268</v>
       </c>
       <c r="J7" s="4">
-        <v>2268</v>
+        <v>2333</v>
       </c>
       <c r="K7" s="4">
-        <v>2333</v>
+        <v>2364</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="4">
-        <v>961</v>
+        <v>888</v>
       </c>
       <c r="C8" s="4">
-        <v>888</v>
+        <v>857</v>
       </c>
       <c r="D8" s="4">
-        <v>857</v>
+        <v>904</v>
       </c>
       <c r="E8" s="4">
-        <v>904</v>
+        <v>863</v>
       </c>
       <c r="F8" s="4">
-        <v>863</v>
+        <v>742</v>
       </c>
       <c r="G8" s="4">
-        <v>742</v>
+        <v>776</v>
       </c>
       <c r="H8" s="4">
-        <v>776</v>
+        <v>783</v>
       </c>
       <c r="I8" s="4">
-        <v>783</v>
+        <v>711</v>
       </c>
       <c r="J8" s="4">
-        <v>711</v>
+        <v>770</v>
       </c>
       <c r="K8" s="4">
-        <v>770</v>
+        <v>664</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="6">
-        <v>2317</v>
+        <v>2306</v>
       </c>
       <c r="C9" s="6">
-        <v>2306</v>
+        <v>2246</v>
       </c>
       <c r="D9" s="6">
-        <v>2246</v>
+        <v>2455</v>
       </c>
       <c r="E9" s="6">
-        <v>2455</v>
+        <v>2361</v>
       </c>
       <c r="F9" s="6">
-        <v>2361</v>
+        <v>2119</v>
       </c>
       <c r="G9" s="6">
-        <v>2119</v>
+        <v>2146</v>
       </c>
       <c r="H9" s="6">
-        <v>2146</v>
+        <v>2295</v>
       </c>
       <c r="I9" s="6">
-        <v>2295</v>
+        <v>2499</v>
       </c>
       <c r="J9" s="6">
-        <v>2499</v>
+        <v>2633</v>
       </c>
       <c r="K9" s="6">
-        <v>2633</v>
+        <v>2685</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="5.333" customHeight="1"/>
     <row r="11" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A11" s="8" t="s">
         <v>18</v>
       </c>
       <c r="B11" s="8"/>
       <c r="C11" s="8"/>
       <c r="D11" s="8"/>
       <c r="E11" s="8"/>
       <c r="F11" s="8"/>
       <c r="G11" s="8"/>
       <c r="H11" s="8"/>
       <c r="I11" s="8"/>
       <c r="J11" s="8"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
     </row>
     <row r="12" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A11:L11"/>
   </mergeCells>