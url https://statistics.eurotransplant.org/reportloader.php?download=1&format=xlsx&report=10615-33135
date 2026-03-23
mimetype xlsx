--- v1 (2026-02-03)
+++ v2 (2026-03-23)
@@ -60,51 +60,51 @@
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>kidney</t>
   </si>
   <si>
     <t>heart</t>
   </si>
   <si>
     <t>lung</t>
   </si>
   <si>
     <t>liver</t>
   </si>
   <si>
     <t>pancreas</t>
   </si>
   <si>
     <t>Any organ</t>
   </si>
   <si>
     <t>Deceased donors reported in All ET, by year, by organ</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 1052P_All ET : 22.01.2026 :  donors are counted for each organ type separately</t>
+    <t>statistics.eurotransplant.org : 1052P_All ET : 12.02.2026 :  donors are counted for each organ type separately</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>