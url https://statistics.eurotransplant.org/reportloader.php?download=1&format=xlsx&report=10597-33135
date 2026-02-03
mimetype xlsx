--- v0 (2025-10-17)
+++ v1 (2026-02-03)
@@ -9,111 +9,111 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="Registration events" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="22">
   <si>
     <t>All registration events</t>
   </si>
   <si>
-    <t>2015</t>
-[...1 lines deleted...]
-  <si>
     <t>2016</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
+    <t>2025</t>
+  </si>
+  <si>
     <t>kidney</t>
   </si>
   <si>
     <t>heart</t>
   </si>
   <si>
     <t>lung</t>
   </si>
   <si>
     <t>liver</t>
   </si>
   <si>
     <t>pancreas</t>
   </si>
   <si>
     <t>Total events</t>
   </si>
   <si>
     <t>Total patients</t>
   </si>
   <si>
     <t>New registration events</t>
   </si>
   <si>
     <t>Re-registration events</t>
   </si>
   <si>
     <t>Waiting list registrations in All ET, by year, by organ, by sequence</t>
   </si>
   <si>
-    <t xml:space="preserve">statistics.eurotransplant.org : 4002P_All ET : 10.02.2025 :  Patient registrations for multiple organs are counted for
+    <t xml:space="preserve">statistics.eurotransplant.org : 4002P_All ET : 22.01.2026 :  Patient registrations for multiple organs are counted for
  each organ separately. Re-registrations are where a patient has previously received a transplant for the same organ.
  Registrations for both deceased and living donor transplants are included.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
@@ -301,850 +301,850 @@
       </c>
       <c r="F3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K3" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="4">
-        <v>6094</v>
+        <v>6583</v>
       </c>
       <c r="C4" s="4">
-        <v>6586</v>
+        <v>6204</v>
       </c>
       <c r="D4" s="4">
-        <v>6204</v>
+        <v>5998</v>
       </c>
       <c r="E4" s="4">
-        <v>5998</v>
+        <v>6085</v>
       </c>
       <c r="F4" s="4">
-        <v>6086</v>
+        <v>5648</v>
       </c>
       <c r="G4" s="4">
-        <v>5649</v>
+        <v>5689</v>
       </c>
       <c r="H4" s="4">
-        <v>5689</v>
+        <v>5464</v>
       </c>
       <c r="I4" s="4">
-        <v>5465</v>
+        <v>5940</v>
       </c>
       <c r="J4" s="4">
-        <v>5941</v>
+        <v>6018</v>
       </c>
       <c r="K4" s="4">
-        <v>6020</v>
+        <v>5767</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="4">
-        <v>952</v>
+        <v>893</v>
       </c>
       <c r="C5" s="4">
-        <v>893</v>
+        <v>861</v>
       </c>
       <c r="D5" s="4">
-        <v>861</v>
+        <v>908</v>
       </c>
       <c r="E5" s="4">
-        <v>908</v>
+        <v>951</v>
       </c>
       <c r="F5" s="4">
-        <v>951</v>
+        <v>862</v>
       </c>
       <c r="G5" s="4">
-        <v>862</v>
+        <v>867</v>
       </c>
       <c r="H5" s="4">
-        <v>867</v>
+        <v>823</v>
       </c>
       <c r="I5" s="4">
-        <v>823</v>
+        <v>896</v>
       </c>
       <c r="J5" s="4">
-        <v>896</v>
+        <v>956</v>
       </c>
       <c r="K5" s="4">
-        <v>956</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="4">
-        <v>832</v>
+        <v>885</v>
       </c>
       <c r="C6" s="4">
-        <v>885</v>
+        <v>852</v>
       </c>
       <c r="D6" s="4">
-        <v>852</v>
+        <v>808</v>
       </c>
       <c r="E6" s="4">
-        <v>808</v>
+        <v>829</v>
       </c>
       <c r="F6" s="4">
-        <v>829</v>
+        <v>786</v>
       </c>
       <c r="G6" s="4">
-        <v>786</v>
+        <v>812</v>
       </c>
       <c r="H6" s="4">
-        <v>812</v>
+        <v>715</v>
       </c>
       <c r="I6" s="4">
-        <v>716</v>
+        <v>799</v>
       </c>
       <c r="J6" s="4">
-        <v>799</v>
+        <v>756</v>
       </c>
       <c r="K6" s="4">
-        <v>756</v>
+        <v>850</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="4">
-        <v>2589</v>
+        <v>2539</v>
       </c>
       <c r="C7" s="4">
-        <v>2539</v>
+        <v>2547</v>
       </c>
       <c r="D7" s="4">
-        <v>2548</v>
+        <v>2451</v>
       </c>
       <c r="E7" s="4">
-        <v>2451</v>
+        <v>2501</v>
       </c>
       <c r="F7" s="4">
-        <v>2502</v>
+        <v>2446</v>
       </c>
       <c r="G7" s="4">
-        <v>2446</v>
+        <v>2411</v>
       </c>
       <c r="H7" s="4">
-        <v>2411</v>
+        <v>2318</v>
       </c>
       <c r="I7" s="4">
-        <v>2318</v>
+        <v>2608</v>
       </c>
       <c r="J7" s="4">
-        <v>2608</v>
+        <v>2823</v>
       </c>
       <c r="K7" s="4">
-        <v>2823</v>
+        <v>2826</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="4">
-        <v>332</v>
+        <v>341</v>
       </c>
       <c r="C8" s="4">
-        <v>341</v>
+        <v>302</v>
       </c>
       <c r="D8" s="4">
-        <v>302</v>
+        <v>276</v>
       </c>
       <c r="E8" s="4">
-        <v>276</v>
+        <v>252</v>
       </c>
       <c r="F8" s="4">
-        <v>252</v>
+        <v>244</v>
       </c>
       <c r="G8" s="4">
-        <v>244</v>
+        <v>257</v>
       </c>
       <c r="H8" s="4">
-        <v>257</v>
+        <v>199</v>
       </c>
       <c r="I8" s="4">
-        <v>199</v>
+        <v>219</v>
       </c>
       <c r="J8" s="4">
-        <v>219</v>
+        <v>241</v>
       </c>
       <c r="K8" s="4">
-        <v>241</v>
+        <v>204</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="6">
-        <v>10799</v>
+        <v>11241</v>
       </c>
       <c r="C9" s="6">
-        <v>11244</v>
+        <v>10766</v>
       </c>
       <c r="D9" s="6">
-        <v>10767</v>
+        <v>10441</v>
       </c>
       <c r="E9" s="6">
-        <v>10441</v>
+        <v>10618</v>
       </c>
       <c r="F9" s="6">
-        <v>10620</v>
+        <v>9986</v>
       </c>
       <c r="G9" s="6">
-        <v>9987</v>
+        <v>10036</v>
       </c>
       <c r="H9" s="6">
-        <v>10036</v>
+        <v>9519</v>
       </c>
       <c r="I9" s="6">
-        <v>9521</v>
+        <v>10462</v>
       </c>
       <c r="J9" s="6">
-        <v>10463</v>
+        <v>10794</v>
       </c>
       <c r="K9" s="6">
-        <v>10796</v>
+        <v>10662</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="6">
-        <v>10267</v>
+        <v>10683</v>
       </c>
       <c r="C10" s="6">
-        <v>10685</v>
+        <v>10262</v>
       </c>
       <c r="D10" s="6">
-        <v>10262</v>
+        <v>9998</v>
       </c>
       <c r="E10" s="6">
-        <v>9998</v>
+        <v>10137</v>
       </c>
       <c r="F10" s="6">
-        <v>10138</v>
+        <v>9532</v>
       </c>
       <c r="G10" s="6">
-        <v>9533</v>
+        <v>9591</v>
       </c>
       <c r="H10" s="6">
-        <v>9591</v>
+        <v>9183</v>
       </c>
       <c r="I10" s="6">
-        <v>9184</v>
+        <v>10096</v>
       </c>
       <c r="J10" s="6">
-        <v>10097</v>
+        <v>10396</v>
       </c>
       <c r="K10" s="6">
-        <v>10398</v>
+        <v>10281</v>
       </c>
     </row>
     <row r="11" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="12" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K12" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A13" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B13" s="4">
-        <v>5281</v>
+        <v>5720</v>
       </c>
       <c r="C13" s="4">
-        <v>5720</v>
+        <v>5391</v>
       </c>
       <c r="D13" s="4">
-        <v>5391</v>
+        <v>5198</v>
       </c>
       <c r="E13" s="4">
-        <v>5198</v>
+        <v>5309</v>
       </c>
       <c r="F13" s="4">
-        <v>5310</v>
+        <v>4899</v>
       </c>
       <c r="G13" s="4">
-        <v>4899</v>
+        <v>4961</v>
       </c>
       <c r="H13" s="4">
-        <v>4961</v>
+        <v>4830</v>
       </c>
       <c r="I13" s="4">
-        <v>4832</v>
+        <v>5222</v>
       </c>
       <c r="J13" s="4">
-        <v>5223</v>
+        <v>5254</v>
       </c>
       <c r="K13" s="4">
-        <v>5255</v>
+        <v>5088</v>
       </c>
     </row>
     <row r="14" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A14" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B14" s="4">
-        <v>932</v>
+        <v>878</v>
       </c>
       <c r="C14" s="4">
-        <v>878</v>
+        <v>842</v>
       </c>
       <c r="D14" s="4">
-        <v>842</v>
+        <v>901</v>
       </c>
       <c r="E14" s="4">
-        <v>901</v>
+        <v>936</v>
       </c>
       <c r="F14" s="4">
-        <v>936</v>
+        <v>848</v>
       </c>
       <c r="G14" s="4">
-        <v>848</v>
+        <v>856</v>
       </c>
       <c r="H14" s="4">
-        <v>856</v>
+        <v>805</v>
       </c>
       <c r="I14" s="4">
-        <v>805</v>
+        <v>882</v>
       </c>
       <c r="J14" s="4">
-        <v>882</v>
+        <v>937</v>
       </c>
       <c r="K14" s="4">
-        <v>937</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="15" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="4">
-        <v>786</v>
+        <v>847</v>
       </c>
       <c r="C15" s="4">
-        <v>847</v>
+        <v>809</v>
       </c>
       <c r="D15" s="4">
-        <v>809</v>
+        <v>779</v>
       </c>
       <c r="E15" s="4">
-        <v>779</v>
+        <v>799</v>
       </c>
       <c r="F15" s="4">
-        <v>799</v>
+        <v>749</v>
       </c>
       <c r="G15" s="4">
-        <v>749</v>
+        <v>775</v>
       </c>
       <c r="H15" s="4">
-        <v>775</v>
+        <v>695</v>
       </c>
       <c r="I15" s="4">
-        <v>696</v>
+        <v>772</v>
       </c>
       <c r="J15" s="4">
-        <v>772</v>
+        <v>725</v>
       </c>
       <c r="K15" s="4">
-        <v>725</v>
+        <v>824</v>
       </c>
     </row>
     <row r="16" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B16" s="4">
-        <v>2283</v>
+        <v>2258</v>
       </c>
       <c r="C16" s="4">
-        <v>2258</v>
+        <v>2262</v>
       </c>
       <c r="D16" s="4">
-        <v>2262</v>
+        <v>2206</v>
       </c>
       <c r="E16" s="4">
-        <v>2206</v>
+        <v>2235</v>
       </c>
       <c r="F16" s="4">
-        <v>2235</v>
+        <v>2169</v>
       </c>
       <c r="G16" s="4">
-        <v>2169</v>
+        <v>2193</v>
       </c>
       <c r="H16" s="4">
-        <v>2193</v>
+        <v>2097</v>
       </c>
       <c r="I16" s="4">
-        <v>2097</v>
+        <v>2341</v>
       </c>
       <c r="J16" s="4">
-        <v>2341</v>
+        <v>2536</v>
       </c>
       <c r="K16" s="4">
-        <v>2536</v>
+        <v>2579</v>
       </c>
     </row>
     <row r="17" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B17" s="4">
-        <v>299</v>
+        <v>307</v>
       </c>
       <c r="C17" s="4">
-        <v>307</v>
+        <v>270</v>
       </c>
       <c r="D17" s="4">
-        <v>270</v>
+        <v>244</v>
       </c>
       <c r="E17" s="4">
-        <v>244</v>
+        <v>225</v>
       </c>
       <c r="F17" s="4">
-        <v>225</v>
+        <v>216</v>
       </c>
       <c r="G17" s="4">
-        <v>216</v>
+        <v>238</v>
       </c>
       <c r="H17" s="4">
-        <v>238</v>
+        <v>187</v>
       </c>
       <c r="I17" s="4">
-        <v>187</v>
+        <v>203</v>
       </c>
       <c r="J17" s="4">
-        <v>203</v>
+        <v>219</v>
       </c>
       <c r="K17" s="4">
-        <v>219</v>
+        <v>192</v>
       </c>
     </row>
     <row r="18" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A18" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B18" s="6">
-        <v>9581</v>
+        <v>10010</v>
       </c>
       <c r="C18" s="6">
-        <v>10010</v>
+        <v>9574</v>
       </c>
       <c r="D18" s="6">
-        <v>9574</v>
+        <v>9328</v>
       </c>
       <c r="E18" s="6">
-        <v>9328</v>
+        <v>9504</v>
       </c>
       <c r="F18" s="6">
-        <v>9505</v>
+        <v>8881</v>
       </c>
       <c r="G18" s="6">
-        <v>8881</v>
+        <v>9023</v>
       </c>
       <c r="H18" s="6">
-        <v>9023</v>
+        <v>8614</v>
       </c>
       <c r="I18" s="6">
-        <v>8617</v>
+        <v>9420</v>
       </c>
       <c r="J18" s="6">
-        <v>9421</v>
+        <v>9671</v>
       </c>
       <c r="K18" s="6">
-        <v>9672</v>
+        <v>9683</v>
       </c>
     </row>
     <row r="19" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A19" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="6">
-        <v>9187</v>
+        <v>9594</v>
       </c>
       <c r="C19" s="6">
-        <v>9594</v>
+        <v>9202</v>
       </c>
       <c r="D19" s="6">
-        <v>9202</v>
+        <v>8995</v>
       </c>
       <c r="E19" s="6">
-        <v>8995</v>
+        <v>9142</v>
       </c>
       <c r="F19" s="6">
-        <v>9143</v>
+        <v>8559</v>
       </c>
       <c r="G19" s="6">
-        <v>8559</v>
+        <v>8663</v>
       </c>
       <c r="H19" s="6">
-        <v>8663</v>
+        <v>8362</v>
       </c>
       <c r="I19" s="6">
-        <v>8364</v>
+        <v>9155</v>
       </c>
       <c r="J19" s="6">
-        <v>9156</v>
+        <v>9381</v>
       </c>
       <c r="K19" s="6">
-        <v>9382</v>
+        <v>9398</v>
       </c>
     </row>
     <row r="20" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="21" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H21" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J21" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K21" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A22" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B22" s="4">
+        <v>863</v>
+      </c>
+      <c r="C22" s="4">
         <v>813</v>
       </c>
-      <c r="C22" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="D22" s="4">
-        <v>813</v>
+        <v>800</v>
       </c>
       <c r="E22" s="4">
-        <v>800</v>
+        <v>776</v>
       </c>
       <c r="F22" s="4">
-        <v>776</v>
+        <v>749</v>
       </c>
       <c r="G22" s="4">
-        <v>750</v>
+        <v>728</v>
       </c>
       <c r="H22" s="4">
-        <v>728</v>
+        <v>634</v>
       </c>
       <c r="I22" s="4">
-        <v>633</v>
+        <v>718</v>
       </c>
       <c r="J22" s="4">
-        <v>718</v>
+        <v>764</v>
       </c>
       <c r="K22" s="4">
-        <v>765</v>
+        <v>679</v>
       </c>
     </row>
     <row r="23" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A23" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B23" s="4">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="C23" s="4">
+        <v>19</v>
+      </c>
+      <c r="D23" s="4">
+        <v>7</v>
+      </c>
+      <c r="E23" s="4">
         <v>15</v>
       </c>
-      <c r="D23" s="4">
+      <c r="F23" s="4">
+        <v>14</v>
+      </c>
+      <c r="G23" s="4">
+        <v>11</v>
+      </c>
+      <c r="H23" s="4">
+        <v>18</v>
+      </c>
+      <c r="I23" s="4">
+        <v>14</v>
+      </c>
+      <c r="J23" s="4">
         <v>19</v>
       </c>
-      <c r="E23" s="4">
-[...2 lines deleted...]
-      <c r="F23" s="4">
+      <c r="K23" s="4">
         <v>15</v>
-      </c>
-[...13 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="24" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B24" s="4">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="C24" s="4">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="D24" s="4">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="E24" s="4">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F24" s="4">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="G24" s="4">
         <v>37</v>
       </c>
       <c r="H24" s="4">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="I24" s="4">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="J24" s="4">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="K24" s="4">
-        <v>31</v>
+        <v>26</v>
       </c>
     </row>
     <row r="25" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B25" s="4">
-        <v>306</v>
+        <v>281</v>
       </c>
       <c r="C25" s="4">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="D25" s="4">
-        <v>286</v>
+        <v>245</v>
       </c>
       <c r="E25" s="4">
-        <v>245</v>
+        <v>266</v>
       </c>
       <c r="F25" s="4">
+        <v>277</v>
+      </c>
+      <c r="G25" s="4">
+        <v>218</v>
+      </c>
+      <c r="H25" s="4">
+        <v>221</v>
+      </c>
+      <c r="I25" s="4">
         <v>267</v>
       </c>
-      <c r="G25" s="4">
-[...7 lines deleted...]
-      </c>
       <c r="J25" s="4">
-        <v>267</v>
+        <v>287</v>
       </c>
       <c r="K25" s="4">
-        <v>287</v>
+        <v>247</v>
       </c>
     </row>
     <row r="26" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A26" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B26" s="4">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C26" s="4">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="D26" s="4">
         <v>32</v>
       </c>
       <c r="E26" s="4">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="F26" s="4">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G26" s="4">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="H26" s="4">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="I26" s="4">
+        <v>16</v>
+      </c>
+      <c r="J26" s="4">
+        <v>22</v>
+      </c>
+      <c r="K26" s="4">
         <v>12</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="27" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A27" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B27" s="6">
-        <v>1218</v>
+        <v>1231</v>
       </c>
       <c r="C27" s="6">
-        <v>1234</v>
+        <v>1192</v>
       </c>
       <c r="D27" s="6">
-        <v>1193</v>
+        <v>1113</v>
       </c>
       <c r="E27" s="6">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="F27" s="6">
-        <v>1115</v>
+        <v>1105</v>
       </c>
       <c r="G27" s="6">
-        <v>1106</v>
+        <v>1013</v>
       </c>
       <c r="H27" s="6">
-        <v>1013</v>
+        <v>905</v>
       </c>
       <c r="I27" s="6">
-        <v>904</v>
+        <v>1042</v>
       </c>
       <c r="J27" s="6">
-        <v>1042</v>
+        <v>1123</v>
       </c>
       <c r="K27" s="6">
-        <v>1124</v>
+        <v>979</v>
       </c>
     </row>
     <row r="28" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A28" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B28" s="6">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="C28" s="6">
-        <v>1195</v>
+        <v>1162</v>
       </c>
       <c r="D28" s="6">
-        <v>1162</v>
+        <v>1097</v>
       </c>
       <c r="E28" s="6">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="F28" s="6">
-        <v>1099</v>
+        <v>1090</v>
       </c>
       <c r="G28" s="6">
-        <v>1091</v>
+        <v>994</v>
       </c>
       <c r="H28" s="6">
-        <v>994</v>
+        <v>894</v>
       </c>
       <c r="I28" s="6">
-        <v>893</v>
+        <v>1025</v>
       </c>
       <c r="J28" s="6">
-        <v>1025</v>
+        <v>1107</v>
       </c>
       <c r="K28" s="6">
-        <v>1108</v>
+        <v>963</v>
       </c>
     </row>
     <row r="29" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="30" s="1" customFormat="1" ht="36.7977" customHeight="1">
       <c r="A30" s="8" t="s">
         <v>21</v>
       </c>
       <c r="B30" s="8"/>
       <c r="C30" s="8"/>
       <c r="D30" s="8"/>
       <c r="E30" s="8"/>
       <c r="F30" s="8"/>
       <c r="G30" s="8"/>
       <c r="H30" s="8"/>
       <c r="I30" s="8"/>
       <c r="J30" s="8"/>
       <c r="K30" s="8"/>
       <c r="L30" s="8"/>
     </row>
     <row r="31" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A30:L30"/>
   </mergeCells>