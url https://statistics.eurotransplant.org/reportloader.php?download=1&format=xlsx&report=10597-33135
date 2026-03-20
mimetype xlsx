--- v1 (2026-02-03)
+++ v2 (2026-03-20)
@@ -69,51 +69,51 @@
   <si>
     <t>lung</t>
   </si>
   <si>
     <t>liver</t>
   </si>
   <si>
     <t>pancreas</t>
   </si>
   <si>
     <t>Total events</t>
   </si>
   <si>
     <t>Total patients</t>
   </si>
   <si>
     <t>New registration events</t>
   </si>
   <si>
     <t>Re-registration events</t>
   </si>
   <si>
     <t>Waiting list registrations in All ET, by year, by organ, by sequence</t>
   </si>
   <si>
-    <t xml:space="preserve">statistics.eurotransplant.org : 4002P_All ET : 22.01.2026 :  Patient registrations for multiple organs are counted for
+    <t xml:space="preserve">statistics.eurotransplant.org : 4002P_All ET : 12.02.2026 :  Patient registrations for multiple organs are counted for
  each organ separately. Re-registrations are where a patient has previously received a transplant for the same organ.
  Registrations for both deceased and living donor transplants are included.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
@@ -325,51 +325,51 @@
       <c r="B4" s="4">
         <v>6583</v>
       </c>
       <c r="C4" s="4">
         <v>6204</v>
       </c>
       <c r="D4" s="4">
         <v>5998</v>
       </c>
       <c r="E4" s="4">
         <v>6085</v>
       </c>
       <c r="F4" s="4">
         <v>5648</v>
       </c>
       <c r="G4" s="4">
         <v>5689</v>
       </c>
       <c r="H4" s="4">
         <v>5464</v>
       </c>
       <c r="I4" s="4">
         <v>5940</v>
       </c>
       <c r="J4" s="4">
-        <v>6018</v>
+        <v>6017</v>
       </c>
       <c r="K4" s="4">
         <v>5767</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="4">
         <v>893</v>
       </c>
       <c r="C5" s="4">
         <v>861</v>
       </c>
       <c r="D5" s="4">
         <v>908</v>
       </c>
       <c r="E5" s="4">
         <v>951</v>
       </c>
       <c r="F5" s="4">
         <v>862</v>
       </c>
       <c r="G5" s="4">
@@ -500,86 +500,86 @@
       <c r="B9" s="6">
         <v>11241</v>
       </c>
       <c r="C9" s="6">
         <v>10766</v>
       </c>
       <c r="D9" s="6">
         <v>10441</v>
       </c>
       <c r="E9" s="6">
         <v>10618</v>
       </c>
       <c r="F9" s="6">
         <v>9986</v>
       </c>
       <c r="G9" s="6">
         <v>10036</v>
       </c>
       <c r="H9" s="6">
         <v>9519</v>
       </c>
       <c r="I9" s="6">
         <v>10462</v>
       </c>
       <c r="J9" s="6">
-        <v>10794</v>
+        <v>10793</v>
       </c>
       <c r="K9" s="6">
         <v>10662</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="6">
         <v>10683</v>
       </c>
       <c r="C10" s="6">
         <v>10262</v>
       </c>
       <c r="D10" s="6">
         <v>9998</v>
       </c>
       <c r="E10" s="6">
         <v>10137</v>
       </c>
       <c r="F10" s="6">
         <v>9532</v>
       </c>
       <c r="G10" s="6">
         <v>9591</v>
       </c>
       <c r="H10" s="6">
         <v>9183</v>
       </c>
       <c r="I10" s="6">
         <v>10096</v>
       </c>
       <c r="J10" s="6">
-        <v>10396</v>
+        <v>10395</v>
       </c>
       <c r="K10" s="6">
         <v>10281</v>
       </c>
     </row>
     <row r="11" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="12" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>5</v>
       </c>
@@ -606,51 +606,51 @@
       <c r="B13" s="4">
         <v>5720</v>
       </c>
       <c r="C13" s="4">
         <v>5391</v>
       </c>
       <c r="D13" s="4">
         <v>5198</v>
       </c>
       <c r="E13" s="4">
         <v>5309</v>
       </c>
       <c r="F13" s="4">
         <v>4899</v>
       </c>
       <c r="G13" s="4">
         <v>4961</v>
       </c>
       <c r="H13" s="4">
         <v>4830</v>
       </c>
       <c r="I13" s="4">
         <v>5222</v>
       </c>
       <c r="J13" s="4">
-        <v>5254</v>
+        <v>5253</v>
       </c>
       <c r="K13" s="4">
         <v>5088</v>
       </c>
     </row>
     <row r="14" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A14" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B14" s="4">
         <v>878</v>
       </c>
       <c r="C14" s="4">
         <v>842</v>
       </c>
       <c r="D14" s="4">
         <v>901</v>
       </c>
       <c r="E14" s="4">
         <v>936</v>
       </c>
       <c r="F14" s="4">
         <v>848</v>
       </c>
       <c r="G14" s="4">
@@ -781,86 +781,86 @@
       <c r="B18" s="6">
         <v>10010</v>
       </c>
       <c r="C18" s="6">
         <v>9574</v>
       </c>
       <c r="D18" s="6">
         <v>9328</v>
       </c>
       <c r="E18" s="6">
         <v>9504</v>
       </c>
       <c r="F18" s="6">
         <v>8881</v>
       </c>
       <c r="G18" s="6">
         <v>9023</v>
       </c>
       <c r="H18" s="6">
         <v>8614</v>
       </c>
       <c r="I18" s="6">
         <v>9420</v>
       </c>
       <c r="J18" s="6">
-        <v>9671</v>
+        <v>9670</v>
       </c>
       <c r="K18" s="6">
         <v>9683</v>
       </c>
     </row>
     <row r="19" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A19" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="6">
         <v>9594</v>
       </c>
       <c r="C19" s="6">
         <v>9202</v>
       </c>
       <c r="D19" s="6">
         <v>8995</v>
       </c>
       <c r="E19" s="6">
         <v>9142</v>
       </c>
       <c r="F19" s="6">
         <v>8559</v>
       </c>
       <c r="G19" s="6">
         <v>8663</v>
       </c>
       <c r="H19" s="6">
         <v>8362</v>
       </c>
       <c r="I19" s="6">
         <v>9155</v>
       </c>
       <c r="J19" s="6">
-        <v>9381</v>
+        <v>9380</v>
       </c>
       <c r="K19" s="6">
         <v>9398</v>
       </c>
     </row>
     <row r="20" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="21" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>5</v>
       </c>