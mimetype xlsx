--- v0 (2025-10-24)
+++ v1 (2026-02-16)
@@ -57,51 +57,51 @@
   <si>
     <t>All ET</t>
   </si>
   <si>
     <t>kidney</t>
   </si>
   <si>
     <t>heart</t>
   </si>
   <si>
     <t>lung</t>
   </si>
   <si>
     <t>liver</t>
   </si>
   <si>
     <t>pancreas</t>
   </si>
   <si>
     <t>Any organ</t>
   </si>
   <si>
     <t>Deceased donors used in 2023, per million population, by donor country, by organ</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 1033P_2023 : 10.02.2025 :  donors are counted for each organ type separately</t>
+    <t>statistics.eurotransplant.org : 1033P_2023 : 12.02.2026 :  donors are counted for each organ type separately</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0.0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -289,225 +289,225 @@
       </c>
       <c r="G3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J3" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A4" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B4" s="5">
         <v>14.4978918747224</v>
       </c>
       <c r="C4" s="5">
         <v>21.6302829411326</v>
       </c>
       <c r="D4" s="5">
-        <v>9.41217248766268</v>
+        <v>9.55262655663148</v>
       </c>
       <c r="E4" s="5">
         <v>11.4586388970373</v>
       </c>
       <c r="F4" s="5">
         <v>21.0340767624349</v>
       </c>
       <c r="G4" s="5">
         <v>7.56648290201859</v>
       </c>
       <c r="H4" s="5">
         <v>14.9343469824843</v>
       </c>
       <c r="I4" s="5">
-        <v>19.3689318553736</v>
+        <v>19.3672849711758</v>
       </c>
       <c r="J4" s="6">
-        <v>12.0865280793136</v>
+        <v>12.1951414802709</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A5" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B5" s="5">
         <v>7.46861096576609</v>
       </c>
       <c r="C5" s="5">
         <v>5.8759430036935</v>
       </c>
       <c r="D5" s="5">
-        <v>3.59179882085868</v>
+        <v>3.64539779176239</v>
       </c>
       <c r="E5" s="5">
         <v>6.25016667111123</v>
       </c>
       <c r="F5" s="5">
         <v>10.1275184411724</v>
       </c>
       <c r="G5" s="5">
         <v>3.02659316080743</v>
       </c>
       <c r="H5" s="5">
         <v>3.81780298800351</v>
       </c>
       <c r="I5" s="5">
-        <v>11.3379113299748</v>
+        <v>11.3369473002005</v>
       </c>
       <c r="J5" s="6">
-        <v>4.54591341307517</v>
+        <v>4.58676444266874</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A6" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="5">
         <v>8.0177735367783</v>
       </c>
       <c r="C6" s="5">
         <v>10.3893484992842</v>
       </c>
       <c r="D6" s="5">
-        <v>3.11763396001925</v>
+        <v>3.1641571591865</v>
       </c>
       <c r="E6" s="5">
         <v>2.81257500200005</v>
       </c>
       <c r="F6" s="5">
         <v>3.63551944042085</v>
       </c>
       <c r="G6" s="5"/>
       <c r="H6" s="5">
         <v>5.95128112835841</v>
       </c>
       <c r="I6" s="5">
-        <v>9.92067241372794</v>
+        <v>9.91982888767541</v>
       </c>
       <c r="J6" s="6">
-        <v>4.49564264863358</v>
+        <v>4.53604192908472</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B7" s="5">
         <v>11.9717440480662</v>
       </c>
       <c r="C7" s="5">
         <v>27.4210673505697</v>
       </c>
       <c r="D7" s="5">
-        <v>8.68907107488255</v>
+        <v>8.81873459195324</v>
       </c>
       <c r="E7" s="5">
         <v>7.91687778340756</v>
       </c>
       <c r="F7" s="5">
         <v>26.4873559230662</v>
       </c>
       <c r="G7" s="5">
         <v>10.593076062826</v>
       </c>
       <c r="H7" s="5">
         <v>10.4428140554214</v>
       </c>
       <c r="I7" s="5">
-        <v>19.8413448274559</v>
+        <v>19.8396577753508</v>
       </c>
       <c r="J7" s="6">
-        <v>11.3252850749124</v>
+        <v>11.4270577031415</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B8" s="5">
         <v>1.53765519883419</v>
       </c>
       <c r="C8" s="5">
         <v>1.19222031958999</v>
       </c>
       <c r="D8" s="5">
-        <v>616414.319091258e-6</v>
+        <v>625612.822348661e-6</v>
       </c>
       <c r="E8" s="5">
         <v>1.04169444518521</v>
       </c>
       <c r="F8" s="5">
         <v>1.2983998001503</v>
       </c>
       <c r="G8" s="5"/>
       <c r="H8" s="5">
         <v>1.45974820129546</v>
       </c>
       <c r="I8" s="5">
-        <v>1.41723891624685</v>
+        <v>1.41711841252506</v>
       </c>
       <c r="J8" s="6">
-        <v>890510.684393871e-6</v>
+        <v>898513.097773971e-6</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A9" s="4" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="6">
         <v>17.5732022723908</v>
       </c>
       <c r="C9" s="6">
         <v>31.4235212806218</v>
       </c>
       <c r="D9" s="6">
-        <v>11.0006247714748</v>
+        <v>11.1647826757607</v>
       </c>
       <c r="E9" s="6">
         <v>13.0211805648151</v>
       </c>
       <c r="F9" s="6">
         <v>28.5647956033067</v>
       </c>
       <c r="G9" s="6">
         <v>10.593076062826</v>
       </c>
       <c r="H9" s="6">
         <v>16.3940951837798</v>
       </c>
       <c r="I9" s="6">
-        <v>27.3999523807724</v>
+        <v>27.3976226421511</v>
       </c>
       <c r="J9" s="6">
-        <v>14.714970905831</v>
+        <v>14.847204333378</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="5.333" customHeight="1"/>
     <row r="11" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A11" s="8" t="s">
         <v>17</v>
       </c>
       <c r="B11" s="8"/>
       <c r="C11" s="8"/>
       <c r="D11" s="8"/>
       <c r="E11" s="8"/>
       <c r="F11" s="8"/>
       <c r="G11" s="8"/>
       <c r="H11" s="8"/>
       <c r="I11" s="8"/>
       <c r="J11" s="8"/>
       <c r="K11" s="8"/>
     </row>
     <row r="12" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A11:K11"/>
   </mergeCells>
   <pageSetup paperSize="9" scale="100" orientation="portrait"/>