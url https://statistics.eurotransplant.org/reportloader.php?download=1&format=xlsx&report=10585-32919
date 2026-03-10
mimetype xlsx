--- v0 (2025-10-24)
+++ v1 (2026-03-10)
@@ -57,51 +57,51 @@
   <si>
     <t>All ET</t>
   </si>
   <si>
     <t>kidney</t>
   </si>
   <si>
     <t>heart</t>
   </si>
   <si>
     <t>lung</t>
   </si>
   <si>
     <t>liver</t>
   </si>
   <si>
     <t>pancreas</t>
   </si>
   <si>
     <t>Any organ</t>
   </si>
   <si>
     <t>Deceased donors used in 2024, per million population, by donor country, by organ</t>
   </si>
   <si>
-    <t>statistics.eurotransplant.org : 1033P_2024 : 10.02.2025 :  donors are counted for each organ type separately</t>
+    <t>statistics.eurotransplant.org : 1033P_2024 : 12.02.2026 :  donors are counted for each organ type separately</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0.0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -286,228 +286,228 @@
       </c>
       <c r="F3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J3" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A4" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B4" s="5">
         <v>14.5216323188208</v>
       </c>
       <c r="C4" s="5">
-        <v>21.2135700249382</v>
+        <v>21.2404130422567</v>
       </c>
       <c r="D4" s="5">
-        <v>8.96398825573731</v>
+        <v>8.9628019156671</v>
       </c>
       <c r="E4" s="5">
         <v>13.4590527101368</v>
       </c>
       <c r="F4" s="5">
         <v>21.7505742540006</v>
       </c>
       <c r="G4" s="5">
         <v>5.95193809984376</v>
       </c>
       <c r="H4" s="5">
         <v>18.6145616476941</v>
       </c>
       <c r="I4" s="5">
         <v>15.5370962297117</v>
       </c>
       <c r="J4" s="6">
-        <v>12.3790469365992</v>
+        <v>12.3793959353999</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A5" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B5" s="5">
         <v>6.7694827350894</v>
       </c>
       <c r="C5" s="5">
-        <v>7.60645937149179</v>
+        <v>7.6160843577813</v>
       </c>
       <c r="D5" s="5">
-        <v>3.79890946132183</v>
+        <v>3.79840669420651</v>
       </c>
       <c r="E5" s="5">
         <v>6.46869200022077</v>
       </c>
       <c r="F5" s="5">
         <v>9.06273927250026</v>
       </c>
       <c r="G5" s="5">
         <v>2.97596904992188</v>
       </c>
       <c r="H5" s="5">
         <v>4.90443540418288</v>
       </c>
       <c r="I5" s="5">
         <v>8.47477976166094</v>
       </c>
       <c r="J5" s="6">
-        <v>4.86216645411881</v>
+        <v>4.86230353173633</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A6" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="5">
         <v>7.0970383513034</v>
       </c>
       <c r="C6" s="5">
-        <v>9.97291339817812</v>
+        <v>9.9855328246466</v>
       </c>
       <c r="D6" s="5">
-        <v>3.39145544969741</v>
+        <v>3.39100660713074</v>
       </c>
       <c r="E6" s="5">
         <v>3.86034845174465</v>
       </c>
       <c r="F6" s="5">
         <v>3.10722489342866</v>
       </c>
       <c r="G6" s="5"/>
       <c r="H6" s="5">
         <v>6.96652756275978</v>
       </c>
       <c r="I6" s="5">
         <v>7.53313756592084</v>
       </c>
       <c r="J6" s="6">
-        <v>4.73231631142721</v>
+        <v>4.73244972821815</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B7" s="5">
         <v>13.7573358809881</v>
       </c>
       <c r="C7" s="5">
-        <v>28.0593834592808</v>
+        <v>28.0948889642599</v>
       </c>
       <c r="D7" s="5">
-        <v>9.25160285217808</v>
+        <v>9.25037844772059</v>
       </c>
       <c r="E7" s="5">
         <v>9.8073717422702</v>
       </c>
       <c r="F7" s="5">
         <v>27.4471532252865</v>
       </c>
       <c r="G7" s="5">
         <v>8.92790714976564</v>
       </c>
       <c r="H7" s="5">
         <v>12.9856073769842</v>
       </c>
       <c r="I7" s="5">
         <v>16.4787384254518</v>
       </c>
       <c r="J7" s="6">
-        <v>12.2924801748048</v>
+        <v>12.2928267330545</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B8" s="5">
         <v>1.52859287566535</v>
       </c>
       <c r="C8" s="5">
-        <v>1.35225944382076</v>
+        <v>1.35397055249445</v>
       </c>
       <c r="D8" s="5">
-        <v>850859.847803943e-6</v>
+        <v>850747.240658241e-6</v>
       </c>
       <c r="E8" s="5">
         <v>1.77367361296376</v>
       </c>
       <c r="F8" s="5">
         <v>517870.815571443e-6</v>
       </c>
       <c r="G8" s="5"/>
       <c r="H8" s="5">
         <v>1.89489549707066</v>
       </c>
       <c r="I8" s="5">
         <v>470821.097870052e-6</v>
       </c>
       <c r="J8" s="6">
-        <v>1.118154006511</v>
+        <v>1.11818553029545</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A9" s="4" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="6">
         <v>18.1247440971748</v>
       </c>
       <c r="C9" s="6">
-        <v>31.3555158535939</v>
+        <v>31.3951921859652</v>
       </c>
       <c r="D9" s="6">
-        <v>10.9413386062676</v>
+        <v>10.9398905735348</v>
       </c>
       <c r="E9" s="6">
         <v>16.0673962586129</v>
       </c>
       <c r="F9" s="6">
         <v>30.8133135265009</v>
       </c>
       <c r="G9" s="6">
         <v>8.92790714976564</v>
       </c>
       <c r="H9" s="6">
         <v>20.0635993807482</v>
       </c>
       <c r="I9" s="6">
         <v>19.7744861105422</v>
       </c>
       <c r="J9" s="6">
-        <v>15.3728141153222</v>
+        <v>15.3732475165135</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="5.333" customHeight="1"/>
     <row r="11" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A11" s="8" t="s">
         <v>17</v>
       </c>
       <c r="B11" s="8"/>
       <c r="C11" s="8"/>
       <c r="D11" s="8"/>
       <c r="E11" s="8"/>
       <c r="F11" s="8"/>
       <c r="G11" s="8"/>
       <c r="H11" s="8"/>
       <c r="I11" s="8"/>
       <c r="J11" s="8"/>
       <c r="K11" s="8"/>
     </row>
     <row r="12" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A11:K11"/>
   </mergeCells>
   <pageSetup paperSize="9" scale="100" orientation="portrait"/>