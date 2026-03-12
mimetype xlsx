--- v0 (2025-12-20)
+++ v1 (2026-03-12)
@@ -72,54 +72,54 @@
   <si>
     <t xml:space="preserve">pancreas islets </t>
   </si>
   <si>
     <t xml:space="preserve">heart + lung </t>
   </si>
   <si>
     <t xml:space="preserve">heart + liver </t>
   </si>
   <si>
     <t xml:space="preserve">heart + liver + kidney </t>
   </si>
   <si>
     <t xml:space="preserve">heart + kidney </t>
   </si>
   <si>
     <t xml:space="preserve">liver + pancreas </t>
   </si>
   <si>
     <t xml:space="preserve">liver + kidney </t>
   </si>
   <si>
     <t xml:space="preserve">pancreas + kidney </t>
   </si>
   <si>
-    <t>Active waiting list (at month-end) in Nov 2025, by country, by organ combination</t>
-[...2 lines deleted...]
-    <t>statistics.eurotransplant.org : 3008P_2025_all organs : 01.12.2025 :  only active organ needs are counted</t>
+    <t>Active waiting list (at month-end) in Feb 2026, by country, by organ combination</t>
+  </si>
+  <si>
+    <t>statistics.eurotransplant.org : 3008P_2026_all organs : 09.03.2026 :  only active organ needs are counted</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -300,387 +300,383 @@
       </c>
       <c r="D3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A4" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="6">
-        <v>582</v>
+        <v>537</v>
       </c>
       <c r="C4" s="6">
-        <v>1169</v>
+        <v>1202</v>
       </c>
       <c r="D4" s="6">
-        <v>5923</v>
+        <v>5806</v>
       </c>
       <c r="E4" s="6">
-        <v>761</v>
+        <v>752</v>
       </c>
       <c r="F4" s="6">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="G4" s="6">
-        <v>1197</v>
+        <v>1161</v>
       </c>
       <c r="H4" s="6">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="I4" s="7">
-        <v>9952</v>
+        <v>9779</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="6">
         <v>59</v>
       </c>
       <c r="C5" s="6">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="D5" s="6">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="E5" s="6">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="F5" s="6">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="G5" s="6">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="H5" s="6">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="I5" s="7">
-        <v>1070</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A6" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B6" s="6">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="C6" s="6">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="D6" s="6">
-        <v>313</v>
+        <v>304</v>
       </c>
       <c r="E6" s="6">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="F6" s="6">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G6" s="6">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="H6" s="6">
         <v>7</v>
       </c>
       <c r="I6" s="7">
-        <v>597</v>
+        <v>576</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A7" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B7" s="6">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="C7" s="6">
-        <v>111</v>
+        <v>121</v>
       </c>
       <c r="D7" s="6">
-        <v>895</v>
+        <v>861</v>
       </c>
       <c r="E7" s="6">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="F7" s="6">
-        <v>322</v>
+        <v>312</v>
       </c>
       <c r="G7" s="6">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="H7" s="6">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="I7" s="7">
-        <v>1568</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A8" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="6">
         <v>1</v>
       </c>
       <c r="C8" s="6">
         <v>1</v>
       </c>
       <c r="D8" s="6">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="E8" s="6"/>
       <c r="F8" s="6"/>
       <c r="G8" s="6">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="7">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B9" s="6"/>
       <c r="C9" s="6">
         <v>16</v>
       </c>
       <c r="D9" s="6">
         <v>8</v>
       </c>
       <c r="E9" s="6"/>
       <c r="F9" s="6"/>
       <c r="G9" s="6">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="7">
-        <v>41</v>
+        <v>38</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="6">
         <v>1</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E10" s="6"/>
       <c r="F10" s="6"/>
       <c r="G10" s="6"/>
       <c r="H10" s="6"/>
       <c r="I10" s="7">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="11" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A11" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B11" s="6"/>
       <c r="C11" s="6"/>
       <c r="D11" s="6">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E11" s="6"/>
       <c r="F11" s="6"/>
       <c r="G11" s="6">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="7">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="12" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="6">
         <v>1</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6"/>
       <c r="E12" s="6"/>
       <c r="F12" s="6"/>
       <c r="G12" s="6"/>
       <c r="H12" s="6"/>
       <c r="I12" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="13" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>18</v>
       </c>
       <c r="B13" s="6">
         <v>1</v>
       </c>
       <c r="C13" s="6">
-        <v>8</v>
-[...4 lines deleted...]
-      <c r="E13" s="6"/>
+        <v>5</v>
+      </c>
+      <c r="D13" s="6"/>
+      <c r="E13" s="6">
+        <v>1</v>
+      </c>
       <c r="F13" s="6"/>
       <c r="G13" s="6"/>
       <c r="H13" s="6"/>
       <c r="I13" s="7">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="14" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A14" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B14" s="6"/>
       <c r="C14" s="6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D14" s="6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E14" s="6"/>
       <c r="F14" s="6">
         <v>1</v>
       </c>
       <c r="G14" s="6"/>
       <c r="H14" s="6"/>
       <c r="I14" s="7">
         <v>8</v>
       </c>
     </row>
     <row r="15" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A15" s="5" t="s">
         <v>20</v>
       </c>
       <c r="B15" s="6">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C15" s="6">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D15" s="6">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="E15" s="6">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F15" s="6">
-        <v>3</v>
-[...6 lines deleted...]
-      </c>
+        <v>7</v>
+      </c>
+      <c r="G15" s="6"/>
+      <c r="H15" s="6"/>
       <c r="I15" s="7">
-        <v>52</v>
+        <v>47</v>
       </c>
     </row>
     <row r="16" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A16" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B16" s="6">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C16" s="6">
+        <v>22</v>
+      </c>
+      <c r="D16" s="6">
+        <v>270</v>
+      </c>
+      <c r="E16" s="6">
+        <v>8</v>
+      </c>
+      <c r="F16" s="6">
+        <v>12</v>
+      </c>
+      <c r="G16" s="6">
         <v>17</v>
       </c>
-      <c r="D16" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="H16" s="6">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I16" s="7">
-        <v>336</v>
+        <v>340</v>
       </c>
     </row>
     <row r="17" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A17" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B17" s="7">
-        <v>728</v>
+        <v>669</v>
       </c>
       <c r="C17" s="7">
-        <v>1446</v>
+        <v>1496</v>
       </c>
       <c r="D17" s="7">
-        <v>8184</v>
+        <v>8020</v>
       </c>
       <c r="E17" s="7">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="F17" s="7">
-        <v>621</v>
+        <v>608</v>
       </c>
       <c r="G17" s="7">
-        <v>1601</v>
+        <v>1559</v>
       </c>
       <c r="H17" s="7">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="I17" s="7">
-        <v>13659</v>
+        <v>13439</v>
       </c>
     </row>
     <row r="18" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="19" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A19" s="9" t="s">
         <v>23</v>
       </c>
       <c r="B19" s="9"/>
       <c r="C19" s="9"/>
       <c r="D19" s="9"/>
       <c r="E19" s="9"/>
       <c r="F19" s="9"/>
       <c r="G19" s="9"/>
       <c r="H19" s="9"/>
       <c r="I19" s="9"/>
       <c r="J19" s="9"/>
     </row>
     <row r="20" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A19:J19"/>
   </mergeCells>
   <pageSetup paperSize="9" scale="100" orientation="portrait"/>
   <headerFooter alignWithMargins="0"/>