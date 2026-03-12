--- v0 (2025-12-20)
+++ v1 (2026-03-12)
@@ -48,54 +48,54 @@
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>SLO</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t xml:space="preserve">heart </t>
   </si>
   <si>
     <t xml:space="preserve">heart + lung </t>
   </si>
   <si>
     <t xml:space="preserve">heart + liver </t>
   </si>
   <si>
     <t xml:space="preserve">heart + liver + kidney </t>
   </si>
   <si>
     <t xml:space="preserve">heart + kidney </t>
   </si>
   <si>
-    <t>Active heart waiting list (at month-end) in Nov 2025, by country, by organ combination</t>
-[...2 lines deleted...]
-    <t>statistics.eurotransplant.org : 3008P_2025_heart : 01.12.2025 :  only active organ needs are counted</t>
+    <t>Active heart waiting list (at month-end) in Feb 2026, by country, by organ combination</t>
+  </si>
+  <si>
+    <t>statistics.eurotransplant.org : 3008P_2026_heart : 09.03.2026 :  only active organ needs are counted</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="172" formatCode="0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="00000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="00FFFFFF"/>
       <name val="Arial"/>
@@ -279,174 +279,174 @@
       </c>
       <c r="E3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A4" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="6">
         <v>59</v>
       </c>
       <c r="C4" s="6">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="D4" s="6">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="E4" s="6">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="F4" s="6">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="G4" s="6">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="H4" s="6">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="I4" s="7">
-        <v>1070</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="5" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="6">
         <v>1</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E5" s="6"/>
       <c r="F5" s="6"/>
       <c r="G5" s="6"/>
       <c r="H5" s="6"/>
       <c r="I5" s="7">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="6" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A6" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B6" s="6"/>
       <c r="C6" s="6"/>
       <c r="D6" s="6">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E6" s="6"/>
       <c r="F6" s="6"/>
       <c r="G6" s="6">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="7">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="7" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A7" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B7" s="6">
         <v>1</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6"/>
       <c r="E7" s="6"/>
       <c r="F7" s="6"/>
       <c r="G7" s="6"/>
       <c r="H7" s="6"/>
       <c r="I7" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="8" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A8" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="6">
         <v>1</v>
       </c>
       <c r="C8" s="6">
-        <v>8</v>
-[...4 lines deleted...]
-      <c r="E8" s="6"/>
+        <v>5</v>
+      </c>
+      <c r="D8" s="6"/>
+      <c r="E8" s="6">
+        <v>1</v>
+      </c>
       <c r="F8" s="6"/>
       <c r="G8" s="6"/>
       <c r="H8" s="6"/>
       <c r="I8" s="7">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="9" s="1" customFormat="1" ht="18.1322" customHeight="1">
       <c r="A9" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="7">
         <v>62</v>
       </c>
       <c r="C9" s="7">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="D9" s="7">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="E9" s="7">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="F9" s="7">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="G9" s="7">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="H9" s="7">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="I9" s="7">
-        <v>1091</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="10" s="1" customFormat="1" ht="7.4662" customHeight="1"/>
     <row r="11" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="A11" s="9" t="s">
         <v>15</v>
       </c>
       <c r="B11" s="9"/>
       <c r="C11" s="9"/>
       <c r="D11" s="9"/>
       <c r="E11" s="9"/>
       <c r="F11" s="9"/>
       <c r="G11" s="9"/>
       <c r="H11" s="9"/>
       <c r="I11" s="9"/>
       <c r="J11" s="9"/>
     </row>
     <row r="12" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A11:J11"/>
   </mergeCells>
   <pageSetup paperSize="9" scale="100" orientation="portrait"/>
   <headerFooter alignWithMargins="0"/>